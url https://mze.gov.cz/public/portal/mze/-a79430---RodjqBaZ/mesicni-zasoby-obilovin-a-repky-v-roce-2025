--- v0 (2026-01-02)
+++ v1 (2026-03-13)
@@ -1,210 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Statistici\Prac_data\ISERVIS\PRESUN\DASA\INTERNET\Zasoby\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Statistici\Prac_data\ISERVIS\PRESUN\LENKA\Obil (MZe) 7-12\01_2026\Internet\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E4492AA1-56B6-4162-BE1D-2B2783922A02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05E25A49-2DE4-4EC3-B56A-F3C760B0C72A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Měsíční zásoba obilovin a ře..." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="23">
   <si>
     <t>Sloupec</t>
   </si>
   <si>
     <t>Leden</t>
   </si>
   <si>
     <t>Únor</t>
   </si>
   <si>
     <t>Březen</t>
   </si>
   <si>
     <t>Duben</t>
   </si>
   <si>
     <t>Květen</t>
   </si>
   <si>
     <t>Červen</t>
   </si>
   <si>
     <t>Červenec</t>
   </si>
   <si>
     <t>Srpen</t>
   </si>
   <si>
     <t>Září</t>
   </si>
   <si>
     <t>Říjen</t>
   </si>
   <si>
     <t>Listopad</t>
   </si>
   <si>
     <t>Prosinec</t>
   </si>
   <si>
-    <t>Pšenice celkem</t>
-[...7 lines deleted...]
-  <si>
     <t>Oves</t>
   </si>
   <si>
     <t>Kukuřice</t>
   </si>
   <si>
     <t>Triticale</t>
   </si>
   <si>
-    <t>Ostatní obiloviny</t>
-[...4 lines deleted...]
-  <si>
     <t>Řepka</t>
   </si>
   <si>
-    <t>Měsíční zásoba obilovin a řepky v obchodních a zpracovatelských subjektech v roce 2025</t>
+    <t>x</t>
+  </si>
+  <si>
+    <t>x - údaj nebyl zjišťován</t>
+  </si>
+  <si>
+    <t>Měsíční zásoba obilovin a řepky v obchodních a zpracovatelských subjektech v roce 2025 v tunách</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pšenice </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ječmen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Žito </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF1F497D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="18"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="14"/>
       <color rgb="FF1F497D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="14"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF4F81BD"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -447,489 +484,414 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I20" sqref="I20"/>
+      <selection activeCell="I26" sqref="I26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="19.85546875" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" customWidth="1"/>
     <col min="2" max="13" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="M1" s="5"/>
+    <row r="1" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="3"/>
+      <c r="I1" s="3"/>
+      <c r="J1" s="3"/>
+      <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
+      <c r="M1" s="3"/>
     </row>
     <row r="2" spans="1:13" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="1" t="s">
+      <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="E2" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="F2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="G2" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="H2" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="I2" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="J2" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="K2" s="1" t="s">
+      <c r="K2" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L2" s="1" t="s">
+      <c r="L2" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="1" t="s">
+      <c r="M2" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="3">
+      <c r="A3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="6">
         <v>761742</v>
       </c>
-      <c r="C3" s="3">
+      <c r="C3" s="6">
         <v>699661</v>
       </c>
-      <c r="D3" s="3">
+      <c r="D3" s="6">
         <v>667699</v>
       </c>
-      <c r="E3" s="3">
+      <c r="E3" s="6">
         <v>551650</v>
       </c>
-      <c r="F3" s="3">
+      <c r="F3" s="6">
         <v>454566</v>
       </c>
-      <c r="G3" s="3">
+      <c r="G3" s="6">
         <v>332413</v>
       </c>
-      <c r="H3" s="3">
+      <c r="H3" s="6">
         <v>313719</v>
       </c>
-      <c r="I3" s="3">
+      <c r="I3" s="6">
         <v>849745</v>
       </c>
-      <c r="J3" s="3">
+      <c r="J3" s="6">
         <v>980666</v>
       </c>
-      <c r="K3" s="3">
+      <c r="K3" s="6">
         <v>1070842</v>
       </c>
-      <c r="L3" s="2">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L3" s="6">
+        <v>1096928</v>
+      </c>
+      <c r="M3" s="6">
+        <v>1073981</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="3">
+      <c r="A4" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="6">
         <v>422961</v>
       </c>
-      <c r="C4" s="3">
+      <c r="C4" s="6">
         <v>381082</v>
       </c>
-      <c r="D4" s="3">
+      <c r="D4" s="6">
         <v>349015</v>
       </c>
-      <c r="E4" s="3">
+      <c r="E4" s="6">
         <v>294680</v>
       </c>
-      <c r="F4" s="3">
+      <c r="F4" s="6">
         <v>207572</v>
       </c>
-      <c r="G4" s="3">
+      <c r="G4" s="6">
         <v>191070</v>
       </c>
-      <c r="H4" s="3">
+      <c r="H4" s="6">
         <v>380129</v>
       </c>
-      <c r="I4" s="3">
+      <c r="I4" s="6">
         <v>397133</v>
       </c>
-      <c r="J4" s="3">
+      <c r="J4" s="6">
         <v>541063</v>
       </c>
-      <c r="K4" s="3">
+      <c r="K4" s="6">
         <v>503485</v>
       </c>
-      <c r="L4" s="2">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L4" s="6">
+        <v>504664</v>
+      </c>
+      <c r="M4" s="6">
+        <v>488360</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A5" s="2" t="s">
-[...8 lines deleted...]
-      <c r="D5" s="3">
+      <c r="A5" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="7">
         <v>34571</v>
       </c>
-      <c r="E5" s="2">
-[...5 lines deleted...]
-      <c r="G5" s="3">
+      <c r="E5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="6">
         <v>23020</v>
       </c>
-      <c r="H5" s="2">
-[...5 lines deleted...]
-      <c r="J5" s="3">
+      <c r="H5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" s="6">
         <v>36367</v>
       </c>
-      <c r="K5" s="2">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="K5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M5" s="6">
+        <v>38660</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A6" s="2" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="3">
+      <c r="A6" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="7">
         <v>16230</v>
       </c>
-      <c r="E6" s="2">
-[...5 lines deleted...]
-      <c r="G6" s="3">
+      <c r="E6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="6">
         <v>12222</v>
       </c>
-      <c r="H6" s="2">
-[...5 lines deleted...]
-      <c r="J6" s="3">
+      <c r="H6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" s="6">
         <v>34237</v>
       </c>
-      <c r="K6" s="2">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="K6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="L6" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M6" s="6">
+        <v>41130</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="3">
+      <c r="A7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="6">
         <v>191870</v>
       </c>
-      <c r="C7" s="3">
+      <c r="C7" s="6">
         <v>176002</v>
       </c>
-      <c r="D7" s="3">
+      <c r="D7" s="6">
         <v>183510</v>
       </c>
-      <c r="E7" s="3">
+      <c r="E7" s="6">
         <v>156574</v>
       </c>
-      <c r="F7" s="3">
+      <c r="F7" s="6">
         <v>147890</v>
       </c>
-      <c r="G7" s="3">
+      <c r="G7" s="6">
         <v>135890</v>
       </c>
-      <c r="H7" s="3">
+      <c r="H7" s="6">
         <v>104945</v>
       </c>
-      <c r="I7" s="3">
+      <c r="I7" s="6">
         <v>60835</v>
       </c>
-      <c r="J7" s="3">
+      <c r="J7" s="6">
         <v>38280</v>
       </c>
-      <c r="K7" s="3">
+      <c r="K7" s="6">
         <v>80933</v>
       </c>
-      <c r="L7" s="2">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L7" s="6">
+        <v>194102</v>
+      </c>
+      <c r="M7" s="6">
+        <v>208003</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="2" t="s">
-[...8 lines deleted...]
-      <c r="D8" s="3">
+      <c r="A8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="7">
         <v>18896</v>
       </c>
-      <c r="E8" s="2">
-[...5 lines deleted...]
-      <c r="G8" s="3">
+      <c r="E8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="6">
         <v>10947</v>
       </c>
-      <c r="H8" s="2">
-[...5 lines deleted...]
-      <c r="J8" s="3">
+      <c r="H8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" s="6">
         <v>33182</v>
       </c>
-      <c r="K8" s="2">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="K8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M8" s="6">
+        <v>31270</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A9" s="2" t="s">
-[...8 lines deleted...]
-      <c r="D9" s="2">
+      <c r="A9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="6">
         <v>344</v>
       </c>
-      <c r="E9" s="2">
-[...5 lines deleted...]
-      <c r="G9" s="2">
+      <c r="E9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="6">
         <v>475</v>
       </c>
-      <c r="H9" s="2">
-[...5 lines deleted...]
-      <c r="J9" s="2">
+      <c r="H9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J9" s="6">
         <v>426</v>
       </c>
-      <c r="K9" s="2">
-[...47 lines deleted...]
-        <v>0</v>
+      <c r="K9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M9" s="6">
+        <v>402</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A11" s="2" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="A11" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A11:B11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Měsíční zásoba obilovin a ře...</vt:lpstr>
     </vt:vector>