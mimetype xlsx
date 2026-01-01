--- v0 (2025-12-04)
+++ v1 (2026-01-01)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ministerstvozemedelstvi-my.sharepoint.com/personal/barbora_drabonova_mze_gov_cz/Documents/Plocha/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9363128C-863C-4D8B-9A27-00F09FA2326D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D8AFC4F2-238B-4D2C-84E3-CF50B38AF7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" xr2:uid="{B1101629-3DF1-4B5A-B99C-228CD1DFE575}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1101629-3DF1-4B5A-B99C-228CD1DFE575}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -161,69 +161,69 @@
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(parc. č. / díl půdního bloku dle LPIS)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">*profesionální provozovatel, který obdržel rostliny révy původem ze země mimo ČR a hodlá je pěstovat, množit nebo udržovat a  šlechtit </t>
   </si>
   <si>
-    <t xml:space="preserve">* země produkce na certifikační návěsce nebo na dodacím listu nebo kód státu uvedený pod písm. D na rostlinolékařském pasu </t>
+    <t xml:space="preserve">** země produkce na certifikační návěsce nebo na dodacím listu nebo kód státu uvedený pod písm. D na rostlinolékařském pasu </t>
+  </si>
+  <si>
+    <t>*** vyplní se název a číslo pozemku, kde jsou rostliny révy vysazeny, případně adresa místa, kde jsou uskladněny v den ohlášení dodávky</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Jméno osoby, která ohlásila dodávku a kontakt:</t>
   </si>
   <si>
     <t xml:space="preserve">Jméno: </t>
   </si>
   <si>
     <t>Email:</t>
   </si>
   <si>
     <t xml:space="preserve">Telefon: </t>
-  </si>
-[...1 lines deleted...]
-    <t>*** vyplní se název a číslo pozemku, kde jsou rostliny révy vysazeny, případně adresa místa, kde jsou uskladněny v den ohlášení dodávky</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -479,132 +479,136 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Celkem" xfId="3" builtinId="25"/>
     <cellStyle name="Kontrolní buňka" xfId="2" builtinId="23"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Výstup" xfId="1" builtinId="21"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -912,432 +916,460 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F98FFA8-17B1-48F3-BEB1-F86F4B47A733}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:D4"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.6328125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="7.36328125" customWidth="1"/>
+    <col min="1" max="1" width="16.7109375" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" customWidth="1"/>
+    <col min="4" max="4" width="17.5703125" customWidth="1"/>
+    <col min="5" max="7" width="19.85546875" customWidth="1"/>
+    <col min="8" max="8" width="7.28515625" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
-    <col min="10" max="10" width="32.6328125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="12" width="28.6328125" customWidth="1"/>
+    <col min="10" max="10" width="32.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="24.28515625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="28.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A1" s="27" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="28"/>
-[...6 lines deleted...]
-      <c r="A2" s="30" t="s">
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="30"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:12" ht="29" x14ac:dyDescent="0.35">
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="29"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:12" ht="29" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+    </row>
+    <row r="4" spans="1:12" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="29"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:12" ht="29.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+    </row>
+    <row r="5" spans="1:12" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="29"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:12" ht="29.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+    </row>
+    <row r="6" spans="1:12" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="29"/>
-[...3 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="4"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A8" s="17" t="s">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="17" t="s">
+      <c r="B8" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="19" t="s">
+      <c r="C8" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="13" t="s">
+      <c r="D8" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="14"/>
-      <c r="F8" s="26" t="s">
+      <c r="E8" s="21"/>
+      <c r="F8" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="26" t="s">
+      <c r="G8" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="H8" s="25" t="s">
+      <c r="H8" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="I8" s="12" t="s">
+      <c r="I8" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="J8" s="12" t="s">
+      <c r="J8" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K8" s="12"/>
-[...12 lines deleted...]
-      <c r="J9" s="21" t="s">
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="18"/>
+      <c r="B9" s="18"/>
+      <c r="C9" s="24"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="23"/>
+      <c r="F9" s="28"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="26"/>
+      <c r="J9" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="K9" s="22"/>
-      <c r="L9" s="23" t="s">
+      <c r="K9" s="30"/>
+      <c r="L9" s="31" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="48" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C10" s="20"/>
+    <row r="10" spans="1:12" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="19"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="25"/>
       <c r="D10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="F10" s="26"/>
-[...2 lines deleted...]
-      <c r="I10" s="12"/>
+      <c r="F10" s="28"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="27"/>
+      <c r="I10" s="26"/>
       <c r="J10" s="11" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="24"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L10" s="32"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>1</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
       <c r="J11" s="3"/>
-      <c r="K11" s="2"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>2</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
       <c r="J12" s="3"/>
-      <c r="K12" s="2"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>3</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
       <c r="J13" s="3"/>
-      <c r="K13" s="2"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <v>4</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="B14" s="3"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
       <c r="J14" s="3"/>
-      <c r="K14" s="2"/>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>5</v>
       </c>
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
       <c r="J15" s="3"/>
-      <c r="K15" s="2"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <v>6</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
       <c r="J16" s="3"/>
-      <c r="K16" s="2"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>7</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
       <c r="J17" s="3"/>
-      <c r="K17" s="2"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <v>8</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
       <c r="J18" s="3"/>
-      <c r="K18" s="2"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>9</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
       <c r="J19" s="3"/>
-      <c r="K19" s="2"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <v>10</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
       <c r="J20" s="3"/>
-      <c r="K20" s="2"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="J25" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="12" t="s">
         <v>28</v>
       </c>
-    </row>
-[...25 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B29" s="13"/>
+      <c r="C29" s="13"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="17">
+  <mergeCells count="20">
+    <mergeCell ref="I8:I10"/>
+    <mergeCell ref="H8:H10"/>
+    <mergeCell ref="F8:F10"/>
+    <mergeCell ref="G8:G10"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:L10"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="B29:C29"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A8:A10"/>
-    <mergeCell ref="I8:I10"/>
-[...3 lines deleted...]
-    <mergeCell ref="J8:L8"/>
     <mergeCell ref="D8:E9"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:C10"/>
-    <mergeCell ref="J9:K9"/>
-    <mergeCell ref="L9:L10"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2bf436c8-487b-48b2-a5d7-6fbb77bb3439">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010047E7CF3D163BF04DBEFEC411552B7041" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="39f2a5bbfdcdc4f06d5bb341a1bdd12d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2bf436c8-487b-48b2-a5d7-6fbb77bb3439" xmlns:ns3="cf60d6b8-181b-4026-a8c4-563ec62d35d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="edf2ec374d0fa748c71bb7f545c3c71d" ns2:_="" ns3:_="">
     <xsd:import namespace="2bf436c8-487b-48b2-a5d7-6fbb77bb3439"/>
     <xsd:import namespace="cf60d6b8-181b-4026-a8c4-563ec62d35d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -1504,109 +1536,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BBDA755-CB53-4376-818E-13A9F8AC3083}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D33B6F75-B912-4133-9B2B-303206DAB083}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2bf436c8-487b-48b2-a5d7-6fbb77bb3439"/>
+    <ds:schemaRef ds:uri="cf60d6b8-181b-4026-a8c4-563ec62d35d3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A67FC81-590F-4F03-9F1E-F1B69CD564A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2bf436c8-487b-48b2-a5d7-6fbb77bb3439"/>
     <ds:schemaRef ds:uri="cf60d6b8-181b-4026-a8c4-563ec62d35d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
@@ -1625,47 +1638,47 @@
   <dc:subject/>
   <dc:creator>Blažková Lenka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010047E7CF3D163BF04DBEFEC411552B7041</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_SetDate">
-    <vt:lpwstr>2025-12-04T08:04:17Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T15:02:12Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Name">
     <vt:lpwstr>Veřejné</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_SiteId">
     <vt:lpwstr>e84ea0de-38e7-4864-b153-a909a7746ff0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_ActionId">
-    <vt:lpwstr>f14b1851-2b54-4962-a46d-b598bb57a16e</vt:lpwstr>
+    <vt:lpwstr>0ea0adb6-9845-48b9-a819-96c73cae7c2c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>