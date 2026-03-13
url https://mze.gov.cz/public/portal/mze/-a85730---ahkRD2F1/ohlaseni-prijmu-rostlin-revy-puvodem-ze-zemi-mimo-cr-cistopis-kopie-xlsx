--- v1 (2026-01-01)
+++ v2 (2026-03-13)
@@ -1,87 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ministerstvozemedelstvi-my.sharepoint.com/personal/barbora_drabonova_mze_gov_cz/Documents/Plocha/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ukzuz-my.sharepoint.com/personal/71620_ukzuz_cz/Documents/Plocha/GFDP/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D8AFC4F2-238B-4D2C-84E3-CF50B38AF7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="19" documentId="8_{D8AFC4F2-238B-4D2C-84E3-CF50B38AF7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{599DB6EA-55A8-4709-AD12-0FBA45BD26F0}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1101629-3DF1-4B5A-B99C-228CD1DFE575}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{B1101629-3DF1-4B5A-B99C-228CD1DFE575}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <si>
     <t>Vzor ohlášení přijmu rostlin révy původem ze země mimo ČR dle nařízení ÚKZÚZ č. j. UKZUZ 195666/2025</t>
   </si>
   <si>
     <t>údaje o ohlašovateli*</t>
   </si>
   <si>
     <t>jméno a příjmení / název:</t>
   </si>
   <si>
     <t>adresa sídla:</t>
   </si>
   <si>
     <t>IČO:</t>
   </si>
   <si>
     <t>Datum ohlášení :</t>
   </si>
   <si>
     <t>pořadové číslo dodávky</t>
   </si>
   <si>
     <t>datum převzetí dodávky</t>
   </si>
   <si>
@@ -180,50 +181,53 @@
     </r>
   </si>
   <si>
     <t xml:space="preserve">*profesionální provozovatel, který obdržel rostliny révy původem ze země mimo ČR a hodlá je pěstovat, množit nebo udržovat a  šlechtit </t>
   </si>
   <si>
     <t xml:space="preserve">** země produkce na certifikační návěsce nebo na dodacím listu nebo kód státu uvedený pod písm. D na rostlinolékařském pasu </t>
   </si>
   <si>
     <t>*** vyplní se název a číslo pozemku, kde jsou rostliny révy vysazeny, případně adresa místa, kde jsou uskladněny v den ohlášení dodávky</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Jméno osoby, která ohlásila dodávku a kontakt:</t>
   </si>
   <si>
     <t xml:space="preserve">Jméno: </t>
   </si>
   <si>
     <t>Email:</t>
   </si>
   <si>
     <t xml:space="preserve">Telefon: </t>
+  </si>
+  <si>
+    <t>předpokládaný termín výsadby</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -396,63 +400,50 @@
     <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
@@ -472,166 +463,184 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="3" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Celkem" xfId="3" builtinId="25"/>
     <cellStyle name="Kontrolní buňka" xfId="2" builtinId="23"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Výstup" xfId="1" builtinId="21"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -914,411 +923,427 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F98FFA8-17B1-48F3-BEB1-F86F4B47A733}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L30"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D29" sqref="D29"/>
+      <selection activeCell="J28" sqref="J28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="7.28515625" customWidth="1"/>
+    <col min="1" max="1" width="16.6640625" customWidth="1"/>
+    <col min="2" max="2" width="14.6640625" customWidth="1"/>
+    <col min="3" max="3" width="15.6640625" customWidth="1"/>
+    <col min="4" max="4" width="17.5546875" customWidth="1"/>
+    <col min="5" max="7" width="19.88671875" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
-    <col min="10" max="10" width="32.7109375" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="12" width="28.7109375" customWidth="1"/>
+    <col min="10" max="10" width="32.6640625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="24.33203125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="28.6640625" customWidth="1"/>
+    <col min="13" max="13" width="17.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="17"/>
     </row>
-    <row r="3" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A3" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="16"/>
       <c r="C3" s="16"/>
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:12" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
     </row>
-    <row r="5" spans="1:12" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="16"/>
       <c r="C5" s="16"/>
       <c r="D5" s="16"/>
     </row>
-    <row r="6" spans="1:12" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="16"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A7" s="4"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="18" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="21"/>
       <c r="F8" s="28" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="28" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="27" t="s">
         <v>12</v>
       </c>
       <c r="I8" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
-    </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M8" s="26"/>
+    </row>
+    <row r="9" spans="1:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="18"/>
       <c r="B9" s="18"/>
       <c r="C9" s="24"/>
       <c r="D9" s="22"/>
       <c r="E9" s="23"/>
       <c r="F9" s="28"/>
       <c r="G9" s="28"/>
       <c r="H9" s="27"/>
       <c r="I9" s="26"/>
       <c r="J9" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="K9" s="30"/>
-      <c r="L9" s="31" t="s">
+      <c r="K9" s="33"/>
+      <c r="L9" s="33"/>
+      <c r="M9" s="30" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="19"/>
       <c r="B10" s="19"/>
       <c r="C10" s="25"/>
       <c r="D10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="27"/>
       <c r="I10" s="26"/>
       <c r="J10" s="11" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="32"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L10" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="M10" s="31"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A11" s="2">
         <v>1</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
-      <c r="L11" s="3"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L11" s="2"/>
+      <c r="M11" s="3"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A12" s="2">
         <v>2</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
-      <c r="L12" s="3"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L12" s="2"/>
+      <c r="M12" s="3"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A13" s="2">
         <v>3</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
-      <c r="L13" s="3"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L13" s="2"/>
+      <c r="M13" s="3"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A14" s="2">
         <v>4</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
-      <c r="L14" s="3"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L14" s="2"/>
+      <c r="M14" s="3"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A15" s="2">
         <v>5</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
-      <c r="L15" s="3"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L15" s="2"/>
+      <c r="M15" s="3"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A16" s="2">
         <v>6</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
-      <c r="L16" s="3"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L16" s="2"/>
+      <c r="M16" s="3"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A17" s="2">
         <v>7</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
-      <c r="L17" s="3"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L17" s="2"/>
+      <c r="M17" s="3"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A18" s="2">
         <v>8</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
-      <c r="L18" s="3"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L18" s="2"/>
+      <c r="M18" s="3"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A19" s="2">
         <v>9</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
-      <c r="L19" s="3"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L19" s="2"/>
+      <c r="M19" s="3"/>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A20" s="2">
         <v>10</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
-      <c r="L20" s="3"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L20" s="2"/>
+      <c r="M20" s="3"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A24" s="5" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
       <c r="J25" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A27" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A28" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="13"/>
       <c r="C28" s="13"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A29" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="M9:M10"/>
+    <mergeCell ref="J8:M8"/>
+    <mergeCell ref="J9:L9"/>
     <mergeCell ref="I8:I10"/>
     <mergeCell ref="H8:H10"/>
     <mergeCell ref="F8:F10"/>
     <mergeCell ref="G8:G10"/>
-    <mergeCell ref="J8:L8"/>
-[...1 lines deleted...]
-    <mergeCell ref="L9:L10"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="D8:E9"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:C10"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>