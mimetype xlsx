--- v0 (2025-12-20)
+++ v1 (2026-01-13)
@@ -8,60 +8,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ministerstvozemedelstvi-my.sharepoint.com/personal/dagmar_rajhelova_mze_gov_cz/Documents/Dokumenty/DATABAZE_MLEKO/měsíční databáze_2025/11_25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Statistici\Prac_data\ISERVIS\PRESUN\DASA\INTERNET\Mleko\2025\11_25\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{42002D3E-E66F-4804-8903-119314FD6657}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7080DCF-7A3B-438B-B9C3-8E48A8C15210}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nákupy mléka, hodnoty nákupu..." sheetId="6" r:id="rId1"/>
     <sheet name="Průměrné ceny výrobků" sheetId="7" r:id="rId2"/>
     <sheet name="Bilance" sheetId="8" state="hidden" r:id="rId3"/>
     <sheet name="Konečná zásoba" sheetId="10" r:id="rId4"/>
     <sheet name="Mlékárenská výroba" sheetId="9" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1352,5747 +1352,5747 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{321BA975-A6C6-4C27-A30A-3A4F28198068}">
   <dimension ref="A1:S35"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D41" sqref="D41"/>
+      <selection activeCell="I36" sqref="I36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" style="10" customWidth="1"/>
-    <col min="2" max="2" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="17" max="256" width="9.140625" style="10"/>
+    <col min="2" max="2" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="12.81640625" style="10" customWidth="1"/>
+    <col min="4" max="4" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="12.81640625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="13.54296875" style="10" customWidth="1"/>
+    <col min="7" max="7" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9" max="9" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10" max="10" width="13.453125" style="10" customWidth="1"/>
+    <col min="11" max="11" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12" max="12" width="12.1796875" style="10" customWidth="1"/>
+    <col min="13" max="15" width="9.1796875" style="10"/>
+    <col min="16" max="16" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="256" width="9.1796875" style="10"/>
     <col min="257" max="257" width="6" style="10" customWidth="1"/>
-    <col min="258" max="258" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="273" max="512" width="9.140625" style="10"/>
+    <col min="258" max="258" width="8.7265625" style="10" customWidth="1"/>
+    <col min="259" max="259" width="13.26953125" style="10" customWidth="1"/>
+    <col min="260" max="260" width="14.1796875" style="10" customWidth="1"/>
+    <col min="261" max="261" width="12.81640625" style="10" customWidth="1"/>
+    <col min="262" max="262" width="13.54296875" style="10" customWidth="1"/>
+    <col min="263" max="263" width="14.1796875" style="10" customWidth="1"/>
+    <col min="264" max="264" width="11.54296875" style="10" customWidth="1"/>
+    <col min="265" max="265" width="11.81640625" style="10" customWidth="1"/>
+    <col min="266" max="266" width="13.453125" style="10" customWidth="1"/>
+    <col min="267" max="267" width="11.54296875" style="10" customWidth="1"/>
+    <col min="268" max="268" width="12.1796875" style="10" customWidth="1"/>
+    <col min="269" max="271" width="9.1796875" style="10"/>
+    <col min="272" max="272" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="273" max="512" width="9.1796875" style="10"/>
     <col min="513" max="513" width="6" style="10" customWidth="1"/>
-    <col min="514" max="514" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="529" max="768" width="9.140625" style="10"/>
+    <col min="514" max="514" width="8.7265625" style="10" customWidth="1"/>
+    <col min="515" max="515" width="13.26953125" style="10" customWidth="1"/>
+    <col min="516" max="516" width="14.1796875" style="10" customWidth="1"/>
+    <col min="517" max="517" width="12.81640625" style="10" customWidth="1"/>
+    <col min="518" max="518" width="13.54296875" style="10" customWidth="1"/>
+    <col min="519" max="519" width="14.1796875" style="10" customWidth="1"/>
+    <col min="520" max="520" width="11.54296875" style="10" customWidth="1"/>
+    <col min="521" max="521" width="11.81640625" style="10" customWidth="1"/>
+    <col min="522" max="522" width="13.453125" style="10" customWidth="1"/>
+    <col min="523" max="523" width="11.54296875" style="10" customWidth="1"/>
+    <col min="524" max="524" width="12.1796875" style="10" customWidth="1"/>
+    <col min="525" max="527" width="9.1796875" style="10"/>
+    <col min="528" max="528" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="529" max="768" width="9.1796875" style="10"/>
     <col min="769" max="769" width="6" style="10" customWidth="1"/>
-    <col min="770" max="770" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="785" max="1024" width="9.140625" style="10"/>
+    <col min="770" max="770" width="8.7265625" style="10" customWidth="1"/>
+    <col min="771" max="771" width="13.26953125" style="10" customWidth="1"/>
+    <col min="772" max="772" width="14.1796875" style="10" customWidth="1"/>
+    <col min="773" max="773" width="12.81640625" style="10" customWidth="1"/>
+    <col min="774" max="774" width="13.54296875" style="10" customWidth="1"/>
+    <col min="775" max="775" width="14.1796875" style="10" customWidth="1"/>
+    <col min="776" max="776" width="11.54296875" style="10" customWidth="1"/>
+    <col min="777" max="777" width="11.81640625" style="10" customWidth="1"/>
+    <col min="778" max="778" width="13.453125" style="10" customWidth="1"/>
+    <col min="779" max="779" width="11.54296875" style="10" customWidth="1"/>
+    <col min="780" max="780" width="12.1796875" style="10" customWidth="1"/>
+    <col min="781" max="783" width="9.1796875" style="10"/>
+    <col min="784" max="784" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="785" max="1024" width="9.1796875" style="10"/>
     <col min="1025" max="1025" width="6" style="10" customWidth="1"/>
-    <col min="1026" max="1026" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="1041" max="1280" width="9.140625" style="10"/>
+    <col min="1026" max="1026" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1027" max="1027" width="13.26953125" style="10" customWidth="1"/>
+    <col min="1028" max="1028" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1029" max="1029" width="12.81640625" style="10" customWidth="1"/>
+    <col min="1030" max="1030" width="13.54296875" style="10" customWidth="1"/>
+    <col min="1031" max="1031" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1032" max="1032" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1033" max="1033" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1034" max="1034" width="13.453125" style="10" customWidth="1"/>
+    <col min="1035" max="1035" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1036" max="1036" width="12.1796875" style="10" customWidth="1"/>
+    <col min="1037" max="1039" width="9.1796875" style="10"/>
+    <col min="1040" max="1040" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1041" max="1280" width="9.1796875" style="10"/>
     <col min="1281" max="1281" width="6" style="10" customWidth="1"/>
-    <col min="1282" max="1282" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="1297" max="1536" width="9.140625" style="10"/>
+    <col min="1282" max="1282" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1283" max="1283" width="13.26953125" style="10" customWidth="1"/>
+    <col min="1284" max="1284" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1285" max="1285" width="12.81640625" style="10" customWidth="1"/>
+    <col min="1286" max="1286" width="13.54296875" style="10" customWidth="1"/>
+    <col min="1287" max="1287" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1288" max="1288" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1289" max="1289" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1290" max="1290" width="13.453125" style="10" customWidth="1"/>
+    <col min="1291" max="1291" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1292" max="1292" width="12.1796875" style="10" customWidth="1"/>
+    <col min="1293" max="1295" width="9.1796875" style="10"/>
+    <col min="1296" max="1296" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1297" max="1536" width="9.1796875" style="10"/>
     <col min="1537" max="1537" width="6" style="10" customWidth="1"/>
-    <col min="1538" max="1538" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="1553" max="1792" width="9.140625" style="10"/>
+    <col min="1538" max="1538" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1539" max="1539" width="13.26953125" style="10" customWidth="1"/>
+    <col min="1540" max="1540" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1541" max="1541" width="12.81640625" style="10" customWidth="1"/>
+    <col min="1542" max="1542" width="13.54296875" style="10" customWidth="1"/>
+    <col min="1543" max="1543" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1544" max="1544" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1545" max="1545" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1546" max="1546" width="13.453125" style="10" customWidth="1"/>
+    <col min="1547" max="1547" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1548" max="1548" width="12.1796875" style="10" customWidth="1"/>
+    <col min="1549" max="1551" width="9.1796875" style="10"/>
+    <col min="1552" max="1552" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1553" max="1792" width="9.1796875" style="10"/>
     <col min="1793" max="1793" width="6" style="10" customWidth="1"/>
-    <col min="1794" max="1794" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="1809" max="2048" width="9.140625" style="10"/>
+    <col min="1794" max="1794" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1795" max="1795" width="13.26953125" style="10" customWidth="1"/>
+    <col min="1796" max="1796" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1797" max="1797" width="12.81640625" style="10" customWidth="1"/>
+    <col min="1798" max="1798" width="13.54296875" style="10" customWidth="1"/>
+    <col min="1799" max="1799" width="14.1796875" style="10" customWidth="1"/>
+    <col min="1800" max="1800" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1801" max="1801" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1802" max="1802" width="13.453125" style="10" customWidth="1"/>
+    <col min="1803" max="1803" width="11.54296875" style="10" customWidth="1"/>
+    <col min="1804" max="1804" width="12.1796875" style="10" customWidth="1"/>
+    <col min="1805" max="1807" width="9.1796875" style="10"/>
+    <col min="1808" max="1808" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1809" max="2048" width="9.1796875" style="10"/>
     <col min="2049" max="2049" width="6" style="10" customWidth="1"/>
-    <col min="2050" max="2050" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="2065" max="2304" width="9.140625" style="10"/>
+    <col min="2050" max="2050" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2051" max="2051" width="13.26953125" style="10" customWidth="1"/>
+    <col min="2052" max="2052" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2053" max="2053" width="12.81640625" style="10" customWidth="1"/>
+    <col min="2054" max="2054" width="13.54296875" style="10" customWidth="1"/>
+    <col min="2055" max="2055" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2056" max="2056" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2057" max="2057" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2058" max="2058" width="13.453125" style="10" customWidth="1"/>
+    <col min="2059" max="2059" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2060" max="2060" width="12.1796875" style="10" customWidth="1"/>
+    <col min="2061" max="2063" width="9.1796875" style="10"/>
+    <col min="2064" max="2064" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="2065" max="2304" width="9.1796875" style="10"/>
     <col min="2305" max="2305" width="6" style="10" customWidth="1"/>
-    <col min="2306" max="2306" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="2321" max="2560" width="9.140625" style="10"/>
+    <col min="2306" max="2306" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2307" max="2307" width="13.26953125" style="10" customWidth="1"/>
+    <col min="2308" max="2308" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2309" max="2309" width="12.81640625" style="10" customWidth="1"/>
+    <col min="2310" max="2310" width="13.54296875" style="10" customWidth="1"/>
+    <col min="2311" max="2311" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2312" max="2312" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2313" max="2313" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2314" max="2314" width="13.453125" style="10" customWidth="1"/>
+    <col min="2315" max="2315" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2316" max="2316" width="12.1796875" style="10" customWidth="1"/>
+    <col min="2317" max="2319" width="9.1796875" style="10"/>
+    <col min="2320" max="2320" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="2321" max="2560" width="9.1796875" style="10"/>
     <col min="2561" max="2561" width="6" style="10" customWidth="1"/>
-    <col min="2562" max="2562" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="2577" max="2816" width="9.140625" style="10"/>
+    <col min="2562" max="2562" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2563" max="2563" width="13.26953125" style="10" customWidth="1"/>
+    <col min="2564" max="2564" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2565" max="2565" width="12.81640625" style="10" customWidth="1"/>
+    <col min="2566" max="2566" width="13.54296875" style="10" customWidth="1"/>
+    <col min="2567" max="2567" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2568" max="2568" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2569" max="2569" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2570" max="2570" width="13.453125" style="10" customWidth="1"/>
+    <col min="2571" max="2571" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2572" max="2572" width="12.1796875" style="10" customWidth="1"/>
+    <col min="2573" max="2575" width="9.1796875" style="10"/>
+    <col min="2576" max="2576" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="2577" max="2816" width="9.1796875" style="10"/>
     <col min="2817" max="2817" width="6" style="10" customWidth="1"/>
-    <col min="2818" max="2818" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="2833" max="3072" width="9.140625" style="10"/>
+    <col min="2818" max="2818" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2819" max="2819" width="13.26953125" style="10" customWidth="1"/>
+    <col min="2820" max="2820" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2821" max="2821" width="12.81640625" style="10" customWidth="1"/>
+    <col min="2822" max="2822" width="13.54296875" style="10" customWidth="1"/>
+    <col min="2823" max="2823" width="14.1796875" style="10" customWidth="1"/>
+    <col min="2824" max="2824" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2825" max="2825" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2826" max="2826" width="13.453125" style="10" customWidth="1"/>
+    <col min="2827" max="2827" width="11.54296875" style="10" customWidth="1"/>
+    <col min="2828" max="2828" width="12.1796875" style="10" customWidth="1"/>
+    <col min="2829" max="2831" width="9.1796875" style="10"/>
+    <col min="2832" max="2832" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="2833" max="3072" width="9.1796875" style="10"/>
     <col min="3073" max="3073" width="6" style="10" customWidth="1"/>
-    <col min="3074" max="3074" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="3089" max="3328" width="9.140625" style="10"/>
+    <col min="3074" max="3074" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3075" max="3075" width="13.26953125" style="10" customWidth="1"/>
+    <col min="3076" max="3076" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3077" max="3077" width="12.81640625" style="10" customWidth="1"/>
+    <col min="3078" max="3078" width="13.54296875" style="10" customWidth="1"/>
+    <col min="3079" max="3079" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3080" max="3080" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3081" max="3081" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3082" max="3082" width="13.453125" style="10" customWidth="1"/>
+    <col min="3083" max="3083" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3084" max="3084" width="12.1796875" style="10" customWidth="1"/>
+    <col min="3085" max="3087" width="9.1796875" style="10"/>
+    <col min="3088" max="3088" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3089" max="3328" width="9.1796875" style="10"/>
     <col min="3329" max="3329" width="6" style="10" customWidth="1"/>
-    <col min="3330" max="3330" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="3345" max="3584" width="9.140625" style="10"/>
+    <col min="3330" max="3330" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3331" max="3331" width="13.26953125" style="10" customWidth="1"/>
+    <col min="3332" max="3332" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3333" max="3333" width="12.81640625" style="10" customWidth="1"/>
+    <col min="3334" max="3334" width="13.54296875" style="10" customWidth="1"/>
+    <col min="3335" max="3335" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3336" max="3336" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3337" max="3337" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3338" max="3338" width="13.453125" style="10" customWidth="1"/>
+    <col min="3339" max="3339" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3340" max="3340" width="12.1796875" style="10" customWidth="1"/>
+    <col min="3341" max="3343" width="9.1796875" style="10"/>
+    <col min="3344" max="3344" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3345" max="3584" width="9.1796875" style="10"/>
     <col min="3585" max="3585" width="6" style="10" customWidth="1"/>
-    <col min="3586" max="3586" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="3601" max="3840" width="9.140625" style="10"/>
+    <col min="3586" max="3586" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3587" max="3587" width="13.26953125" style="10" customWidth="1"/>
+    <col min="3588" max="3588" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3589" max="3589" width="12.81640625" style="10" customWidth="1"/>
+    <col min="3590" max="3590" width="13.54296875" style="10" customWidth="1"/>
+    <col min="3591" max="3591" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3592" max="3592" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3593" max="3593" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3594" max="3594" width="13.453125" style="10" customWidth="1"/>
+    <col min="3595" max="3595" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3596" max="3596" width="12.1796875" style="10" customWidth="1"/>
+    <col min="3597" max="3599" width="9.1796875" style="10"/>
+    <col min="3600" max="3600" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3601" max="3840" width="9.1796875" style="10"/>
     <col min="3841" max="3841" width="6" style="10" customWidth="1"/>
-    <col min="3842" max="3842" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="3857" max="4096" width="9.140625" style="10"/>
+    <col min="3842" max="3842" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3843" max="3843" width="13.26953125" style="10" customWidth="1"/>
+    <col min="3844" max="3844" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3845" max="3845" width="12.81640625" style="10" customWidth="1"/>
+    <col min="3846" max="3846" width="13.54296875" style="10" customWidth="1"/>
+    <col min="3847" max="3847" width="14.1796875" style="10" customWidth="1"/>
+    <col min="3848" max="3848" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3849" max="3849" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3850" max="3850" width="13.453125" style="10" customWidth="1"/>
+    <col min="3851" max="3851" width="11.54296875" style="10" customWidth="1"/>
+    <col min="3852" max="3852" width="12.1796875" style="10" customWidth="1"/>
+    <col min="3853" max="3855" width="9.1796875" style="10"/>
+    <col min="3856" max="3856" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3857" max="4096" width="9.1796875" style="10"/>
     <col min="4097" max="4097" width="6" style="10" customWidth="1"/>
-    <col min="4098" max="4098" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="4113" max="4352" width="9.140625" style="10"/>
+    <col min="4098" max="4098" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4099" max="4099" width="13.26953125" style="10" customWidth="1"/>
+    <col min="4100" max="4100" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4101" max="4101" width="12.81640625" style="10" customWidth="1"/>
+    <col min="4102" max="4102" width="13.54296875" style="10" customWidth="1"/>
+    <col min="4103" max="4103" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4104" max="4104" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4105" max="4105" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4106" max="4106" width="13.453125" style="10" customWidth="1"/>
+    <col min="4107" max="4107" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4108" max="4108" width="12.1796875" style="10" customWidth="1"/>
+    <col min="4109" max="4111" width="9.1796875" style="10"/>
+    <col min="4112" max="4112" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4113" max="4352" width="9.1796875" style="10"/>
     <col min="4353" max="4353" width="6" style="10" customWidth="1"/>
-    <col min="4354" max="4354" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="4369" max="4608" width="9.140625" style="10"/>
+    <col min="4354" max="4354" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4355" max="4355" width="13.26953125" style="10" customWidth="1"/>
+    <col min="4356" max="4356" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4357" max="4357" width="12.81640625" style="10" customWidth="1"/>
+    <col min="4358" max="4358" width="13.54296875" style="10" customWidth="1"/>
+    <col min="4359" max="4359" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4360" max="4360" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4361" max="4361" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4362" max="4362" width="13.453125" style="10" customWidth="1"/>
+    <col min="4363" max="4363" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4364" max="4364" width="12.1796875" style="10" customWidth="1"/>
+    <col min="4365" max="4367" width="9.1796875" style="10"/>
+    <col min="4368" max="4368" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4369" max="4608" width="9.1796875" style="10"/>
     <col min="4609" max="4609" width="6" style="10" customWidth="1"/>
-    <col min="4610" max="4610" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="4625" max="4864" width="9.140625" style="10"/>
+    <col min="4610" max="4610" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4611" max="4611" width="13.26953125" style="10" customWidth="1"/>
+    <col min="4612" max="4612" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4613" max="4613" width="12.81640625" style="10" customWidth="1"/>
+    <col min="4614" max="4614" width="13.54296875" style="10" customWidth="1"/>
+    <col min="4615" max="4615" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4616" max="4616" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4617" max="4617" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4618" max="4618" width="13.453125" style="10" customWidth="1"/>
+    <col min="4619" max="4619" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4620" max="4620" width="12.1796875" style="10" customWidth="1"/>
+    <col min="4621" max="4623" width="9.1796875" style="10"/>
+    <col min="4624" max="4624" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4625" max="4864" width="9.1796875" style="10"/>
     <col min="4865" max="4865" width="6" style="10" customWidth="1"/>
-    <col min="4866" max="4866" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="4881" max="5120" width="9.140625" style="10"/>
+    <col min="4866" max="4866" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4867" max="4867" width="13.26953125" style="10" customWidth="1"/>
+    <col min="4868" max="4868" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4869" max="4869" width="12.81640625" style="10" customWidth="1"/>
+    <col min="4870" max="4870" width="13.54296875" style="10" customWidth="1"/>
+    <col min="4871" max="4871" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4872" max="4872" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4873" max="4873" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4874" max="4874" width="13.453125" style="10" customWidth="1"/>
+    <col min="4875" max="4875" width="11.54296875" style="10" customWidth="1"/>
+    <col min="4876" max="4876" width="12.1796875" style="10" customWidth="1"/>
+    <col min="4877" max="4879" width="9.1796875" style="10"/>
+    <col min="4880" max="4880" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4881" max="5120" width="9.1796875" style="10"/>
     <col min="5121" max="5121" width="6" style="10" customWidth="1"/>
-    <col min="5122" max="5122" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="5137" max="5376" width="9.140625" style="10"/>
+    <col min="5122" max="5122" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5123" max="5123" width="13.26953125" style="10" customWidth="1"/>
+    <col min="5124" max="5124" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5125" max="5125" width="12.81640625" style="10" customWidth="1"/>
+    <col min="5126" max="5126" width="13.54296875" style="10" customWidth="1"/>
+    <col min="5127" max="5127" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5128" max="5128" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5129" max="5129" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5130" max="5130" width="13.453125" style="10" customWidth="1"/>
+    <col min="5131" max="5131" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5132" max="5132" width="12.1796875" style="10" customWidth="1"/>
+    <col min="5133" max="5135" width="9.1796875" style="10"/>
+    <col min="5136" max="5136" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="5137" max="5376" width="9.1796875" style="10"/>
     <col min="5377" max="5377" width="6" style="10" customWidth="1"/>
-    <col min="5378" max="5378" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="5393" max="5632" width="9.140625" style="10"/>
+    <col min="5378" max="5378" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5379" max="5379" width="13.26953125" style="10" customWidth="1"/>
+    <col min="5380" max="5380" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5381" max="5381" width="12.81640625" style="10" customWidth="1"/>
+    <col min="5382" max="5382" width="13.54296875" style="10" customWidth="1"/>
+    <col min="5383" max="5383" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5384" max="5384" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5385" max="5385" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5386" max="5386" width="13.453125" style="10" customWidth="1"/>
+    <col min="5387" max="5387" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5388" max="5388" width="12.1796875" style="10" customWidth="1"/>
+    <col min="5389" max="5391" width="9.1796875" style="10"/>
+    <col min="5392" max="5392" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="5393" max="5632" width="9.1796875" style="10"/>
     <col min="5633" max="5633" width="6" style="10" customWidth="1"/>
-    <col min="5634" max="5634" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="5649" max="5888" width="9.140625" style="10"/>
+    <col min="5634" max="5634" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5635" max="5635" width="13.26953125" style="10" customWidth="1"/>
+    <col min="5636" max="5636" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5637" max="5637" width="12.81640625" style="10" customWidth="1"/>
+    <col min="5638" max="5638" width="13.54296875" style="10" customWidth="1"/>
+    <col min="5639" max="5639" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5640" max="5640" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5641" max="5641" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5642" max="5642" width="13.453125" style="10" customWidth="1"/>
+    <col min="5643" max="5643" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5644" max="5644" width="12.1796875" style="10" customWidth="1"/>
+    <col min="5645" max="5647" width="9.1796875" style="10"/>
+    <col min="5648" max="5648" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="5649" max="5888" width="9.1796875" style="10"/>
     <col min="5889" max="5889" width="6" style="10" customWidth="1"/>
-    <col min="5890" max="5890" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="5905" max="6144" width="9.140625" style="10"/>
+    <col min="5890" max="5890" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5891" max="5891" width="13.26953125" style="10" customWidth="1"/>
+    <col min="5892" max="5892" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5893" max="5893" width="12.81640625" style="10" customWidth="1"/>
+    <col min="5894" max="5894" width="13.54296875" style="10" customWidth="1"/>
+    <col min="5895" max="5895" width="14.1796875" style="10" customWidth="1"/>
+    <col min="5896" max="5896" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5897" max="5897" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5898" max="5898" width="13.453125" style="10" customWidth="1"/>
+    <col min="5899" max="5899" width="11.54296875" style="10" customWidth="1"/>
+    <col min="5900" max="5900" width="12.1796875" style="10" customWidth="1"/>
+    <col min="5901" max="5903" width="9.1796875" style="10"/>
+    <col min="5904" max="5904" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="5905" max="6144" width="9.1796875" style="10"/>
     <col min="6145" max="6145" width="6" style="10" customWidth="1"/>
-    <col min="6146" max="6146" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="6161" max="6400" width="9.140625" style="10"/>
+    <col min="6146" max="6146" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6147" max="6147" width="13.26953125" style="10" customWidth="1"/>
+    <col min="6148" max="6148" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6149" max="6149" width="12.81640625" style="10" customWidth="1"/>
+    <col min="6150" max="6150" width="13.54296875" style="10" customWidth="1"/>
+    <col min="6151" max="6151" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6152" max="6152" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6153" max="6153" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6154" max="6154" width="13.453125" style="10" customWidth="1"/>
+    <col min="6155" max="6155" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6156" max="6156" width="12.1796875" style="10" customWidth="1"/>
+    <col min="6157" max="6159" width="9.1796875" style="10"/>
+    <col min="6160" max="6160" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6161" max="6400" width="9.1796875" style="10"/>
     <col min="6401" max="6401" width="6" style="10" customWidth="1"/>
-    <col min="6402" max="6402" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="6417" max="6656" width="9.140625" style="10"/>
+    <col min="6402" max="6402" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6403" max="6403" width="13.26953125" style="10" customWidth="1"/>
+    <col min="6404" max="6404" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6405" max="6405" width="12.81640625" style="10" customWidth="1"/>
+    <col min="6406" max="6406" width="13.54296875" style="10" customWidth="1"/>
+    <col min="6407" max="6407" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6408" max="6408" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6409" max="6409" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6410" max="6410" width="13.453125" style="10" customWidth="1"/>
+    <col min="6411" max="6411" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6412" max="6412" width="12.1796875" style="10" customWidth="1"/>
+    <col min="6413" max="6415" width="9.1796875" style="10"/>
+    <col min="6416" max="6416" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6417" max="6656" width="9.1796875" style="10"/>
     <col min="6657" max="6657" width="6" style="10" customWidth="1"/>
-    <col min="6658" max="6658" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="6673" max="6912" width="9.140625" style="10"/>
+    <col min="6658" max="6658" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6659" max="6659" width="13.26953125" style="10" customWidth="1"/>
+    <col min="6660" max="6660" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6661" max="6661" width="12.81640625" style="10" customWidth="1"/>
+    <col min="6662" max="6662" width="13.54296875" style="10" customWidth="1"/>
+    <col min="6663" max="6663" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6664" max="6664" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6665" max="6665" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6666" max="6666" width="13.453125" style="10" customWidth="1"/>
+    <col min="6667" max="6667" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6668" max="6668" width="12.1796875" style="10" customWidth="1"/>
+    <col min="6669" max="6671" width="9.1796875" style="10"/>
+    <col min="6672" max="6672" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6673" max="6912" width="9.1796875" style="10"/>
     <col min="6913" max="6913" width="6" style="10" customWidth="1"/>
-    <col min="6914" max="6914" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="6929" max="7168" width="9.140625" style="10"/>
+    <col min="6914" max="6914" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6915" max="6915" width="13.26953125" style="10" customWidth="1"/>
+    <col min="6916" max="6916" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6917" max="6917" width="12.81640625" style="10" customWidth="1"/>
+    <col min="6918" max="6918" width="13.54296875" style="10" customWidth="1"/>
+    <col min="6919" max="6919" width="14.1796875" style="10" customWidth="1"/>
+    <col min="6920" max="6920" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6921" max="6921" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6922" max="6922" width="13.453125" style="10" customWidth="1"/>
+    <col min="6923" max="6923" width="11.54296875" style="10" customWidth="1"/>
+    <col min="6924" max="6924" width="12.1796875" style="10" customWidth="1"/>
+    <col min="6925" max="6927" width="9.1796875" style="10"/>
+    <col min="6928" max="6928" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6929" max="7168" width="9.1796875" style="10"/>
     <col min="7169" max="7169" width="6" style="10" customWidth="1"/>
-    <col min="7170" max="7170" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="7185" max="7424" width="9.140625" style="10"/>
+    <col min="7170" max="7170" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7171" max="7171" width="13.26953125" style="10" customWidth="1"/>
+    <col min="7172" max="7172" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7173" max="7173" width="12.81640625" style="10" customWidth="1"/>
+    <col min="7174" max="7174" width="13.54296875" style="10" customWidth="1"/>
+    <col min="7175" max="7175" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7176" max="7176" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7177" max="7177" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7178" max="7178" width="13.453125" style="10" customWidth="1"/>
+    <col min="7179" max="7179" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7180" max="7180" width="12.1796875" style="10" customWidth="1"/>
+    <col min="7181" max="7183" width="9.1796875" style="10"/>
+    <col min="7184" max="7184" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="7185" max="7424" width="9.1796875" style="10"/>
     <col min="7425" max="7425" width="6" style="10" customWidth="1"/>
-    <col min="7426" max="7426" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="7441" max="7680" width="9.140625" style="10"/>
+    <col min="7426" max="7426" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7427" max="7427" width="13.26953125" style="10" customWidth="1"/>
+    <col min="7428" max="7428" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7429" max="7429" width="12.81640625" style="10" customWidth="1"/>
+    <col min="7430" max="7430" width="13.54296875" style="10" customWidth="1"/>
+    <col min="7431" max="7431" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7432" max="7432" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7433" max="7433" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7434" max="7434" width="13.453125" style="10" customWidth="1"/>
+    <col min="7435" max="7435" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7436" max="7436" width="12.1796875" style="10" customWidth="1"/>
+    <col min="7437" max="7439" width="9.1796875" style="10"/>
+    <col min="7440" max="7440" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="7441" max="7680" width="9.1796875" style="10"/>
     <col min="7681" max="7681" width="6" style="10" customWidth="1"/>
-    <col min="7682" max="7682" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="7697" max="7936" width="9.140625" style="10"/>
+    <col min="7682" max="7682" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7683" max="7683" width="13.26953125" style="10" customWidth="1"/>
+    <col min="7684" max="7684" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7685" max="7685" width="12.81640625" style="10" customWidth="1"/>
+    <col min="7686" max="7686" width="13.54296875" style="10" customWidth="1"/>
+    <col min="7687" max="7687" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7688" max="7688" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7689" max="7689" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7690" max="7690" width="13.453125" style="10" customWidth="1"/>
+    <col min="7691" max="7691" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7692" max="7692" width="12.1796875" style="10" customWidth="1"/>
+    <col min="7693" max="7695" width="9.1796875" style="10"/>
+    <col min="7696" max="7696" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="7697" max="7936" width="9.1796875" style="10"/>
     <col min="7937" max="7937" width="6" style="10" customWidth="1"/>
-    <col min="7938" max="7938" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="7953" max="8192" width="9.140625" style="10"/>
+    <col min="7938" max="7938" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7939" max="7939" width="13.26953125" style="10" customWidth="1"/>
+    <col min="7940" max="7940" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7941" max="7941" width="12.81640625" style="10" customWidth="1"/>
+    <col min="7942" max="7942" width="13.54296875" style="10" customWidth="1"/>
+    <col min="7943" max="7943" width="14.1796875" style="10" customWidth="1"/>
+    <col min="7944" max="7944" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7945" max="7945" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7946" max="7946" width="13.453125" style="10" customWidth="1"/>
+    <col min="7947" max="7947" width="11.54296875" style="10" customWidth="1"/>
+    <col min="7948" max="7948" width="12.1796875" style="10" customWidth="1"/>
+    <col min="7949" max="7951" width="9.1796875" style="10"/>
+    <col min="7952" max="7952" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="7953" max="8192" width="9.1796875" style="10"/>
     <col min="8193" max="8193" width="6" style="10" customWidth="1"/>
-    <col min="8194" max="8194" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="8209" max="8448" width="9.140625" style="10"/>
+    <col min="8194" max="8194" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8195" max="8195" width="13.26953125" style="10" customWidth="1"/>
+    <col min="8196" max="8196" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8197" max="8197" width="12.81640625" style="10" customWidth="1"/>
+    <col min="8198" max="8198" width="13.54296875" style="10" customWidth="1"/>
+    <col min="8199" max="8199" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8200" max="8200" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8201" max="8201" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8202" max="8202" width="13.453125" style="10" customWidth="1"/>
+    <col min="8203" max="8203" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8204" max="8204" width="12.1796875" style="10" customWidth="1"/>
+    <col min="8205" max="8207" width="9.1796875" style="10"/>
+    <col min="8208" max="8208" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="8209" max="8448" width="9.1796875" style="10"/>
     <col min="8449" max="8449" width="6" style="10" customWidth="1"/>
-    <col min="8450" max="8450" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="8465" max="8704" width="9.140625" style="10"/>
+    <col min="8450" max="8450" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8451" max="8451" width="13.26953125" style="10" customWidth="1"/>
+    <col min="8452" max="8452" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8453" max="8453" width="12.81640625" style="10" customWidth="1"/>
+    <col min="8454" max="8454" width="13.54296875" style="10" customWidth="1"/>
+    <col min="8455" max="8455" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8456" max="8456" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8457" max="8457" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8458" max="8458" width="13.453125" style="10" customWidth="1"/>
+    <col min="8459" max="8459" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8460" max="8460" width="12.1796875" style="10" customWidth="1"/>
+    <col min="8461" max="8463" width="9.1796875" style="10"/>
+    <col min="8464" max="8464" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="8465" max="8704" width="9.1796875" style="10"/>
     <col min="8705" max="8705" width="6" style="10" customWidth="1"/>
-    <col min="8706" max="8706" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="8721" max="8960" width="9.140625" style="10"/>
+    <col min="8706" max="8706" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8707" max="8707" width="13.26953125" style="10" customWidth="1"/>
+    <col min="8708" max="8708" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8709" max="8709" width="12.81640625" style="10" customWidth="1"/>
+    <col min="8710" max="8710" width="13.54296875" style="10" customWidth="1"/>
+    <col min="8711" max="8711" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8712" max="8712" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8713" max="8713" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8714" max="8714" width="13.453125" style="10" customWidth="1"/>
+    <col min="8715" max="8715" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8716" max="8716" width="12.1796875" style="10" customWidth="1"/>
+    <col min="8717" max="8719" width="9.1796875" style="10"/>
+    <col min="8720" max="8720" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="8721" max="8960" width="9.1796875" style="10"/>
     <col min="8961" max="8961" width="6" style="10" customWidth="1"/>
-    <col min="8962" max="8962" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="8977" max="9216" width="9.140625" style="10"/>
+    <col min="8962" max="8962" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8963" max="8963" width="13.26953125" style="10" customWidth="1"/>
+    <col min="8964" max="8964" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8965" max="8965" width="12.81640625" style="10" customWidth="1"/>
+    <col min="8966" max="8966" width="13.54296875" style="10" customWidth="1"/>
+    <col min="8967" max="8967" width="14.1796875" style="10" customWidth="1"/>
+    <col min="8968" max="8968" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8969" max="8969" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8970" max="8970" width="13.453125" style="10" customWidth="1"/>
+    <col min="8971" max="8971" width="11.54296875" style="10" customWidth="1"/>
+    <col min="8972" max="8972" width="12.1796875" style="10" customWidth="1"/>
+    <col min="8973" max="8975" width="9.1796875" style="10"/>
+    <col min="8976" max="8976" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="8977" max="9216" width="9.1796875" style="10"/>
     <col min="9217" max="9217" width="6" style="10" customWidth="1"/>
-    <col min="9218" max="9218" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="9233" max="9472" width="9.140625" style="10"/>
+    <col min="9218" max="9218" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9219" max="9219" width="13.26953125" style="10" customWidth="1"/>
+    <col min="9220" max="9220" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9221" max="9221" width="12.81640625" style="10" customWidth="1"/>
+    <col min="9222" max="9222" width="13.54296875" style="10" customWidth="1"/>
+    <col min="9223" max="9223" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9224" max="9224" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9225" max="9225" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9226" max="9226" width="13.453125" style="10" customWidth="1"/>
+    <col min="9227" max="9227" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9228" max="9228" width="12.1796875" style="10" customWidth="1"/>
+    <col min="9229" max="9231" width="9.1796875" style="10"/>
+    <col min="9232" max="9232" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="9233" max="9472" width="9.1796875" style="10"/>
     <col min="9473" max="9473" width="6" style="10" customWidth="1"/>
-    <col min="9474" max="9474" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="9489" max="9728" width="9.140625" style="10"/>
+    <col min="9474" max="9474" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9475" max="9475" width="13.26953125" style="10" customWidth="1"/>
+    <col min="9476" max="9476" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9477" max="9477" width="12.81640625" style="10" customWidth="1"/>
+    <col min="9478" max="9478" width="13.54296875" style="10" customWidth="1"/>
+    <col min="9479" max="9479" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9480" max="9480" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9481" max="9481" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9482" max="9482" width="13.453125" style="10" customWidth="1"/>
+    <col min="9483" max="9483" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9484" max="9484" width="12.1796875" style="10" customWidth="1"/>
+    <col min="9485" max="9487" width="9.1796875" style="10"/>
+    <col min="9488" max="9488" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="9489" max="9728" width="9.1796875" style="10"/>
     <col min="9729" max="9729" width="6" style="10" customWidth="1"/>
-    <col min="9730" max="9730" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="9745" max="9984" width="9.140625" style="10"/>
+    <col min="9730" max="9730" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9731" max="9731" width="13.26953125" style="10" customWidth="1"/>
+    <col min="9732" max="9732" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9733" max="9733" width="12.81640625" style="10" customWidth="1"/>
+    <col min="9734" max="9734" width="13.54296875" style="10" customWidth="1"/>
+    <col min="9735" max="9735" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9736" max="9736" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9737" max="9737" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9738" max="9738" width="13.453125" style="10" customWidth="1"/>
+    <col min="9739" max="9739" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9740" max="9740" width="12.1796875" style="10" customWidth="1"/>
+    <col min="9741" max="9743" width="9.1796875" style="10"/>
+    <col min="9744" max="9744" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="9745" max="9984" width="9.1796875" style="10"/>
     <col min="9985" max="9985" width="6" style="10" customWidth="1"/>
-    <col min="9986" max="9986" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="10001" max="10240" width="9.140625" style="10"/>
+    <col min="9986" max="9986" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9987" max="9987" width="13.26953125" style="10" customWidth="1"/>
+    <col min="9988" max="9988" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9989" max="9989" width="12.81640625" style="10" customWidth="1"/>
+    <col min="9990" max="9990" width="13.54296875" style="10" customWidth="1"/>
+    <col min="9991" max="9991" width="14.1796875" style="10" customWidth="1"/>
+    <col min="9992" max="9992" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9993" max="9993" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9994" max="9994" width="13.453125" style="10" customWidth="1"/>
+    <col min="9995" max="9995" width="11.54296875" style="10" customWidth="1"/>
+    <col min="9996" max="9996" width="12.1796875" style="10" customWidth="1"/>
+    <col min="9997" max="9999" width="9.1796875" style="10"/>
+    <col min="10000" max="10000" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="10001" max="10240" width="9.1796875" style="10"/>
     <col min="10241" max="10241" width="6" style="10" customWidth="1"/>
-    <col min="10242" max="10242" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="10257" max="10496" width="9.140625" style="10"/>
+    <col min="10242" max="10242" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10243" max="10243" width="13.26953125" style="10" customWidth="1"/>
+    <col min="10244" max="10244" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10245" max="10245" width="12.81640625" style="10" customWidth="1"/>
+    <col min="10246" max="10246" width="13.54296875" style="10" customWidth="1"/>
+    <col min="10247" max="10247" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10248" max="10248" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10249" max="10249" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10250" max="10250" width="13.453125" style="10" customWidth="1"/>
+    <col min="10251" max="10251" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10252" max="10252" width="12.1796875" style="10" customWidth="1"/>
+    <col min="10253" max="10255" width="9.1796875" style="10"/>
+    <col min="10256" max="10256" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="10257" max="10496" width="9.1796875" style="10"/>
     <col min="10497" max="10497" width="6" style="10" customWidth="1"/>
-    <col min="10498" max="10498" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="10513" max="10752" width="9.140625" style="10"/>
+    <col min="10498" max="10498" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10499" max="10499" width="13.26953125" style="10" customWidth="1"/>
+    <col min="10500" max="10500" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10501" max="10501" width="12.81640625" style="10" customWidth="1"/>
+    <col min="10502" max="10502" width="13.54296875" style="10" customWidth="1"/>
+    <col min="10503" max="10503" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10504" max="10504" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10505" max="10505" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10506" max="10506" width="13.453125" style="10" customWidth="1"/>
+    <col min="10507" max="10507" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10508" max="10508" width="12.1796875" style="10" customWidth="1"/>
+    <col min="10509" max="10511" width="9.1796875" style="10"/>
+    <col min="10512" max="10512" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="10513" max="10752" width="9.1796875" style="10"/>
     <col min="10753" max="10753" width="6" style="10" customWidth="1"/>
-    <col min="10754" max="10754" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="10769" max="11008" width="9.140625" style="10"/>
+    <col min="10754" max="10754" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10755" max="10755" width="13.26953125" style="10" customWidth="1"/>
+    <col min="10756" max="10756" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10757" max="10757" width="12.81640625" style="10" customWidth="1"/>
+    <col min="10758" max="10758" width="13.54296875" style="10" customWidth="1"/>
+    <col min="10759" max="10759" width="14.1796875" style="10" customWidth="1"/>
+    <col min="10760" max="10760" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10761" max="10761" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10762" max="10762" width="13.453125" style="10" customWidth="1"/>
+    <col min="10763" max="10763" width="11.54296875" style="10" customWidth="1"/>
+    <col min="10764" max="10764" width="12.1796875" style="10" customWidth="1"/>
+    <col min="10765" max="10767" width="9.1796875" style="10"/>
+    <col min="10768" max="10768" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="10769" max="11008" width="9.1796875" style="10"/>
     <col min="11009" max="11009" width="6" style="10" customWidth="1"/>
-    <col min="11010" max="11010" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="11025" max="11264" width="9.140625" style="10"/>
+    <col min="11010" max="11010" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11011" max="11011" width="13.26953125" style="10" customWidth="1"/>
+    <col min="11012" max="11012" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11013" max="11013" width="12.81640625" style="10" customWidth="1"/>
+    <col min="11014" max="11014" width="13.54296875" style="10" customWidth="1"/>
+    <col min="11015" max="11015" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11016" max="11016" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11017" max="11017" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11018" max="11018" width="13.453125" style="10" customWidth="1"/>
+    <col min="11019" max="11019" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11020" max="11020" width="12.1796875" style="10" customWidth="1"/>
+    <col min="11021" max="11023" width="9.1796875" style="10"/>
+    <col min="11024" max="11024" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="11025" max="11264" width="9.1796875" style="10"/>
     <col min="11265" max="11265" width="6" style="10" customWidth="1"/>
-    <col min="11266" max="11266" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="11281" max="11520" width="9.140625" style="10"/>
+    <col min="11266" max="11266" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11267" max="11267" width="13.26953125" style="10" customWidth="1"/>
+    <col min="11268" max="11268" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11269" max="11269" width="12.81640625" style="10" customWidth="1"/>
+    <col min="11270" max="11270" width="13.54296875" style="10" customWidth="1"/>
+    <col min="11271" max="11271" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11272" max="11272" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11273" max="11273" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11274" max="11274" width="13.453125" style="10" customWidth="1"/>
+    <col min="11275" max="11275" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11276" max="11276" width="12.1796875" style="10" customWidth="1"/>
+    <col min="11277" max="11279" width="9.1796875" style="10"/>
+    <col min="11280" max="11280" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="11281" max="11520" width="9.1796875" style="10"/>
     <col min="11521" max="11521" width="6" style="10" customWidth="1"/>
-    <col min="11522" max="11522" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="11537" max="11776" width="9.140625" style="10"/>
+    <col min="11522" max="11522" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11523" max="11523" width="13.26953125" style="10" customWidth="1"/>
+    <col min="11524" max="11524" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11525" max="11525" width="12.81640625" style="10" customWidth="1"/>
+    <col min="11526" max="11526" width="13.54296875" style="10" customWidth="1"/>
+    <col min="11527" max="11527" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11528" max="11528" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11529" max="11529" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11530" max="11530" width="13.453125" style="10" customWidth="1"/>
+    <col min="11531" max="11531" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11532" max="11532" width="12.1796875" style="10" customWidth="1"/>
+    <col min="11533" max="11535" width="9.1796875" style="10"/>
+    <col min="11536" max="11536" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="11537" max="11776" width="9.1796875" style="10"/>
     <col min="11777" max="11777" width="6" style="10" customWidth="1"/>
-    <col min="11778" max="11778" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="11793" max="12032" width="9.140625" style="10"/>
+    <col min="11778" max="11778" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11779" max="11779" width="13.26953125" style="10" customWidth="1"/>
+    <col min="11780" max="11780" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11781" max="11781" width="12.81640625" style="10" customWidth="1"/>
+    <col min="11782" max="11782" width="13.54296875" style="10" customWidth="1"/>
+    <col min="11783" max="11783" width="14.1796875" style="10" customWidth="1"/>
+    <col min="11784" max="11784" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11785" max="11785" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11786" max="11786" width="13.453125" style="10" customWidth="1"/>
+    <col min="11787" max="11787" width="11.54296875" style="10" customWidth="1"/>
+    <col min="11788" max="11788" width="12.1796875" style="10" customWidth="1"/>
+    <col min="11789" max="11791" width="9.1796875" style="10"/>
+    <col min="11792" max="11792" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="11793" max="12032" width="9.1796875" style="10"/>
     <col min="12033" max="12033" width="6" style="10" customWidth="1"/>
-    <col min="12034" max="12034" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="12049" max="12288" width="9.140625" style="10"/>
+    <col min="12034" max="12034" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12035" max="12035" width="13.26953125" style="10" customWidth="1"/>
+    <col min="12036" max="12036" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12037" max="12037" width="12.81640625" style="10" customWidth="1"/>
+    <col min="12038" max="12038" width="13.54296875" style="10" customWidth="1"/>
+    <col min="12039" max="12039" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12040" max="12040" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12041" max="12041" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12042" max="12042" width="13.453125" style="10" customWidth="1"/>
+    <col min="12043" max="12043" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12044" max="12044" width="12.1796875" style="10" customWidth="1"/>
+    <col min="12045" max="12047" width="9.1796875" style="10"/>
+    <col min="12048" max="12048" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="12049" max="12288" width="9.1796875" style="10"/>
     <col min="12289" max="12289" width="6" style="10" customWidth="1"/>
-    <col min="12290" max="12290" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="12305" max="12544" width="9.140625" style="10"/>
+    <col min="12290" max="12290" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12291" max="12291" width="13.26953125" style="10" customWidth="1"/>
+    <col min="12292" max="12292" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12293" max="12293" width="12.81640625" style="10" customWidth="1"/>
+    <col min="12294" max="12294" width="13.54296875" style="10" customWidth="1"/>
+    <col min="12295" max="12295" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12296" max="12296" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12297" max="12297" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12298" max="12298" width="13.453125" style="10" customWidth="1"/>
+    <col min="12299" max="12299" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12300" max="12300" width="12.1796875" style="10" customWidth="1"/>
+    <col min="12301" max="12303" width="9.1796875" style="10"/>
+    <col min="12304" max="12304" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="12305" max="12544" width="9.1796875" style="10"/>
     <col min="12545" max="12545" width="6" style="10" customWidth="1"/>
-    <col min="12546" max="12546" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="12561" max="12800" width="9.140625" style="10"/>
+    <col min="12546" max="12546" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12547" max="12547" width="13.26953125" style="10" customWidth="1"/>
+    <col min="12548" max="12548" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12549" max="12549" width="12.81640625" style="10" customWidth="1"/>
+    <col min="12550" max="12550" width="13.54296875" style="10" customWidth="1"/>
+    <col min="12551" max="12551" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12552" max="12552" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12553" max="12553" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12554" max="12554" width="13.453125" style="10" customWidth="1"/>
+    <col min="12555" max="12555" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12556" max="12556" width="12.1796875" style="10" customWidth="1"/>
+    <col min="12557" max="12559" width="9.1796875" style="10"/>
+    <col min="12560" max="12560" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="12561" max="12800" width="9.1796875" style="10"/>
     <col min="12801" max="12801" width="6" style="10" customWidth="1"/>
-    <col min="12802" max="12802" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="12817" max="13056" width="9.140625" style="10"/>
+    <col min="12802" max="12802" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12803" max="12803" width="13.26953125" style="10" customWidth="1"/>
+    <col min="12804" max="12804" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12805" max="12805" width="12.81640625" style="10" customWidth="1"/>
+    <col min="12806" max="12806" width="13.54296875" style="10" customWidth="1"/>
+    <col min="12807" max="12807" width="14.1796875" style="10" customWidth="1"/>
+    <col min="12808" max="12808" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12809" max="12809" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12810" max="12810" width="13.453125" style="10" customWidth="1"/>
+    <col min="12811" max="12811" width="11.54296875" style="10" customWidth="1"/>
+    <col min="12812" max="12812" width="12.1796875" style="10" customWidth="1"/>
+    <col min="12813" max="12815" width="9.1796875" style="10"/>
+    <col min="12816" max="12816" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="12817" max="13056" width="9.1796875" style="10"/>
     <col min="13057" max="13057" width="6" style="10" customWidth="1"/>
-    <col min="13058" max="13058" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="13073" max="13312" width="9.140625" style="10"/>
+    <col min="13058" max="13058" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13059" max="13059" width="13.26953125" style="10" customWidth="1"/>
+    <col min="13060" max="13060" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13061" max="13061" width="12.81640625" style="10" customWidth="1"/>
+    <col min="13062" max="13062" width="13.54296875" style="10" customWidth="1"/>
+    <col min="13063" max="13063" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13064" max="13064" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13065" max="13065" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13066" max="13066" width="13.453125" style="10" customWidth="1"/>
+    <col min="13067" max="13067" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13068" max="13068" width="12.1796875" style="10" customWidth="1"/>
+    <col min="13069" max="13071" width="9.1796875" style="10"/>
+    <col min="13072" max="13072" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="13073" max="13312" width="9.1796875" style="10"/>
     <col min="13313" max="13313" width="6" style="10" customWidth="1"/>
-    <col min="13314" max="13314" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="13329" max="13568" width="9.140625" style="10"/>
+    <col min="13314" max="13314" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13315" max="13315" width="13.26953125" style="10" customWidth="1"/>
+    <col min="13316" max="13316" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13317" max="13317" width="12.81640625" style="10" customWidth="1"/>
+    <col min="13318" max="13318" width="13.54296875" style="10" customWidth="1"/>
+    <col min="13319" max="13319" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13320" max="13320" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13321" max="13321" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13322" max="13322" width="13.453125" style="10" customWidth="1"/>
+    <col min="13323" max="13323" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13324" max="13324" width="12.1796875" style="10" customWidth="1"/>
+    <col min="13325" max="13327" width="9.1796875" style="10"/>
+    <col min="13328" max="13328" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="13329" max="13568" width="9.1796875" style="10"/>
     <col min="13569" max="13569" width="6" style="10" customWidth="1"/>
-    <col min="13570" max="13570" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="13585" max="13824" width="9.140625" style="10"/>
+    <col min="13570" max="13570" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13571" max="13571" width="13.26953125" style="10" customWidth="1"/>
+    <col min="13572" max="13572" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13573" max="13573" width="12.81640625" style="10" customWidth="1"/>
+    <col min="13574" max="13574" width="13.54296875" style="10" customWidth="1"/>
+    <col min="13575" max="13575" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13576" max="13576" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13577" max="13577" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13578" max="13578" width="13.453125" style="10" customWidth="1"/>
+    <col min="13579" max="13579" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13580" max="13580" width="12.1796875" style="10" customWidth="1"/>
+    <col min="13581" max="13583" width="9.1796875" style="10"/>
+    <col min="13584" max="13584" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="13585" max="13824" width="9.1796875" style="10"/>
     <col min="13825" max="13825" width="6" style="10" customWidth="1"/>
-    <col min="13826" max="13826" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="13841" max="14080" width="9.140625" style="10"/>
+    <col min="13826" max="13826" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13827" max="13827" width="13.26953125" style="10" customWidth="1"/>
+    <col min="13828" max="13828" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13829" max="13829" width="12.81640625" style="10" customWidth="1"/>
+    <col min="13830" max="13830" width="13.54296875" style="10" customWidth="1"/>
+    <col min="13831" max="13831" width="14.1796875" style="10" customWidth="1"/>
+    <col min="13832" max="13832" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13833" max="13833" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13834" max="13834" width="13.453125" style="10" customWidth="1"/>
+    <col min="13835" max="13835" width="11.54296875" style="10" customWidth="1"/>
+    <col min="13836" max="13836" width="12.1796875" style="10" customWidth="1"/>
+    <col min="13837" max="13839" width="9.1796875" style="10"/>
+    <col min="13840" max="13840" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="13841" max="14080" width="9.1796875" style="10"/>
     <col min="14081" max="14081" width="6" style="10" customWidth="1"/>
-    <col min="14082" max="14082" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14097" max="14336" width="9.140625" style="10"/>
+    <col min="14082" max="14082" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14083" max="14083" width="13.26953125" style="10" customWidth="1"/>
+    <col min="14084" max="14084" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14085" max="14085" width="12.81640625" style="10" customWidth="1"/>
+    <col min="14086" max="14086" width="13.54296875" style="10" customWidth="1"/>
+    <col min="14087" max="14087" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14088" max="14088" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14089" max="14089" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14090" max="14090" width="13.453125" style="10" customWidth="1"/>
+    <col min="14091" max="14091" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14092" max="14092" width="12.1796875" style="10" customWidth="1"/>
+    <col min="14093" max="14095" width="9.1796875" style="10"/>
+    <col min="14096" max="14096" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="14097" max="14336" width="9.1796875" style="10"/>
     <col min="14337" max="14337" width="6" style="10" customWidth="1"/>
-    <col min="14338" max="14338" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14353" max="14592" width="9.140625" style="10"/>
+    <col min="14338" max="14338" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14339" max="14339" width="13.26953125" style="10" customWidth="1"/>
+    <col min="14340" max="14340" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14341" max="14341" width="12.81640625" style="10" customWidth="1"/>
+    <col min="14342" max="14342" width="13.54296875" style="10" customWidth="1"/>
+    <col min="14343" max="14343" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14344" max="14344" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14345" max="14345" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14346" max="14346" width="13.453125" style="10" customWidth="1"/>
+    <col min="14347" max="14347" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14348" max="14348" width="12.1796875" style="10" customWidth="1"/>
+    <col min="14349" max="14351" width="9.1796875" style="10"/>
+    <col min="14352" max="14352" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="14353" max="14592" width="9.1796875" style="10"/>
     <col min="14593" max="14593" width="6" style="10" customWidth="1"/>
-    <col min="14594" max="14594" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14609" max="14848" width="9.140625" style="10"/>
+    <col min="14594" max="14594" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14595" max="14595" width="13.26953125" style="10" customWidth="1"/>
+    <col min="14596" max="14596" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14597" max="14597" width="12.81640625" style="10" customWidth="1"/>
+    <col min="14598" max="14598" width="13.54296875" style="10" customWidth="1"/>
+    <col min="14599" max="14599" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14600" max="14600" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14601" max="14601" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14602" max="14602" width="13.453125" style="10" customWidth="1"/>
+    <col min="14603" max="14603" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14604" max="14604" width="12.1796875" style="10" customWidth="1"/>
+    <col min="14605" max="14607" width="9.1796875" style="10"/>
+    <col min="14608" max="14608" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="14609" max="14848" width="9.1796875" style="10"/>
     <col min="14849" max="14849" width="6" style="10" customWidth="1"/>
-    <col min="14850" max="14850" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14865" max="15104" width="9.140625" style="10"/>
+    <col min="14850" max="14850" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14851" max="14851" width="13.26953125" style="10" customWidth="1"/>
+    <col min="14852" max="14852" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14853" max="14853" width="12.81640625" style="10" customWidth="1"/>
+    <col min="14854" max="14854" width="13.54296875" style="10" customWidth="1"/>
+    <col min="14855" max="14855" width="14.1796875" style="10" customWidth="1"/>
+    <col min="14856" max="14856" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14857" max="14857" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14858" max="14858" width="13.453125" style="10" customWidth="1"/>
+    <col min="14859" max="14859" width="11.54296875" style="10" customWidth="1"/>
+    <col min="14860" max="14860" width="12.1796875" style="10" customWidth="1"/>
+    <col min="14861" max="14863" width="9.1796875" style="10"/>
+    <col min="14864" max="14864" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="14865" max="15104" width="9.1796875" style="10"/>
     <col min="15105" max="15105" width="6" style="10" customWidth="1"/>
-    <col min="15106" max="15106" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15121" max="15360" width="9.140625" style="10"/>
+    <col min="15106" max="15106" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15107" max="15107" width="13.26953125" style="10" customWidth="1"/>
+    <col min="15108" max="15108" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15109" max="15109" width="12.81640625" style="10" customWidth="1"/>
+    <col min="15110" max="15110" width="13.54296875" style="10" customWidth="1"/>
+    <col min="15111" max="15111" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15112" max="15112" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15113" max="15113" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15114" max="15114" width="13.453125" style="10" customWidth="1"/>
+    <col min="15115" max="15115" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15116" max="15116" width="12.1796875" style="10" customWidth="1"/>
+    <col min="15117" max="15119" width="9.1796875" style="10"/>
+    <col min="15120" max="15120" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="15121" max="15360" width="9.1796875" style="10"/>
     <col min="15361" max="15361" width="6" style="10" customWidth="1"/>
-    <col min="15362" max="15362" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15377" max="15616" width="9.140625" style="10"/>
+    <col min="15362" max="15362" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15363" max="15363" width="13.26953125" style="10" customWidth="1"/>
+    <col min="15364" max="15364" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15365" max="15365" width="12.81640625" style="10" customWidth="1"/>
+    <col min="15366" max="15366" width="13.54296875" style="10" customWidth="1"/>
+    <col min="15367" max="15367" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15368" max="15368" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15369" max="15369" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15370" max="15370" width="13.453125" style="10" customWidth="1"/>
+    <col min="15371" max="15371" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15372" max="15372" width="12.1796875" style="10" customWidth="1"/>
+    <col min="15373" max="15375" width="9.1796875" style="10"/>
+    <col min="15376" max="15376" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="15377" max="15616" width="9.1796875" style="10"/>
     <col min="15617" max="15617" width="6" style="10" customWidth="1"/>
-    <col min="15618" max="15618" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15633" max="15872" width="9.140625" style="10"/>
+    <col min="15618" max="15618" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15619" max="15619" width="13.26953125" style="10" customWidth="1"/>
+    <col min="15620" max="15620" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15621" max="15621" width="12.81640625" style="10" customWidth="1"/>
+    <col min="15622" max="15622" width="13.54296875" style="10" customWidth="1"/>
+    <col min="15623" max="15623" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15624" max="15624" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15625" max="15625" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15626" max="15626" width="13.453125" style="10" customWidth="1"/>
+    <col min="15627" max="15627" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15628" max="15628" width="12.1796875" style="10" customWidth="1"/>
+    <col min="15629" max="15631" width="9.1796875" style="10"/>
+    <col min="15632" max="15632" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="15633" max="15872" width="9.1796875" style="10"/>
     <col min="15873" max="15873" width="6" style="10" customWidth="1"/>
-    <col min="15874" max="15874" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15889" max="16128" width="9.140625" style="10"/>
+    <col min="15874" max="15874" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15875" max="15875" width="13.26953125" style="10" customWidth="1"/>
+    <col min="15876" max="15876" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15877" max="15877" width="12.81640625" style="10" customWidth="1"/>
+    <col min="15878" max="15878" width="13.54296875" style="10" customWidth="1"/>
+    <col min="15879" max="15879" width="14.1796875" style="10" customWidth="1"/>
+    <col min="15880" max="15880" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15881" max="15881" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15882" max="15882" width="13.453125" style="10" customWidth="1"/>
+    <col min="15883" max="15883" width="11.54296875" style="10" customWidth="1"/>
+    <col min="15884" max="15884" width="12.1796875" style="10" customWidth="1"/>
+    <col min="15885" max="15887" width="9.1796875" style="10"/>
+    <col min="15888" max="15888" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="15889" max="16128" width="9.1796875" style="10"/>
     <col min="16129" max="16129" width="6" style="10" customWidth="1"/>
-    <col min="16130" max="16130" width="8.7109375" style="10" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="16145" max="16384" width="9.140625" style="10"/>
+    <col min="16130" max="16130" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16131" max="16131" width="13.26953125" style="10" customWidth="1"/>
+    <col min="16132" max="16132" width="14.1796875" style="10" customWidth="1"/>
+    <col min="16133" max="16133" width="12.81640625" style="10" customWidth="1"/>
+    <col min="16134" max="16134" width="13.54296875" style="10" customWidth="1"/>
+    <col min="16135" max="16135" width="14.1796875" style="10" customWidth="1"/>
+    <col min="16136" max="16136" width="11.54296875" style="10" customWidth="1"/>
+    <col min="16137" max="16137" width="11.81640625" style="10" customWidth="1"/>
+    <col min="16138" max="16138" width="13.453125" style="10" customWidth="1"/>
+    <col min="16139" max="16139" width="11.54296875" style="10" customWidth="1"/>
+    <col min="16140" max="16140" width="12.1796875" style="10" customWidth="1"/>
+    <col min="16141" max="16143" width="9.1796875" style="10"/>
+    <col min="16144" max="16144" width="11.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="16145" max="16384" width="9.1796875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="34" t="s">
         <v>73</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
       <c r="G1" s="35"/>
       <c r="H1" s="35"/>
       <c r="I1" s="35"/>
       <c r="J1" s="35"/>
       <c r="K1" s="35"/>
       <c r="L1" s="35"/>
     </row>
-    <row r="2" spans="1:12" s="4" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" s="4" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="29"/>
       <c r="C2" s="30" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
       <c r="F2" s="31"/>
       <c r="G2" s="31"/>
       <c r="H2" s="31"/>
       <c r="I2" s="32"/>
       <c r="J2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="33" t="s">
         <v>3</v>
       </c>
       <c r="L2" s="33"/>
     </row>
-    <row r="3" spans="1:12" s="6" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" s="6" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>75</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="L3" s="5" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>2025</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C4" s="8">
         <v>12.8</v>
       </c>
       <c r="D4" s="8">
         <v>11.99</v>
       </c>
       <c r="E4" s="8">
         <v>13.89</v>
       </c>
       <c r="F4" s="9">
         <v>229383</v>
       </c>
       <c r="G4" s="9">
         <v>2936415</v>
       </c>
       <c r="H4" s="8">
         <v>4.0199999999999996</v>
       </c>
       <c r="I4" s="8">
         <v>3.54</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>2025</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="8">
         <v>12.95</v>
       </c>
       <c r="D5" s="8">
         <v>12.07</v>
       </c>
       <c r="E5" s="8">
         <v>13.44</v>
       </c>
       <c r="F5" s="9">
         <v>212330</v>
       </c>
       <c r="G5" s="9">
         <v>2749878</v>
       </c>
       <c r="H5" s="8">
         <v>4.01</v>
       </c>
       <c r="I5" s="8">
         <v>3.54</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2025</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="8">
         <v>13.09</v>
       </c>
       <c r="D6" s="8">
         <v>12.17</v>
       </c>
       <c r="E6" s="8">
         <v>13.45</v>
       </c>
       <c r="F6" s="9">
         <v>241910</v>
       </c>
       <c r="G6" s="9">
         <v>3165584</v>
       </c>
       <c r="H6" s="8">
         <v>3.95</v>
       </c>
       <c r="I6" s="8">
         <v>3.51</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>2025</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="8">
         <v>13.2</v>
       </c>
       <c r="D7" s="8">
         <v>12.18</v>
       </c>
       <c r="E7" s="8">
         <v>13.66</v>
       </c>
       <c r="F7" s="9">
         <v>235606</v>
       </c>
       <c r="G7" s="9">
         <v>3109537</v>
       </c>
       <c r="H7" s="8">
         <v>3.89</v>
       </c>
       <c r="I7" s="8">
         <v>3.47</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K7" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L7" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>2025</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="8">
         <v>13.27</v>
       </c>
       <c r="D8" s="8">
         <v>12.35</v>
       </c>
       <c r="E8" s="8">
         <v>13.82</v>
       </c>
       <c r="F8" s="9">
         <v>242532</v>
       </c>
       <c r="G8" s="9">
         <v>3217323</v>
       </c>
       <c r="H8" s="8">
         <v>3.85</v>
       </c>
       <c r="I8" s="8">
         <v>3.44</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K8" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L8" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>2025</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="8">
         <v>13.29</v>
       </c>
       <c r="D9" s="8">
         <v>12.62</v>
       </c>
       <c r="E9" s="8">
         <v>13.82</v>
       </c>
       <c r="F9" s="9">
         <v>229165</v>
       </c>
       <c r="G9" s="9">
         <v>3046409</v>
       </c>
       <c r="H9" s="8">
         <v>3.79</v>
       </c>
       <c r="I9" s="8">
         <v>3.43</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L9" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>2025</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C10" s="8">
         <v>13.32</v>
       </c>
       <c r="D10" s="8">
         <v>12.64</v>
       </c>
       <c r="E10" s="8">
         <v>13.91</v>
       </c>
       <c r="F10" s="9">
         <v>234119</v>
       </c>
       <c r="G10" s="9">
         <v>3119313</v>
       </c>
       <c r="H10" s="8">
         <v>3.77</v>
       </c>
       <c r="I10" s="8">
         <v>3.42</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L10" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>2025</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C11" s="8">
         <v>13.39</v>
       </c>
       <c r="D11" s="8">
         <v>12.67</v>
       </c>
       <c r="E11" s="8">
         <v>14.04</v>
       </c>
       <c r="F11" s="9">
         <v>232540</v>
       </c>
       <c r="G11" s="9">
         <v>3112738</v>
       </c>
       <c r="H11" s="8">
         <v>3.82</v>
       </c>
       <c r="I11" s="8">
         <v>3.46</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>2025</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C12" s="8">
         <v>13.43</v>
       </c>
       <c r="D12" s="8">
         <v>12.8</v>
       </c>
       <c r="E12" s="8">
         <v>14.05</v>
       </c>
       <c r="F12" s="9">
         <v>222811</v>
       </c>
       <c r="G12" s="9">
         <v>2991607</v>
       </c>
       <c r="H12" s="8">
         <v>3.87</v>
       </c>
       <c r="I12" s="8">
         <v>3.51</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>2025</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="8">
         <v>13.34</v>
       </c>
       <c r="D13" s="8">
         <v>12.53</v>
       </c>
       <c r="E13" s="8">
         <v>14.09</v>
       </c>
       <c r="F13" s="9">
         <v>228215</v>
       </c>
       <c r="G13" s="9">
         <v>3044283</v>
       </c>
       <c r="H13" s="8">
         <v>3.98</v>
       </c>
       <c r="I13" s="8">
         <v>3.58</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>2025</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="8">
         <v>12.86</v>
       </c>
       <c r="D14" s="8">
         <v>11.66</v>
       </c>
       <c r="E14" s="8">
         <v>13.83</v>
       </c>
       <c r="F14" s="9">
         <v>221349</v>
       </c>
       <c r="G14" s="9">
         <v>2845718</v>
       </c>
       <c r="H14" s="8">
         <v>4.03</v>
       </c>
       <c r="I14" s="8">
         <v>3.6</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L14" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>2025</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="17" spans="1:19" ht="2.25" customHeight="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:19" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:19" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:19" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="1:19" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="20" spans="1:19" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="34" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="35"/>
       <c r="I20" s="35"/>
       <c r="J20" s="35"/>
       <c r="K20" s="35"/>
       <c r="L20" s="35"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
       <c r="R20" s="10"/>
       <c r="S20" s="10"/>
     </row>
-    <row r="21" spans="1:19" s="4" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:19" s="4" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="29"/>
       <c r="C21" s="30" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="32"/>
       <c r="J21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="K21" s="33" t="s">
         <v>3</v>
       </c>
       <c r="L21" s="33"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
       <c r="O21" s="10"/>
       <c r="P21" s="10"/>
       <c r="Q21" s="10"/>
       <c r="R21" s="10"/>
       <c r="S21" s="10"/>
     </row>
-    <row r="22" spans="1:19" s="6" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:19" s="6" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>75</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>76</v>
       </c>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
       <c r="O22" s="10"/>
       <c r="P22" s="10"/>
       <c r="Q22" s="10"/>
       <c r="R22" s="12"/>
       <c r="S22" s="10"/>
     </row>
-    <row r="23" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7">
         <v>2025</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="8">
         <v>12.86</v>
       </c>
       <c r="D23" s="8">
         <v>11.99</v>
       </c>
       <c r="E23" s="8">
         <v>13.89</v>
       </c>
       <c r="F23" s="9">
         <v>229383</v>
       </c>
       <c r="G23" s="9">
         <v>2949267</v>
       </c>
       <c r="H23" s="8">
         <v>4.0199999999999996</v>
       </c>
       <c r="I23" s="8">
         <v>3.54</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K23" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L23" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24" s="7">
         <v>2025</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="8">
         <v>12.92</v>
       </c>
       <c r="D24" s="8">
         <v>12.03</v>
       </c>
       <c r="E24" s="8">
         <v>13.65</v>
       </c>
       <c r="F24" s="9">
         <v>441713</v>
       </c>
       <c r="G24" s="9">
         <v>5707142</v>
       </c>
       <c r="H24" s="8">
         <v>4.01</v>
       </c>
       <c r="I24" s="8">
         <v>3.54</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K24" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L24" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="25" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25" s="7">
         <v>2025</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C25" s="8">
         <v>12.99</v>
       </c>
       <c r="D25" s="8">
         <v>12.08</v>
       </c>
       <c r="E25" s="8">
         <v>13.49</v>
       </c>
       <c r="F25" s="9">
         <v>683623</v>
       </c>
       <c r="G25" s="9">
         <v>8882295</v>
       </c>
       <c r="H25" s="8">
         <v>3.99</v>
       </c>
       <c r="I25" s="8">
         <v>3.53</v>
       </c>
       <c r="J25" s="9">
         <v>63718</v>
       </c>
       <c r="K25" s="9">
         <v>2480</v>
       </c>
       <c r="L25" s="8">
         <v>4.0999999999999996</v>
       </c>
     </row>
-    <row r="26" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26" s="7">
         <v>2025</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="8">
         <v>13.06</v>
       </c>
       <c r="D26" s="8">
         <v>12.11</v>
       </c>
       <c r="E26" s="8">
         <v>13.64</v>
       </c>
       <c r="F26" s="9">
         <v>919229</v>
       </c>
       <c r="G26" s="9">
         <v>12001789</v>
       </c>
       <c r="H26" s="8">
         <v>3.97</v>
       </c>
       <c r="I26" s="8">
         <v>3.51</v>
       </c>
       <c r="J26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L26" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27" s="7">
         <v>2025</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C27" s="8">
         <v>13.11</v>
       </c>
       <c r="D27" s="8">
         <v>12.16</v>
       </c>
       <c r="E27" s="8">
         <v>13.72</v>
       </c>
       <c r="F27" s="9">
         <v>1161761</v>
       </c>
       <c r="G27" s="9">
         <v>15232504</v>
       </c>
       <c r="H27" s="8">
         <v>3.94</v>
       </c>
       <c r="I27" s="8">
         <v>3.5</v>
       </c>
       <c r="J27" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K27" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L27" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="28" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28" s="7">
         <v>2025</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C28" s="8">
         <v>13.15</v>
       </c>
       <c r="D28" s="8">
         <v>12.24</v>
       </c>
       <c r="E28" s="8">
         <v>13.74</v>
       </c>
       <c r="F28" s="9">
         <v>1390926</v>
       </c>
       <c r="G28" s="9">
         <v>18288639</v>
       </c>
       <c r="H28" s="8">
         <v>3.92</v>
       </c>
       <c r="I28" s="8">
         <v>3.49</v>
       </c>
       <c r="J28" s="9">
         <v>138597</v>
       </c>
       <c r="K28" s="9">
         <v>5878</v>
       </c>
       <c r="L28" s="8">
         <v>4.05</v>
       </c>
     </row>
-    <row r="29" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29" s="7">
         <v>2025</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="8">
         <v>13.18</v>
       </c>
       <c r="D29" s="8">
         <v>12.3</v>
       </c>
       <c r="E29" s="8">
         <v>13.76</v>
       </c>
       <c r="F29" s="9">
         <v>1625045</v>
       </c>
       <c r="G29" s="9">
         <v>21415860</v>
       </c>
       <c r="H29" s="8">
         <v>3.9</v>
       </c>
       <c r="I29" s="8">
         <v>3.48</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K29" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L29" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="30" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30" s="7">
         <v>2025</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="8">
         <v>13.21</v>
       </c>
       <c r="D30" s="8">
         <v>12.35</v>
       </c>
       <c r="E30" s="8">
         <v>13.8</v>
       </c>
       <c r="F30" s="9">
         <v>1857585</v>
       </c>
       <c r="G30" s="9">
         <v>24542130</v>
       </c>
       <c r="H30" s="8">
         <v>3.89</v>
       </c>
       <c r="I30" s="8">
         <v>3.48</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K30" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L30" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="31" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31" s="7">
         <v>2025</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="8">
         <v>13.24</v>
       </c>
       <c r="D31" s="8">
         <v>12.41</v>
       </c>
       <c r="E31" s="8">
         <v>13.82</v>
       </c>
       <c r="F31" s="9">
         <v>2080396</v>
       </c>
       <c r="G31" s="9">
         <v>27547281</v>
       </c>
       <c r="H31" s="8">
         <v>3.88</v>
       </c>
       <c r="I31" s="8">
         <v>3.48</v>
       </c>
       <c r="J31" s="9">
-        <v>218997</v>
+        <v>214989</v>
       </c>
       <c r="K31" s="9">
         <v>8625</v>
       </c>
       <c r="L31" s="8">
         <v>4.0199999999999996</v>
       </c>
     </row>
-    <row r="32" spans="1:19" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32" s="7">
         <v>2025</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="8">
         <v>13.26</v>
       </c>
       <c r="D32" s="8">
         <v>12.46</v>
       </c>
       <c r="E32" s="8">
         <v>13.85</v>
       </c>
       <c r="F32" s="9">
         <v>2308611</v>
       </c>
       <c r="G32" s="9">
         <v>30605383</v>
       </c>
       <c r="H32" s="8">
         <v>3.89</v>
       </c>
       <c r="I32" s="8">
         <v>3.49</v>
       </c>
       <c r="J32" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K32" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L32" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>2025</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="8">
         <v>13.23</v>
       </c>
       <c r="D33" s="8">
         <v>12.5</v>
       </c>
       <c r="E33" s="8">
         <v>13.82</v>
       </c>
       <c r="F33" s="9">
         <v>2529960</v>
       </c>
       <c r="G33" s="9">
         <v>33461574</v>
       </c>
       <c r="H33" s="8">
         <v>3.91</v>
       </c>
       <c r="I33" s="8">
         <v>3.5</v>
       </c>
       <c r="J33" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K33" s="8" t="s">
         <v>78</v>
       </c>
       <c r="L33" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A34" s="7">
         <v>2025</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>89</v>
       </c>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
       <c r="J34" s="9"/>
       <c r="K34" s="9"/>
       <c r="L34" s="8"/>
     </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:I21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:I2"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="A20:L20"/>
   </mergeCells>
   <pageMargins left="0.17" right="0.17" top="0.17" bottom="0.17" header="0.17" footer="0.17"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C04542EE-75DC-4B7B-87ED-C130EDBEFBAD}">
   <dimension ref="A1:O81"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="O79" sqref="O79"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.28515625" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="12.5703125" style="10" customWidth="1"/>
+    <col min="1" max="1" width="5.26953125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="10.54296875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="12.54296875" style="10" customWidth="1"/>
     <col min="6" max="6" width="11" style="10" customWidth="1"/>
     <col min="7" max="7" width="12" style="10" customWidth="1"/>
-    <col min="8" max="8" width="10.7109375" style="10" customWidth="1"/>
-    <col min="9" max="9" width="12.5703125" style="10" customWidth="1"/>
+    <col min="8" max="8" width="10.7265625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="12.54296875" style="10" customWidth="1"/>
     <col min="10" max="10" width="8" style="10" customWidth="1"/>
-    <col min="11" max="11" width="11.42578125" style="10" customWidth="1"/>
-    <col min="12" max="12" width="8.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="11.453125" style="10" customWidth="1"/>
+    <col min="12" max="12" width="8.26953125" style="10" customWidth="1"/>
     <col min="13" max="13" width="10" style="10" customWidth="1"/>
-    <col min="14" max="14" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="261" max="261" width="12.5703125" style="10" customWidth="1"/>
+    <col min="14" max="14" width="9.7265625" style="10" customWidth="1"/>
+    <col min="15" max="256" width="9.1796875" style="10"/>
+    <col min="257" max="257" width="5.26953125" style="10" customWidth="1"/>
+    <col min="258" max="258" width="8.26953125" style="10" customWidth="1"/>
+    <col min="259" max="259" width="10.54296875" style="10" customWidth="1"/>
+    <col min="260" max="260" width="11.81640625" style="10" customWidth="1"/>
+    <col min="261" max="261" width="12.54296875" style="10" customWidth="1"/>
     <col min="262" max="262" width="11" style="10" customWidth="1"/>
     <col min="263" max="263" width="12" style="10" customWidth="1"/>
-    <col min="264" max="264" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="268" max="268" width="9.7109375" style="10" customWidth="1"/>
+    <col min="264" max="264" width="10.7265625" style="10" customWidth="1"/>
+    <col min="265" max="265" width="12.54296875" style="10" customWidth="1"/>
+    <col min="266" max="266" width="8.81640625" style="10" customWidth="1"/>
+    <col min="267" max="267" width="11.453125" style="10" customWidth="1"/>
+    <col min="268" max="268" width="9.7265625" style="10" customWidth="1"/>
     <col min="269" max="269" width="10" style="10" customWidth="1"/>
-    <col min="270" max="270" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="517" max="517" width="12.5703125" style="10" customWidth="1"/>
+    <col min="270" max="270" width="9.7265625" style="10" customWidth="1"/>
+    <col min="271" max="512" width="9.1796875" style="10"/>
+    <col min="513" max="513" width="5.26953125" style="10" customWidth="1"/>
+    <col min="514" max="514" width="8.26953125" style="10" customWidth="1"/>
+    <col min="515" max="515" width="10.54296875" style="10" customWidth="1"/>
+    <col min="516" max="516" width="11.81640625" style="10" customWidth="1"/>
+    <col min="517" max="517" width="12.54296875" style="10" customWidth="1"/>
     <col min="518" max="518" width="11" style="10" customWidth="1"/>
     <col min="519" max="519" width="12" style="10" customWidth="1"/>
-    <col min="520" max="520" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="524" max="524" width="9.7109375" style="10" customWidth="1"/>
+    <col min="520" max="520" width="10.7265625" style="10" customWidth="1"/>
+    <col min="521" max="521" width="12.54296875" style="10" customWidth="1"/>
+    <col min="522" max="522" width="8.81640625" style="10" customWidth="1"/>
+    <col min="523" max="523" width="11.453125" style="10" customWidth="1"/>
+    <col min="524" max="524" width="9.7265625" style="10" customWidth="1"/>
     <col min="525" max="525" width="10" style="10" customWidth="1"/>
-    <col min="526" max="526" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="773" max="773" width="12.5703125" style="10" customWidth="1"/>
+    <col min="526" max="526" width="9.7265625" style="10" customWidth="1"/>
+    <col min="527" max="768" width="9.1796875" style="10"/>
+    <col min="769" max="769" width="5.26953125" style="10" customWidth="1"/>
+    <col min="770" max="770" width="8.26953125" style="10" customWidth="1"/>
+    <col min="771" max="771" width="10.54296875" style="10" customWidth="1"/>
+    <col min="772" max="772" width="11.81640625" style="10" customWidth="1"/>
+    <col min="773" max="773" width="12.54296875" style="10" customWidth="1"/>
     <col min="774" max="774" width="11" style="10" customWidth="1"/>
     <col min="775" max="775" width="12" style="10" customWidth="1"/>
-    <col min="776" max="776" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="780" max="780" width="9.7109375" style="10" customWidth="1"/>
+    <col min="776" max="776" width="10.7265625" style="10" customWidth="1"/>
+    <col min="777" max="777" width="12.54296875" style="10" customWidth="1"/>
+    <col min="778" max="778" width="8.81640625" style="10" customWidth="1"/>
+    <col min="779" max="779" width="11.453125" style="10" customWidth="1"/>
+    <col min="780" max="780" width="9.7265625" style="10" customWidth="1"/>
     <col min="781" max="781" width="10" style="10" customWidth="1"/>
-    <col min="782" max="782" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1029" max="1029" width="12.5703125" style="10" customWidth="1"/>
+    <col min="782" max="782" width="9.7265625" style="10" customWidth="1"/>
+    <col min="783" max="1024" width="9.1796875" style="10"/>
+    <col min="1025" max="1025" width="5.26953125" style="10" customWidth="1"/>
+    <col min="1026" max="1026" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1027" max="1027" width="10.54296875" style="10" customWidth="1"/>
+    <col min="1028" max="1028" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1029" max="1029" width="12.54296875" style="10" customWidth="1"/>
     <col min="1030" max="1030" width="11" style="10" customWidth="1"/>
     <col min="1031" max="1031" width="12" style="10" customWidth="1"/>
-    <col min="1032" max="1032" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="1036" max="1036" width="9.7109375" style="10" customWidth="1"/>
+    <col min="1032" max="1032" width="10.7265625" style="10" customWidth="1"/>
+    <col min="1033" max="1033" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1034" max="1034" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1035" max="1035" width="11.453125" style="10" customWidth="1"/>
+    <col min="1036" max="1036" width="9.7265625" style="10" customWidth="1"/>
     <col min="1037" max="1037" width="10" style="10" customWidth="1"/>
-    <col min="1038" max="1038" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1285" max="1285" width="12.5703125" style="10" customWidth="1"/>
+    <col min="1038" max="1038" width="9.7265625" style="10" customWidth="1"/>
+    <col min="1039" max="1280" width="9.1796875" style="10"/>
+    <col min="1281" max="1281" width="5.26953125" style="10" customWidth="1"/>
+    <col min="1282" max="1282" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1283" max="1283" width="10.54296875" style="10" customWidth="1"/>
+    <col min="1284" max="1284" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1285" max="1285" width="12.54296875" style="10" customWidth="1"/>
     <col min="1286" max="1286" width="11" style="10" customWidth="1"/>
     <col min="1287" max="1287" width="12" style="10" customWidth="1"/>
-    <col min="1288" max="1288" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="1292" max="1292" width="9.7109375" style="10" customWidth="1"/>
+    <col min="1288" max="1288" width="10.7265625" style="10" customWidth="1"/>
+    <col min="1289" max="1289" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1290" max="1290" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1291" max="1291" width="11.453125" style="10" customWidth="1"/>
+    <col min="1292" max="1292" width="9.7265625" style="10" customWidth="1"/>
     <col min="1293" max="1293" width="10" style="10" customWidth="1"/>
-    <col min="1294" max="1294" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1541" max="1541" width="12.5703125" style="10" customWidth="1"/>
+    <col min="1294" max="1294" width="9.7265625" style="10" customWidth="1"/>
+    <col min="1295" max="1536" width="9.1796875" style="10"/>
+    <col min="1537" max="1537" width="5.26953125" style="10" customWidth="1"/>
+    <col min="1538" max="1538" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1539" max="1539" width="10.54296875" style="10" customWidth="1"/>
+    <col min="1540" max="1540" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1541" max="1541" width="12.54296875" style="10" customWidth="1"/>
     <col min="1542" max="1542" width="11" style="10" customWidth="1"/>
     <col min="1543" max="1543" width="12" style="10" customWidth="1"/>
-    <col min="1544" max="1544" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="1548" max="1548" width="9.7109375" style="10" customWidth="1"/>
+    <col min="1544" max="1544" width="10.7265625" style="10" customWidth="1"/>
+    <col min="1545" max="1545" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1546" max="1546" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1547" max="1547" width="11.453125" style="10" customWidth="1"/>
+    <col min="1548" max="1548" width="9.7265625" style="10" customWidth="1"/>
     <col min="1549" max="1549" width="10" style="10" customWidth="1"/>
-    <col min="1550" max="1550" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1797" max="1797" width="12.5703125" style="10" customWidth="1"/>
+    <col min="1550" max="1550" width="9.7265625" style="10" customWidth="1"/>
+    <col min="1551" max="1792" width="9.1796875" style="10"/>
+    <col min="1793" max="1793" width="5.26953125" style="10" customWidth="1"/>
+    <col min="1794" max="1794" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1795" max="1795" width="10.54296875" style="10" customWidth="1"/>
+    <col min="1796" max="1796" width="11.81640625" style="10" customWidth="1"/>
+    <col min="1797" max="1797" width="12.54296875" style="10" customWidth="1"/>
     <col min="1798" max="1798" width="11" style="10" customWidth="1"/>
     <col min="1799" max="1799" width="12" style="10" customWidth="1"/>
-    <col min="1800" max="1800" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="1804" max="1804" width="9.7109375" style="10" customWidth="1"/>
+    <col min="1800" max="1800" width="10.7265625" style="10" customWidth="1"/>
+    <col min="1801" max="1801" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1802" max="1802" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1803" max="1803" width="11.453125" style="10" customWidth="1"/>
+    <col min="1804" max="1804" width="9.7265625" style="10" customWidth="1"/>
     <col min="1805" max="1805" width="10" style="10" customWidth="1"/>
-    <col min="1806" max="1806" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2053" max="2053" width="12.5703125" style="10" customWidth="1"/>
+    <col min="1806" max="1806" width="9.7265625" style="10" customWidth="1"/>
+    <col min="1807" max="2048" width="9.1796875" style="10"/>
+    <col min="2049" max="2049" width="5.26953125" style="10" customWidth="1"/>
+    <col min="2050" max="2050" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2051" max="2051" width="10.54296875" style="10" customWidth="1"/>
+    <col min="2052" max="2052" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2053" max="2053" width="12.54296875" style="10" customWidth="1"/>
     <col min="2054" max="2054" width="11" style="10" customWidth="1"/>
     <col min="2055" max="2055" width="12" style="10" customWidth="1"/>
-    <col min="2056" max="2056" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="2060" max="2060" width="9.7109375" style="10" customWidth="1"/>
+    <col min="2056" max="2056" width="10.7265625" style="10" customWidth="1"/>
+    <col min="2057" max="2057" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2058" max="2058" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2059" max="2059" width="11.453125" style="10" customWidth="1"/>
+    <col min="2060" max="2060" width="9.7265625" style="10" customWidth="1"/>
     <col min="2061" max="2061" width="10" style="10" customWidth="1"/>
-    <col min="2062" max="2062" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2309" max="2309" width="12.5703125" style="10" customWidth="1"/>
+    <col min="2062" max="2062" width="9.7265625" style="10" customWidth="1"/>
+    <col min="2063" max="2304" width="9.1796875" style="10"/>
+    <col min="2305" max="2305" width="5.26953125" style="10" customWidth="1"/>
+    <col min="2306" max="2306" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2307" max="2307" width="10.54296875" style="10" customWidth="1"/>
+    <col min="2308" max="2308" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2309" max="2309" width="12.54296875" style="10" customWidth="1"/>
     <col min="2310" max="2310" width="11" style="10" customWidth="1"/>
     <col min="2311" max="2311" width="12" style="10" customWidth="1"/>
-    <col min="2312" max="2312" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="2316" max="2316" width="9.7109375" style="10" customWidth="1"/>
+    <col min="2312" max="2312" width="10.7265625" style="10" customWidth="1"/>
+    <col min="2313" max="2313" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2314" max="2314" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2315" max="2315" width="11.453125" style="10" customWidth="1"/>
+    <col min="2316" max="2316" width="9.7265625" style="10" customWidth="1"/>
     <col min="2317" max="2317" width="10" style="10" customWidth="1"/>
-    <col min="2318" max="2318" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2565" max="2565" width="12.5703125" style="10" customWidth="1"/>
+    <col min="2318" max="2318" width="9.7265625" style="10" customWidth="1"/>
+    <col min="2319" max="2560" width="9.1796875" style="10"/>
+    <col min="2561" max="2561" width="5.26953125" style="10" customWidth="1"/>
+    <col min="2562" max="2562" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2563" max="2563" width="10.54296875" style="10" customWidth="1"/>
+    <col min="2564" max="2564" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2565" max="2565" width="12.54296875" style="10" customWidth="1"/>
     <col min="2566" max="2566" width="11" style="10" customWidth="1"/>
     <col min="2567" max="2567" width="12" style="10" customWidth="1"/>
-    <col min="2568" max="2568" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="2572" max="2572" width="9.7109375" style="10" customWidth="1"/>
+    <col min="2568" max="2568" width="10.7265625" style="10" customWidth="1"/>
+    <col min="2569" max="2569" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2570" max="2570" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2571" max="2571" width="11.453125" style="10" customWidth="1"/>
+    <col min="2572" max="2572" width="9.7265625" style="10" customWidth="1"/>
     <col min="2573" max="2573" width="10" style="10" customWidth="1"/>
-    <col min="2574" max="2574" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2821" max="2821" width="12.5703125" style="10" customWidth="1"/>
+    <col min="2574" max="2574" width="9.7265625" style="10" customWidth="1"/>
+    <col min="2575" max="2816" width="9.1796875" style="10"/>
+    <col min="2817" max="2817" width="5.26953125" style="10" customWidth="1"/>
+    <col min="2818" max="2818" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2819" max="2819" width="10.54296875" style="10" customWidth="1"/>
+    <col min="2820" max="2820" width="11.81640625" style="10" customWidth="1"/>
+    <col min="2821" max="2821" width="12.54296875" style="10" customWidth="1"/>
     <col min="2822" max="2822" width="11" style="10" customWidth="1"/>
     <col min="2823" max="2823" width="12" style="10" customWidth="1"/>
-    <col min="2824" max="2824" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="2828" max="2828" width="9.7109375" style="10" customWidth="1"/>
+    <col min="2824" max="2824" width="10.7265625" style="10" customWidth="1"/>
+    <col min="2825" max="2825" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2826" max="2826" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2827" max="2827" width="11.453125" style="10" customWidth="1"/>
+    <col min="2828" max="2828" width="9.7265625" style="10" customWidth="1"/>
     <col min="2829" max="2829" width="10" style="10" customWidth="1"/>
-    <col min="2830" max="2830" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3077" max="3077" width="12.5703125" style="10" customWidth="1"/>
+    <col min="2830" max="2830" width="9.7265625" style="10" customWidth="1"/>
+    <col min="2831" max="3072" width="9.1796875" style="10"/>
+    <col min="3073" max="3073" width="5.26953125" style="10" customWidth="1"/>
+    <col min="3074" max="3074" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3075" max="3075" width="10.54296875" style="10" customWidth="1"/>
+    <col min="3076" max="3076" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3077" max="3077" width="12.54296875" style="10" customWidth="1"/>
     <col min="3078" max="3078" width="11" style="10" customWidth="1"/>
     <col min="3079" max="3079" width="12" style="10" customWidth="1"/>
-    <col min="3080" max="3080" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="3084" max="3084" width="9.7109375" style="10" customWidth="1"/>
+    <col min="3080" max="3080" width="10.7265625" style="10" customWidth="1"/>
+    <col min="3081" max="3081" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3082" max="3082" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3083" max="3083" width="11.453125" style="10" customWidth="1"/>
+    <col min="3084" max="3084" width="9.7265625" style="10" customWidth="1"/>
     <col min="3085" max="3085" width="10" style="10" customWidth="1"/>
-    <col min="3086" max="3086" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3333" max="3333" width="12.5703125" style="10" customWidth="1"/>
+    <col min="3086" max="3086" width="9.7265625" style="10" customWidth="1"/>
+    <col min="3087" max="3328" width="9.1796875" style="10"/>
+    <col min="3329" max="3329" width="5.26953125" style="10" customWidth="1"/>
+    <col min="3330" max="3330" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3331" max="3331" width="10.54296875" style="10" customWidth="1"/>
+    <col min="3332" max="3332" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3333" max="3333" width="12.54296875" style="10" customWidth="1"/>
     <col min="3334" max="3334" width="11" style="10" customWidth="1"/>
     <col min="3335" max="3335" width="12" style="10" customWidth="1"/>
-    <col min="3336" max="3336" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="3340" max="3340" width="9.7109375" style="10" customWidth="1"/>
+    <col min="3336" max="3336" width="10.7265625" style="10" customWidth="1"/>
+    <col min="3337" max="3337" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3338" max="3338" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3339" max="3339" width="11.453125" style="10" customWidth="1"/>
+    <col min="3340" max="3340" width="9.7265625" style="10" customWidth="1"/>
     <col min="3341" max="3341" width="10" style="10" customWidth="1"/>
-    <col min="3342" max="3342" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3589" max="3589" width="12.5703125" style="10" customWidth="1"/>
+    <col min="3342" max="3342" width="9.7265625" style="10" customWidth="1"/>
+    <col min="3343" max="3584" width="9.1796875" style="10"/>
+    <col min="3585" max="3585" width="5.26953125" style="10" customWidth="1"/>
+    <col min="3586" max="3586" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3587" max="3587" width="10.54296875" style="10" customWidth="1"/>
+    <col min="3588" max="3588" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3589" max="3589" width="12.54296875" style="10" customWidth="1"/>
     <col min="3590" max="3590" width="11" style="10" customWidth="1"/>
     <col min="3591" max="3591" width="12" style="10" customWidth="1"/>
-    <col min="3592" max="3592" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="3596" max="3596" width="9.7109375" style="10" customWidth="1"/>
+    <col min="3592" max="3592" width="10.7265625" style="10" customWidth="1"/>
+    <col min="3593" max="3593" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3594" max="3594" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3595" max="3595" width="11.453125" style="10" customWidth="1"/>
+    <col min="3596" max="3596" width="9.7265625" style="10" customWidth="1"/>
     <col min="3597" max="3597" width="10" style="10" customWidth="1"/>
-    <col min="3598" max="3598" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3845" max="3845" width="12.5703125" style="10" customWidth="1"/>
+    <col min="3598" max="3598" width="9.7265625" style="10" customWidth="1"/>
+    <col min="3599" max="3840" width="9.1796875" style="10"/>
+    <col min="3841" max="3841" width="5.26953125" style="10" customWidth="1"/>
+    <col min="3842" max="3842" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3843" max="3843" width="10.54296875" style="10" customWidth="1"/>
+    <col min="3844" max="3844" width="11.81640625" style="10" customWidth="1"/>
+    <col min="3845" max="3845" width="12.54296875" style="10" customWidth="1"/>
     <col min="3846" max="3846" width="11" style="10" customWidth="1"/>
     <col min="3847" max="3847" width="12" style="10" customWidth="1"/>
-    <col min="3848" max="3848" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="3852" max="3852" width="9.7109375" style="10" customWidth="1"/>
+    <col min="3848" max="3848" width="10.7265625" style="10" customWidth="1"/>
+    <col min="3849" max="3849" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3850" max="3850" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3851" max="3851" width="11.453125" style="10" customWidth="1"/>
+    <col min="3852" max="3852" width="9.7265625" style="10" customWidth="1"/>
     <col min="3853" max="3853" width="10" style="10" customWidth="1"/>
-    <col min="3854" max="3854" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4101" max="4101" width="12.5703125" style="10" customWidth="1"/>
+    <col min="3854" max="3854" width="9.7265625" style="10" customWidth="1"/>
+    <col min="3855" max="4096" width="9.1796875" style="10"/>
+    <col min="4097" max="4097" width="5.26953125" style="10" customWidth="1"/>
+    <col min="4098" max="4098" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4099" max="4099" width="10.54296875" style="10" customWidth="1"/>
+    <col min="4100" max="4100" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4101" max="4101" width="12.54296875" style="10" customWidth="1"/>
     <col min="4102" max="4102" width="11" style="10" customWidth="1"/>
     <col min="4103" max="4103" width="12" style="10" customWidth="1"/>
-    <col min="4104" max="4104" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="4108" max="4108" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4104" max="4104" width="10.7265625" style="10" customWidth="1"/>
+    <col min="4105" max="4105" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4106" max="4106" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4107" max="4107" width="11.453125" style="10" customWidth="1"/>
+    <col min="4108" max="4108" width="9.7265625" style="10" customWidth="1"/>
     <col min="4109" max="4109" width="10" style="10" customWidth="1"/>
-    <col min="4110" max="4110" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4357" max="4357" width="12.5703125" style="10" customWidth="1"/>
+    <col min="4110" max="4110" width="9.7265625" style="10" customWidth="1"/>
+    <col min="4111" max="4352" width="9.1796875" style="10"/>
+    <col min="4353" max="4353" width="5.26953125" style="10" customWidth="1"/>
+    <col min="4354" max="4354" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4355" max="4355" width="10.54296875" style="10" customWidth="1"/>
+    <col min="4356" max="4356" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4357" max="4357" width="12.54296875" style="10" customWidth="1"/>
     <col min="4358" max="4358" width="11" style="10" customWidth="1"/>
     <col min="4359" max="4359" width="12" style="10" customWidth="1"/>
-    <col min="4360" max="4360" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="4364" max="4364" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4360" max="4360" width="10.7265625" style="10" customWidth="1"/>
+    <col min="4361" max="4361" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4362" max="4362" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4363" max="4363" width="11.453125" style="10" customWidth="1"/>
+    <col min="4364" max="4364" width="9.7265625" style="10" customWidth="1"/>
     <col min="4365" max="4365" width="10" style="10" customWidth="1"/>
-    <col min="4366" max="4366" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4613" max="4613" width="12.5703125" style="10" customWidth="1"/>
+    <col min="4366" max="4366" width="9.7265625" style="10" customWidth="1"/>
+    <col min="4367" max="4608" width="9.1796875" style="10"/>
+    <col min="4609" max="4609" width="5.26953125" style="10" customWidth="1"/>
+    <col min="4610" max="4610" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4611" max="4611" width="10.54296875" style="10" customWidth="1"/>
+    <col min="4612" max="4612" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4613" max="4613" width="12.54296875" style="10" customWidth="1"/>
     <col min="4614" max="4614" width="11" style="10" customWidth="1"/>
     <col min="4615" max="4615" width="12" style="10" customWidth="1"/>
-    <col min="4616" max="4616" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="4620" max="4620" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4616" max="4616" width="10.7265625" style="10" customWidth="1"/>
+    <col min="4617" max="4617" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4618" max="4618" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4619" max="4619" width="11.453125" style="10" customWidth="1"/>
+    <col min="4620" max="4620" width="9.7265625" style="10" customWidth="1"/>
     <col min="4621" max="4621" width="10" style="10" customWidth="1"/>
-    <col min="4622" max="4622" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4869" max="4869" width="12.5703125" style="10" customWidth="1"/>
+    <col min="4622" max="4622" width="9.7265625" style="10" customWidth="1"/>
+    <col min="4623" max="4864" width="9.1796875" style="10"/>
+    <col min="4865" max="4865" width="5.26953125" style="10" customWidth="1"/>
+    <col min="4866" max="4866" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4867" max="4867" width="10.54296875" style="10" customWidth="1"/>
+    <col min="4868" max="4868" width="11.81640625" style="10" customWidth="1"/>
+    <col min="4869" max="4869" width="12.54296875" style="10" customWidth="1"/>
     <col min="4870" max="4870" width="11" style="10" customWidth="1"/>
     <col min="4871" max="4871" width="12" style="10" customWidth="1"/>
-    <col min="4872" max="4872" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="4876" max="4876" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4872" max="4872" width="10.7265625" style="10" customWidth="1"/>
+    <col min="4873" max="4873" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4874" max="4874" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4875" max="4875" width="11.453125" style="10" customWidth="1"/>
+    <col min="4876" max="4876" width="9.7265625" style="10" customWidth="1"/>
     <col min="4877" max="4877" width="10" style="10" customWidth="1"/>
-    <col min="4878" max="4878" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5125" max="5125" width="12.5703125" style="10" customWidth="1"/>
+    <col min="4878" max="4878" width="9.7265625" style="10" customWidth="1"/>
+    <col min="4879" max="5120" width="9.1796875" style="10"/>
+    <col min="5121" max="5121" width="5.26953125" style="10" customWidth="1"/>
+    <col min="5122" max="5122" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5123" max="5123" width="10.54296875" style="10" customWidth="1"/>
+    <col min="5124" max="5124" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5125" max="5125" width="12.54296875" style="10" customWidth="1"/>
     <col min="5126" max="5126" width="11" style="10" customWidth="1"/>
     <col min="5127" max="5127" width="12" style="10" customWidth="1"/>
-    <col min="5128" max="5128" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5132" max="5132" width="9.7109375" style="10" customWidth="1"/>
+    <col min="5128" max="5128" width="10.7265625" style="10" customWidth="1"/>
+    <col min="5129" max="5129" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5130" max="5130" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5131" max="5131" width="11.453125" style="10" customWidth="1"/>
+    <col min="5132" max="5132" width="9.7265625" style="10" customWidth="1"/>
     <col min="5133" max="5133" width="10" style="10" customWidth="1"/>
-    <col min="5134" max="5134" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5381" max="5381" width="12.5703125" style="10" customWidth="1"/>
+    <col min="5134" max="5134" width="9.7265625" style="10" customWidth="1"/>
+    <col min="5135" max="5376" width="9.1796875" style="10"/>
+    <col min="5377" max="5377" width="5.26953125" style="10" customWidth="1"/>
+    <col min="5378" max="5378" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5379" max="5379" width="10.54296875" style="10" customWidth="1"/>
+    <col min="5380" max="5380" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5381" max="5381" width="12.54296875" style="10" customWidth="1"/>
     <col min="5382" max="5382" width="11" style="10" customWidth="1"/>
     <col min="5383" max="5383" width="12" style="10" customWidth="1"/>
-    <col min="5384" max="5384" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5388" max="5388" width="9.7109375" style="10" customWidth="1"/>
+    <col min="5384" max="5384" width="10.7265625" style="10" customWidth="1"/>
+    <col min="5385" max="5385" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5386" max="5386" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5387" max="5387" width="11.453125" style="10" customWidth="1"/>
+    <col min="5388" max="5388" width="9.7265625" style="10" customWidth="1"/>
     <col min="5389" max="5389" width="10" style="10" customWidth="1"/>
-    <col min="5390" max="5390" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5637" max="5637" width="12.5703125" style="10" customWidth="1"/>
+    <col min="5390" max="5390" width="9.7265625" style="10" customWidth="1"/>
+    <col min="5391" max="5632" width="9.1796875" style="10"/>
+    <col min="5633" max="5633" width="5.26953125" style="10" customWidth="1"/>
+    <col min="5634" max="5634" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5635" max="5635" width="10.54296875" style="10" customWidth="1"/>
+    <col min="5636" max="5636" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5637" max="5637" width="12.54296875" style="10" customWidth="1"/>
     <col min="5638" max="5638" width="11" style="10" customWidth="1"/>
     <col min="5639" max="5639" width="12" style="10" customWidth="1"/>
-    <col min="5640" max="5640" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5644" max="5644" width="9.7109375" style="10" customWidth="1"/>
+    <col min="5640" max="5640" width="10.7265625" style="10" customWidth="1"/>
+    <col min="5641" max="5641" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5642" max="5642" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5643" max="5643" width="11.453125" style="10" customWidth="1"/>
+    <col min="5644" max="5644" width="9.7265625" style="10" customWidth="1"/>
     <col min="5645" max="5645" width="10" style="10" customWidth="1"/>
-    <col min="5646" max="5646" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5893" max="5893" width="12.5703125" style="10" customWidth="1"/>
+    <col min="5646" max="5646" width="9.7265625" style="10" customWidth="1"/>
+    <col min="5647" max="5888" width="9.1796875" style="10"/>
+    <col min="5889" max="5889" width="5.26953125" style="10" customWidth="1"/>
+    <col min="5890" max="5890" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5891" max="5891" width="10.54296875" style="10" customWidth="1"/>
+    <col min="5892" max="5892" width="11.81640625" style="10" customWidth="1"/>
+    <col min="5893" max="5893" width="12.54296875" style="10" customWidth="1"/>
     <col min="5894" max="5894" width="11" style="10" customWidth="1"/>
     <col min="5895" max="5895" width="12" style="10" customWidth="1"/>
-    <col min="5896" max="5896" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5900" max="5900" width="9.7109375" style="10" customWidth="1"/>
+    <col min="5896" max="5896" width="10.7265625" style="10" customWidth="1"/>
+    <col min="5897" max="5897" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5898" max="5898" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5899" max="5899" width="11.453125" style="10" customWidth="1"/>
+    <col min="5900" max="5900" width="9.7265625" style="10" customWidth="1"/>
     <col min="5901" max="5901" width="10" style="10" customWidth="1"/>
-    <col min="5902" max="5902" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6149" max="6149" width="12.5703125" style="10" customWidth="1"/>
+    <col min="5902" max="5902" width="9.7265625" style="10" customWidth="1"/>
+    <col min="5903" max="6144" width="9.1796875" style="10"/>
+    <col min="6145" max="6145" width="5.26953125" style="10" customWidth="1"/>
+    <col min="6146" max="6146" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6147" max="6147" width="10.54296875" style="10" customWidth="1"/>
+    <col min="6148" max="6148" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6149" max="6149" width="12.54296875" style="10" customWidth="1"/>
     <col min="6150" max="6150" width="11" style="10" customWidth="1"/>
     <col min="6151" max="6151" width="12" style="10" customWidth="1"/>
-    <col min="6152" max="6152" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6156" max="6156" width="9.7109375" style="10" customWidth="1"/>
+    <col min="6152" max="6152" width="10.7265625" style="10" customWidth="1"/>
+    <col min="6153" max="6153" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6154" max="6154" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6155" max="6155" width="11.453125" style="10" customWidth="1"/>
+    <col min="6156" max="6156" width="9.7265625" style="10" customWidth="1"/>
     <col min="6157" max="6157" width="10" style="10" customWidth="1"/>
-    <col min="6158" max="6158" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6405" max="6405" width="12.5703125" style="10" customWidth="1"/>
+    <col min="6158" max="6158" width="9.7265625" style="10" customWidth="1"/>
+    <col min="6159" max="6400" width="9.1796875" style="10"/>
+    <col min="6401" max="6401" width="5.26953125" style="10" customWidth="1"/>
+    <col min="6402" max="6402" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6403" max="6403" width="10.54296875" style="10" customWidth="1"/>
+    <col min="6404" max="6404" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6405" max="6405" width="12.54296875" style="10" customWidth="1"/>
     <col min="6406" max="6406" width="11" style="10" customWidth="1"/>
     <col min="6407" max="6407" width="12" style="10" customWidth="1"/>
-    <col min="6408" max="6408" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6412" max="6412" width="9.7109375" style="10" customWidth="1"/>
+    <col min="6408" max="6408" width="10.7265625" style="10" customWidth="1"/>
+    <col min="6409" max="6409" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6410" max="6410" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6411" max="6411" width="11.453125" style="10" customWidth="1"/>
+    <col min="6412" max="6412" width="9.7265625" style="10" customWidth="1"/>
     <col min="6413" max="6413" width="10" style="10" customWidth="1"/>
-    <col min="6414" max="6414" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6661" max="6661" width="12.5703125" style="10" customWidth="1"/>
+    <col min="6414" max="6414" width="9.7265625" style="10" customWidth="1"/>
+    <col min="6415" max="6656" width="9.1796875" style="10"/>
+    <col min="6657" max="6657" width="5.26953125" style="10" customWidth="1"/>
+    <col min="6658" max="6658" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6659" max="6659" width="10.54296875" style="10" customWidth="1"/>
+    <col min="6660" max="6660" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6661" max="6661" width="12.54296875" style="10" customWidth="1"/>
     <col min="6662" max="6662" width="11" style="10" customWidth="1"/>
     <col min="6663" max="6663" width="12" style="10" customWidth="1"/>
-    <col min="6664" max="6664" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6668" max="6668" width="9.7109375" style="10" customWidth="1"/>
+    <col min="6664" max="6664" width="10.7265625" style="10" customWidth="1"/>
+    <col min="6665" max="6665" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6666" max="6666" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6667" max="6667" width="11.453125" style="10" customWidth="1"/>
+    <col min="6668" max="6668" width="9.7265625" style="10" customWidth="1"/>
     <col min="6669" max="6669" width="10" style="10" customWidth="1"/>
-    <col min="6670" max="6670" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6917" max="6917" width="12.5703125" style="10" customWidth="1"/>
+    <col min="6670" max="6670" width="9.7265625" style="10" customWidth="1"/>
+    <col min="6671" max="6912" width="9.1796875" style="10"/>
+    <col min="6913" max="6913" width="5.26953125" style="10" customWidth="1"/>
+    <col min="6914" max="6914" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6915" max="6915" width="10.54296875" style="10" customWidth="1"/>
+    <col min="6916" max="6916" width="11.81640625" style="10" customWidth="1"/>
+    <col min="6917" max="6917" width="12.54296875" style="10" customWidth="1"/>
     <col min="6918" max="6918" width="11" style="10" customWidth="1"/>
     <col min="6919" max="6919" width="12" style="10" customWidth="1"/>
-    <col min="6920" max="6920" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6924" max="6924" width="9.7109375" style="10" customWidth="1"/>
+    <col min="6920" max="6920" width="10.7265625" style="10" customWidth="1"/>
+    <col min="6921" max="6921" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6922" max="6922" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6923" max="6923" width="11.453125" style="10" customWidth="1"/>
+    <col min="6924" max="6924" width="9.7265625" style="10" customWidth="1"/>
     <col min="6925" max="6925" width="10" style="10" customWidth="1"/>
-    <col min="6926" max="6926" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7173" max="7173" width="12.5703125" style="10" customWidth="1"/>
+    <col min="6926" max="6926" width="9.7265625" style="10" customWidth="1"/>
+    <col min="6927" max="7168" width="9.1796875" style="10"/>
+    <col min="7169" max="7169" width="5.26953125" style="10" customWidth="1"/>
+    <col min="7170" max="7170" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7171" max="7171" width="10.54296875" style="10" customWidth="1"/>
+    <col min="7172" max="7172" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7173" max="7173" width="12.54296875" style="10" customWidth="1"/>
     <col min="7174" max="7174" width="11" style="10" customWidth="1"/>
     <col min="7175" max="7175" width="12" style="10" customWidth="1"/>
-    <col min="7176" max="7176" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7180" max="7180" width="9.7109375" style="10" customWidth="1"/>
+    <col min="7176" max="7176" width="10.7265625" style="10" customWidth="1"/>
+    <col min="7177" max="7177" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7178" max="7178" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7179" max="7179" width="11.453125" style="10" customWidth="1"/>
+    <col min="7180" max="7180" width="9.7265625" style="10" customWidth="1"/>
     <col min="7181" max="7181" width="10" style="10" customWidth="1"/>
-    <col min="7182" max="7182" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7429" max="7429" width="12.5703125" style="10" customWidth="1"/>
+    <col min="7182" max="7182" width="9.7265625" style="10" customWidth="1"/>
+    <col min="7183" max="7424" width="9.1796875" style="10"/>
+    <col min="7425" max="7425" width="5.26953125" style="10" customWidth="1"/>
+    <col min="7426" max="7426" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7427" max="7427" width="10.54296875" style="10" customWidth="1"/>
+    <col min="7428" max="7428" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7429" max="7429" width="12.54296875" style="10" customWidth="1"/>
     <col min="7430" max="7430" width="11" style="10" customWidth="1"/>
     <col min="7431" max="7431" width="12" style="10" customWidth="1"/>
-    <col min="7432" max="7432" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7436" max="7436" width="9.7109375" style="10" customWidth="1"/>
+    <col min="7432" max="7432" width="10.7265625" style="10" customWidth="1"/>
+    <col min="7433" max="7433" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7434" max="7434" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7435" max="7435" width="11.453125" style="10" customWidth="1"/>
+    <col min="7436" max="7436" width="9.7265625" style="10" customWidth="1"/>
     <col min="7437" max="7437" width="10" style="10" customWidth="1"/>
-    <col min="7438" max="7438" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7685" max="7685" width="12.5703125" style="10" customWidth="1"/>
+    <col min="7438" max="7438" width="9.7265625" style="10" customWidth="1"/>
+    <col min="7439" max="7680" width="9.1796875" style="10"/>
+    <col min="7681" max="7681" width="5.26953125" style="10" customWidth="1"/>
+    <col min="7682" max="7682" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7683" max="7683" width="10.54296875" style="10" customWidth="1"/>
+    <col min="7684" max="7684" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7685" max="7685" width="12.54296875" style="10" customWidth="1"/>
     <col min="7686" max="7686" width="11" style="10" customWidth="1"/>
     <col min="7687" max="7687" width="12" style="10" customWidth="1"/>
-    <col min="7688" max="7688" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7692" max="7692" width="9.7109375" style="10" customWidth="1"/>
+    <col min="7688" max="7688" width="10.7265625" style="10" customWidth="1"/>
+    <col min="7689" max="7689" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7690" max="7690" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7691" max="7691" width="11.453125" style="10" customWidth="1"/>
+    <col min="7692" max="7692" width="9.7265625" style="10" customWidth="1"/>
     <col min="7693" max="7693" width="10" style="10" customWidth="1"/>
-    <col min="7694" max="7694" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7941" max="7941" width="12.5703125" style="10" customWidth="1"/>
+    <col min="7694" max="7694" width="9.7265625" style="10" customWidth="1"/>
+    <col min="7695" max="7936" width="9.1796875" style="10"/>
+    <col min="7937" max="7937" width="5.26953125" style="10" customWidth="1"/>
+    <col min="7938" max="7938" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7939" max="7939" width="10.54296875" style="10" customWidth="1"/>
+    <col min="7940" max="7940" width="11.81640625" style="10" customWidth="1"/>
+    <col min="7941" max="7941" width="12.54296875" style="10" customWidth="1"/>
     <col min="7942" max="7942" width="11" style="10" customWidth="1"/>
     <col min="7943" max="7943" width="12" style="10" customWidth="1"/>
-    <col min="7944" max="7944" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7948" max="7948" width="9.7109375" style="10" customWidth="1"/>
+    <col min="7944" max="7944" width="10.7265625" style="10" customWidth="1"/>
+    <col min="7945" max="7945" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7946" max="7946" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7947" max="7947" width="11.453125" style="10" customWidth="1"/>
+    <col min="7948" max="7948" width="9.7265625" style="10" customWidth="1"/>
     <col min="7949" max="7949" width="10" style="10" customWidth="1"/>
-    <col min="7950" max="7950" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8197" max="8197" width="12.5703125" style="10" customWidth="1"/>
+    <col min="7950" max="7950" width="9.7265625" style="10" customWidth="1"/>
+    <col min="7951" max="8192" width="9.1796875" style="10"/>
+    <col min="8193" max="8193" width="5.26953125" style="10" customWidth="1"/>
+    <col min="8194" max="8194" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8195" max="8195" width="10.54296875" style="10" customWidth="1"/>
+    <col min="8196" max="8196" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8197" max="8197" width="12.54296875" style="10" customWidth="1"/>
     <col min="8198" max="8198" width="11" style="10" customWidth="1"/>
     <col min="8199" max="8199" width="12" style="10" customWidth="1"/>
-    <col min="8200" max="8200" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8204" max="8204" width="9.7109375" style="10" customWidth="1"/>
+    <col min="8200" max="8200" width="10.7265625" style="10" customWidth="1"/>
+    <col min="8201" max="8201" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8202" max="8202" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8203" max="8203" width="11.453125" style="10" customWidth="1"/>
+    <col min="8204" max="8204" width="9.7265625" style="10" customWidth="1"/>
     <col min="8205" max="8205" width="10" style="10" customWidth="1"/>
-    <col min="8206" max="8206" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8453" max="8453" width="12.5703125" style="10" customWidth="1"/>
+    <col min="8206" max="8206" width="9.7265625" style="10" customWidth="1"/>
+    <col min="8207" max="8448" width="9.1796875" style="10"/>
+    <col min="8449" max="8449" width="5.26953125" style="10" customWidth="1"/>
+    <col min="8450" max="8450" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8451" max="8451" width="10.54296875" style="10" customWidth="1"/>
+    <col min="8452" max="8452" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8453" max="8453" width="12.54296875" style="10" customWidth="1"/>
     <col min="8454" max="8454" width="11" style="10" customWidth="1"/>
     <col min="8455" max="8455" width="12" style="10" customWidth="1"/>
-    <col min="8456" max="8456" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8460" max="8460" width="9.7109375" style="10" customWidth="1"/>
+    <col min="8456" max="8456" width="10.7265625" style="10" customWidth="1"/>
+    <col min="8457" max="8457" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8458" max="8458" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8459" max="8459" width="11.453125" style="10" customWidth="1"/>
+    <col min="8460" max="8460" width="9.7265625" style="10" customWidth="1"/>
     <col min="8461" max="8461" width="10" style="10" customWidth="1"/>
-    <col min="8462" max="8462" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8709" max="8709" width="12.5703125" style="10" customWidth="1"/>
+    <col min="8462" max="8462" width="9.7265625" style="10" customWidth="1"/>
+    <col min="8463" max="8704" width="9.1796875" style="10"/>
+    <col min="8705" max="8705" width="5.26953125" style="10" customWidth="1"/>
+    <col min="8706" max="8706" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8707" max="8707" width="10.54296875" style="10" customWidth="1"/>
+    <col min="8708" max="8708" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8709" max="8709" width="12.54296875" style="10" customWidth="1"/>
     <col min="8710" max="8710" width="11" style="10" customWidth="1"/>
     <col min="8711" max="8711" width="12" style="10" customWidth="1"/>
-    <col min="8712" max="8712" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8716" max="8716" width="9.7109375" style="10" customWidth="1"/>
+    <col min="8712" max="8712" width="10.7265625" style="10" customWidth="1"/>
+    <col min="8713" max="8713" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8714" max="8714" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8715" max="8715" width="11.453125" style="10" customWidth="1"/>
+    <col min="8716" max="8716" width="9.7265625" style="10" customWidth="1"/>
     <col min="8717" max="8717" width="10" style="10" customWidth="1"/>
-    <col min="8718" max="8718" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8965" max="8965" width="12.5703125" style="10" customWidth="1"/>
+    <col min="8718" max="8718" width="9.7265625" style="10" customWidth="1"/>
+    <col min="8719" max="8960" width="9.1796875" style="10"/>
+    <col min="8961" max="8961" width="5.26953125" style="10" customWidth="1"/>
+    <col min="8962" max="8962" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8963" max="8963" width="10.54296875" style="10" customWidth="1"/>
+    <col min="8964" max="8964" width="11.81640625" style="10" customWidth="1"/>
+    <col min="8965" max="8965" width="12.54296875" style="10" customWidth="1"/>
     <col min="8966" max="8966" width="11" style="10" customWidth="1"/>
     <col min="8967" max="8967" width="12" style="10" customWidth="1"/>
-    <col min="8968" max="8968" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8972" max="8972" width="9.7109375" style="10" customWidth="1"/>
+    <col min="8968" max="8968" width="10.7265625" style="10" customWidth="1"/>
+    <col min="8969" max="8969" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8970" max="8970" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8971" max="8971" width="11.453125" style="10" customWidth="1"/>
+    <col min="8972" max="8972" width="9.7265625" style="10" customWidth="1"/>
     <col min="8973" max="8973" width="10" style="10" customWidth="1"/>
-    <col min="8974" max="8974" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9221" max="9221" width="12.5703125" style="10" customWidth="1"/>
+    <col min="8974" max="8974" width="9.7265625" style="10" customWidth="1"/>
+    <col min="8975" max="9216" width="9.1796875" style="10"/>
+    <col min="9217" max="9217" width="5.26953125" style="10" customWidth="1"/>
+    <col min="9218" max="9218" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9219" max="9219" width="10.54296875" style="10" customWidth="1"/>
+    <col min="9220" max="9220" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9221" max="9221" width="12.54296875" style="10" customWidth="1"/>
     <col min="9222" max="9222" width="11" style="10" customWidth="1"/>
     <col min="9223" max="9223" width="12" style="10" customWidth="1"/>
-    <col min="9224" max="9224" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9228" max="9228" width="9.7109375" style="10" customWidth="1"/>
+    <col min="9224" max="9224" width="10.7265625" style="10" customWidth="1"/>
+    <col min="9225" max="9225" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9226" max="9226" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9227" max="9227" width="11.453125" style="10" customWidth="1"/>
+    <col min="9228" max="9228" width="9.7265625" style="10" customWidth="1"/>
     <col min="9229" max="9229" width="10" style="10" customWidth="1"/>
-    <col min="9230" max="9230" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9477" max="9477" width="12.5703125" style="10" customWidth="1"/>
+    <col min="9230" max="9230" width="9.7265625" style="10" customWidth="1"/>
+    <col min="9231" max="9472" width="9.1796875" style="10"/>
+    <col min="9473" max="9473" width="5.26953125" style="10" customWidth="1"/>
+    <col min="9474" max="9474" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9475" max="9475" width="10.54296875" style="10" customWidth="1"/>
+    <col min="9476" max="9476" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9477" max="9477" width="12.54296875" style="10" customWidth="1"/>
     <col min="9478" max="9478" width="11" style="10" customWidth="1"/>
     <col min="9479" max="9479" width="12" style="10" customWidth="1"/>
-    <col min="9480" max="9480" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9484" max="9484" width="9.7109375" style="10" customWidth="1"/>
+    <col min="9480" max="9480" width="10.7265625" style="10" customWidth="1"/>
+    <col min="9481" max="9481" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9482" max="9482" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9483" max="9483" width="11.453125" style="10" customWidth="1"/>
+    <col min="9484" max="9484" width="9.7265625" style="10" customWidth="1"/>
     <col min="9485" max="9485" width="10" style="10" customWidth="1"/>
-    <col min="9486" max="9486" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9733" max="9733" width="12.5703125" style="10" customWidth="1"/>
+    <col min="9486" max="9486" width="9.7265625" style="10" customWidth="1"/>
+    <col min="9487" max="9728" width="9.1796875" style="10"/>
+    <col min="9729" max="9729" width="5.26953125" style="10" customWidth="1"/>
+    <col min="9730" max="9730" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9731" max="9731" width="10.54296875" style="10" customWidth="1"/>
+    <col min="9732" max="9732" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9733" max="9733" width="12.54296875" style="10" customWidth="1"/>
     <col min="9734" max="9734" width="11" style="10" customWidth="1"/>
     <col min="9735" max="9735" width="12" style="10" customWidth="1"/>
-    <col min="9736" max="9736" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9740" max="9740" width="9.7109375" style="10" customWidth="1"/>
+    <col min="9736" max="9736" width="10.7265625" style="10" customWidth="1"/>
+    <col min="9737" max="9737" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9738" max="9738" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9739" max="9739" width="11.453125" style="10" customWidth="1"/>
+    <col min="9740" max="9740" width="9.7265625" style="10" customWidth="1"/>
     <col min="9741" max="9741" width="10" style="10" customWidth="1"/>
-    <col min="9742" max="9742" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9989" max="9989" width="12.5703125" style="10" customWidth="1"/>
+    <col min="9742" max="9742" width="9.7265625" style="10" customWidth="1"/>
+    <col min="9743" max="9984" width="9.1796875" style="10"/>
+    <col min="9985" max="9985" width="5.26953125" style="10" customWidth="1"/>
+    <col min="9986" max="9986" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9987" max="9987" width="10.54296875" style="10" customWidth="1"/>
+    <col min="9988" max="9988" width="11.81640625" style="10" customWidth="1"/>
+    <col min="9989" max="9989" width="12.54296875" style="10" customWidth="1"/>
     <col min="9990" max="9990" width="11" style="10" customWidth="1"/>
     <col min="9991" max="9991" width="12" style="10" customWidth="1"/>
-    <col min="9992" max="9992" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9996" max="9996" width="9.7109375" style="10" customWidth="1"/>
+    <col min="9992" max="9992" width="10.7265625" style="10" customWidth="1"/>
+    <col min="9993" max="9993" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9994" max="9994" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9995" max="9995" width="11.453125" style="10" customWidth="1"/>
+    <col min="9996" max="9996" width="9.7265625" style="10" customWidth="1"/>
     <col min="9997" max="9997" width="10" style="10" customWidth="1"/>
-    <col min="9998" max="9998" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10245" max="10245" width="12.5703125" style="10" customWidth="1"/>
+    <col min="9998" max="9998" width="9.7265625" style="10" customWidth="1"/>
+    <col min="9999" max="10240" width="9.1796875" style="10"/>
+    <col min="10241" max="10241" width="5.26953125" style="10" customWidth="1"/>
+    <col min="10242" max="10242" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10243" max="10243" width="10.54296875" style="10" customWidth="1"/>
+    <col min="10244" max="10244" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10245" max="10245" width="12.54296875" style="10" customWidth="1"/>
     <col min="10246" max="10246" width="11" style="10" customWidth="1"/>
     <col min="10247" max="10247" width="12" style="10" customWidth="1"/>
-    <col min="10248" max="10248" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10252" max="10252" width="9.7109375" style="10" customWidth="1"/>
+    <col min="10248" max="10248" width="10.7265625" style="10" customWidth="1"/>
+    <col min="10249" max="10249" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10250" max="10250" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10251" max="10251" width="11.453125" style="10" customWidth="1"/>
+    <col min="10252" max="10252" width="9.7265625" style="10" customWidth="1"/>
     <col min="10253" max="10253" width="10" style="10" customWidth="1"/>
-    <col min="10254" max="10254" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10501" max="10501" width="12.5703125" style="10" customWidth="1"/>
+    <col min="10254" max="10254" width="9.7265625" style="10" customWidth="1"/>
+    <col min="10255" max="10496" width="9.1796875" style="10"/>
+    <col min="10497" max="10497" width="5.26953125" style="10" customWidth="1"/>
+    <col min="10498" max="10498" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10499" max="10499" width="10.54296875" style="10" customWidth="1"/>
+    <col min="10500" max="10500" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10501" max="10501" width="12.54296875" style="10" customWidth="1"/>
     <col min="10502" max="10502" width="11" style="10" customWidth="1"/>
     <col min="10503" max="10503" width="12" style="10" customWidth="1"/>
-    <col min="10504" max="10504" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10508" max="10508" width="9.7109375" style="10" customWidth="1"/>
+    <col min="10504" max="10504" width="10.7265625" style="10" customWidth="1"/>
+    <col min="10505" max="10505" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10506" max="10506" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10507" max="10507" width="11.453125" style="10" customWidth="1"/>
+    <col min="10508" max="10508" width="9.7265625" style="10" customWidth="1"/>
     <col min="10509" max="10509" width="10" style="10" customWidth="1"/>
-    <col min="10510" max="10510" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10757" max="10757" width="12.5703125" style="10" customWidth="1"/>
+    <col min="10510" max="10510" width="9.7265625" style="10" customWidth="1"/>
+    <col min="10511" max="10752" width="9.1796875" style="10"/>
+    <col min="10753" max="10753" width="5.26953125" style="10" customWidth="1"/>
+    <col min="10754" max="10754" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10755" max="10755" width="10.54296875" style="10" customWidth="1"/>
+    <col min="10756" max="10756" width="11.81640625" style="10" customWidth="1"/>
+    <col min="10757" max="10757" width="12.54296875" style="10" customWidth="1"/>
     <col min="10758" max="10758" width="11" style="10" customWidth="1"/>
     <col min="10759" max="10759" width="12" style="10" customWidth="1"/>
-    <col min="10760" max="10760" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10764" max="10764" width="9.7109375" style="10" customWidth="1"/>
+    <col min="10760" max="10760" width="10.7265625" style="10" customWidth="1"/>
+    <col min="10761" max="10761" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10762" max="10762" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10763" max="10763" width="11.453125" style="10" customWidth="1"/>
+    <col min="10764" max="10764" width="9.7265625" style="10" customWidth="1"/>
     <col min="10765" max="10765" width="10" style="10" customWidth="1"/>
-    <col min="10766" max="10766" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11013" max="11013" width="12.5703125" style="10" customWidth="1"/>
+    <col min="10766" max="10766" width="9.7265625" style="10" customWidth="1"/>
+    <col min="10767" max="11008" width="9.1796875" style="10"/>
+    <col min="11009" max="11009" width="5.26953125" style="10" customWidth="1"/>
+    <col min="11010" max="11010" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11011" max="11011" width="10.54296875" style="10" customWidth="1"/>
+    <col min="11012" max="11012" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11013" max="11013" width="12.54296875" style="10" customWidth="1"/>
     <col min="11014" max="11014" width="11" style="10" customWidth="1"/>
     <col min="11015" max="11015" width="12" style="10" customWidth="1"/>
-    <col min="11016" max="11016" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11020" max="11020" width="9.7109375" style="10" customWidth="1"/>
+    <col min="11016" max="11016" width="10.7265625" style="10" customWidth="1"/>
+    <col min="11017" max="11017" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11018" max="11018" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11019" max="11019" width="11.453125" style="10" customWidth="1"/>
+    <col min="11020" max="11020" width="9.7265625" style="10" customWidth="1"/>
     <col min="11021" max="11021" width="10" style="10" customWidth="1"/>
-    <col min="11022" max="11022" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11269" max="11269" width="12.5703125" style="10" customWidth="1"/>
+    <col min="11022" max="11022" width="9.7265625" style="10" customWidth="1"/>
+    <col min="11023" max="11264" width="9.1796875" style="10"/>
+    <col min="11265" max="11265" width="5.26953125" style="10" customWidth="1"/>
+    <col min="11266" max="11266" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11267" max="11267" width="10.54296875" style="10" customWidth="1"/>
+    <col min="11268" max="11268" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11269" max="11269" width="12.54296875" style="10" customWidth="1"/>
     <col min="11270" max="11270" width="11" style="10" customWidth="1"/>
     <col min="11271" max="11271" width="12" style="10" customWidth="1"/>
-    <col min="11272" max="11272" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11276" max="11276" width="9.7109375" style="10" customWidth="1"/>
+    <col min="11272" max="11272" width="10.7265625" style="10" customWidth="1"/>
+    <col min="11273" max="11273" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11274" max="11274" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11275" max="11275" width="11.453125" style="10" customWidth="1"/>
+    <col min="11276" max="11276" width="9.7265625" style="10" customWidth="1"/>
     <col min="11277" max="11277" width="10" style="10" customWidth="1"/>
-    <col min="11278" max="11278" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11525" max="11525" width="12.5703125" style="10" customWidth="1"/>
+    <col min="11278" max="11278" width="9.7265625" style="10" customWidth="1"/>
+    <col min="11279" max="11520" width="9.1796875" style="10"/>
+    <col min="11521" max="11521" width="5.26953125" style="10" customWidth="1"/>
+    <col min="11522" max="11522" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11523" max="11523" width="10.54296875" style="10" customWidth="1"/>
+    <col min="11524" max="11524" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11525" max="11525" width="12.54296875" style="10" customWidth="1"/>
     <col min="11526" max="11526" width="11" style="10" customWidth="1"/>
     <col min="11527" max="11527" width="12" style="10" customWidth="1"/>
-    <col min="11528" max="11528" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11532" max="11532" width="9.7109375" style="10" customWidth="1"/>
+    <col min="11528" max="11528" width="10.7265625" style="10" customWidth="1"/>
+    <col min="11529" max="11529" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11530" max="11530" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11531" max="11531" width="11.453125" style="10" customWidth="1"/>
+    <col min="11532" max="11532" width="9.7265625" style="10" customWidth="1"/>
     <col min="11533" max="11533" width="10" style="10" customWidth="1"/>
-    <col min="11534" max="11534" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11781" max="11781" width="12.5703125" style="10" customWidth="1"/>
+    <col min="11534" max="11534" width="9.7265625" style="10" customWidth="1"/>
+    <col min="11535" max="11776" width="9.1796875" style="10"/>
+    <col min="11777" max="11777" width="5.26953125" style="10" customWidth="1"/>
+    <col min="11778" max="11778" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11779" max="11779" width="10.54296875" style="10" customWidth="1"/>
+    <col min="11780" max="11780" width="11.81640625" style="10" customWidth="1"/>
+    <col min="11781" max="11781" width="12.54296875" style="10" customWidth="1"/>
     <col min="11782" max="11782" width="11" style="10" customWidth="1"/>
     <col min="11783" max="11783" width="12" style="10" customWidth="1"/>
-    <col min="11784" max="11784" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11788" max="11788" width="9.7109375" style="10" customWidth="1"/>
+    <col min="11784" max="11784" width="10.7265625" style="10" customWidth="1"/>
+    <col min="11785" max="11785" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11786" max="11786" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11787" max="11787" width="11.453125" style="10" customWidth="1"/>
+    <col min="11788" max="11788" width="9.7265625" style="10" customWidth="1"/>
     <col min="11789" max="11789" width="10" style="10" customWidth="1"/>
-    <col min="11790" max="11790" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12037" max="12037" width="12.5703125" style="10" customWidth="1"/>
+    <col min="11790" max="11790" width="9.7265625" style="10" customWidth="1"/>
+    <col min="11791" max="12032" width="9.1796875" style="10"/>
+    <col min="12033" max="12033" width="5.26953125" style="10" customWidth="1"/>
+    <col min="12034" max="12034" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12035" max="12035" width="10.54296875" style="10" customWidth="1"/>
+    <col min="12036" max="12036" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12037" max="12037" width="12.54296875" style="10" customWidth="1"/>
     <col min="12038" max="12038" width="11" style="10" customWidth="1"/>
     <col min="12039" max="12039" width="12" style="10" customWidth="1"/>
-    <col min="12040" max="12040" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12044" max="12044" width="9.7109375" style="10" customWidth="1"/>
+    <col min="12040" max="12040" width="10.7265625" style="10" customWidth="1"/>
+    <col min="12041" max="12041" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12042" max="12042" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12043" max="12043" width="11.453125" style="10" customWidth="1"/>
+    <col min="12044" max="12044" width="9.7265625" style="10" customWidth="1"/>
     <col min="12045" max="12045" width="10" style="10" customWidth="1"/>
-    <col min="12046" max="12046" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12293" max="12293" width="12.5703125" style="10" customWidth="1"/>
+    <col min="12046" max="12046" width="9.7265625" style="10" customWidth="1"/>
+    <col min="12047" max="12288" width="9.1796875" style="10"/>
+    <col min="12289" max="12289" width="5.26953125" style="10" customWidth="1"/>
+    <col min="12290" max="12290" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12291" max="12291" width="10.54296875" style="10" customWidth="1"/>
+    <col min="12292" max="12292" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12293" max="12293" width="12.54296875" style="10" customWidth="1"/>
     <col min="12294" max="12294" width="11" style="10" customWidth="1"/>
     <col min="12295" max="12295" width="12" style="10" customWidth="1"/>
-    <col min="12296" max="12296" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12300" max="12300" width="9.7109375" style="10" customWidth="1"/>
+    <col min="12296" max="12296" width="10.7265625" style="10" customWidth="1"/>
+    <col min="12297" max="12297" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12298" max="12298" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12299" max="12299" width="11.453125" style="10" customWidth="1"/>
+    <col min="12300" max="12300" width="9.7265625" style="10" customWidth="1"/>
     <col min="12301" max="12301" width="10" style="10" customWidth="1"/>
-    <col min="12302" max="12302" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12549" max="12549" width="12.5703125" style="10" customWidth="1"/>
+    <col min="12302" max="12302" width="9.7265625" style="10" customWidth="1"/>
+    <col min="12303" max="12544" width="9.1796875" style="10"/>
+    <col min="12545" max="12545" width="5.26953125" style="10" customWidth="1"/>
+    <col min="12546" max="12546" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12547" max="12547" width="10.54296875" style="10" customWidth="1"/>
+    <col min="12548" max="12548" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12549" max="12549" width="12.54296875" style="10" customWidth="1"/>
     <col min="12550" max="12550" width="11" style="10" customWidth="1"/>
     <col min="12551" max="12551" width="12" style="10" customWidth="1"/>
-    <col min="12552" max="12552" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12556" max="12556" width="9.7109375" style="10" customWidth="1"/>
+    <col min="12552" max="12552" width="10.7265625" style="10" customWidth="1"/>
+    <col min="12553" max="12553" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12554" max="12554" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12555" max="12555" width="11.453125" style="10" customWidth="1"/>
+    <col min="12556" max="12556" width="9.7265625" style="10" customWidth="1"/>
     <col min="12557" max="12557" width="10" style="10" customWidth="1"/>
-    <col min="12558" max="12558" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12805" max="12805" width="12.5703125" style="10" customWidth="1"/>
+    <col min="12558" max="12558" width="9.7265625" style="10" customWidth="1"/>
+    <col min="12559" max="12800" width="9.1796875" style="10"/>
+    <col min="12801" max="12801" width="5.26953125" style="10" customWidth="1"/>
+    <col min="12802" max="12802" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12803" max="12803" width="10.54296875" style="10" customWidth="1"/>
+    <col min="12804" max="12804" width="11.81640625" style="10" customWidth="1"/>
+    <col min="12805" max="12805" width="12.54296875" style="10" customWidth="1"/>
     <col min="12806" max="12806" width="11" style="10" customWidth="1"/>
     <col min="12807" max="12807" width="12" style="10" customWidth="1"/>
-    <col min="12808" max="12808" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12812" max="12812" width="9.7109375" style="10" customWidth="1"/>
+    <col min="12808" max="12808" width="10.7265625" style="10" customWidth="1"/>
+    <col min="12809" max="12809" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12810" max="12810" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12811" max="12811" width="11.453125" style="10" customWidth="1"/>
+    <col min="12812" max="12812" width="9.7265625" style="10" customWidth="1"/>
     <col min="12813" max="12813" width="10" style="10" customWidth="1"/>
-    <col min="12814" max="12814" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13061" max="13061" width="12.5703125" style="10" customWidth="1"/>
+    <col min="12814" max="12814" width="9.7265625" style="10" customWidth="1"/>
+    <col min="12815" max="13056" width="9.1796875" style="10"/>
+    <col min="13057" max="13057" width="5.26953125" style="10" customWidth="1"/>
+    <col min="13058" max="13058" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13059" max="13059" width="10.54296875" style="10" customWidth="1"/>
+    <col min="13060" max="13060" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13061" max="13061" width="12.54296875" style="10" customWidth="1"/>
     <col min="13062" max="13062" width="11" style="10" customWidth="1"/>
     <col min="13063" max="13063" width="12" style="10" customWidth="1"/>
-    <col min="13064" max="13064" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13068" max="13068" width="9.7109375" style="10" customWidth="1"/>
+    <col min="13064" max="13064" width="10.7265625" style="10" customWidth="1"/>
+    <col min="13065" max="13065" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13066" max="13066" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13067" max="13067" width="11.453125" style="10" customWidth="1"/>
+    <col min="13068" max="13068" width="9.7265625" style="10" customWidth="1"/>
     <col min="13069" max="13069" width="10" style="10" customWidth="1"/>
-    <col min="13070" max="13070" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13317" max="13317" width="12.5703125" style="10" customWidth="1"/>
+    <col min="13070" max="13070" width="9.7265625" style="10" customWidth="1"/>
+    <col min="13071" max="13312" width="9.1796875" style="10"/>
+    <col min="13313" max="13313" width="5.26953125" style="10" customWidth="1"/>
+    <col min="13314" max="13314" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13315" max="13315" width="10.54296875" style="10" customWidth="1"/>
+    <col min="13316" max="13316" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13317" max="13317" width="12.54296875" style="10" customWidth="1"/>
     <col min="13318" max="13318" width="11" style="10" customWidth="1"/>
     <col min="13319" max="13319" width="12" style="10" customWidth="1"/>
-    <col min="13320" max="13320" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13324" max="13324" width="9.7109375" style="10" customWidth="1"/>
+    <col min="13320" max="13320" width="10.7265625" style="10" customWidth="1"/>
+    <col min="13321" max="13321" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13322" max="13322" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13323" max="13323" width="11.453125" style="10" customWidth="1"/>
+    <col min="13324" max="13324" width="9.7265625" style="10" customWidth="1"/>
     <col min="13325" max="13325" width="10" style="10" customWidth="1"/>
-    <col min="13326" max="13326" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13573" max="13573" width="12.5703125" style="10" customWidth="1"/>
+    <col min="13326" max="13326" width="9.7265625" style="10" customWidth="1"/>
+    <col min="13327" max="13568" width="9.1796875" style="10"/>
+    <col min="13569" max="13569" width="5.26953125" style="10" customWidth="1"/>
+    <col min="13570" max="13570" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13571" max="13571" width="10.54296875" style="10" customWidth="1"/>
+    <col min="13572" max="13572" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13573" max="13573" width="12.54296875" style="10" customWidth="1"/>
     <col min="13574" max="13574" width="11" style="10" customWidth="1"/>
     <col min="13575" max="13575" width="12" style="10" customWidth="1"/>
-    <col min="13576" max="13576" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13580" max="13580" width="9.7109375" style="10" customWidth="1"/>
+    <col min="13576" max="13576" width="10.7265625" style="10" customWidth="1"/>
+    <col min="13577" max="13577" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13578" max="13578" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13579" max="13579" width="11.453125" style="10" customWidth="1"/>
+    <col min="13580" max="13580" width="9.7265625" style="10" customWidth="1"/>
     <col min="13581" max="13581" width="10" style="10" customWidth="1"/>
-    <col min="13582" max="13582" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13829" max="13829" width="12.5703125" style="10" customWidth="1"/>
+    <col min="13582" max="13582" width="9.7265625" style="10" customWidth="1"/>
+    <col min="13583" max="13824" width="9.1796875" style="10"/>
+    <col min="13825" max="13825" width="5.26953125" style="10" customWidth="1"/>
+    <col min="13826" max="13826" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13827" max="13827" width="10.54296875" style="10" customWidth="1"/>
+    <col min="13828" max="13828" width="11.81640625" style="10" customWidth="1"/>
+    <col min="13829" max="13829" width="12.54296875" style="10" customWidth="1"/>
     <col min="13830" max="13830" width="11" style="10" customWidth="1"/>
     <col min="13831" max="13831" width="12" style="10" customWidth="1"/>
-    <col min="13832" max="13832" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13836" max="13836" width="9.7109375" style="10" customWidth="1"/>
+    <col min="13832" max="13832" width="10.7265625" style="10" customWidth="1"/>
+    <col min="13833" max="13833" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13834" max="13834" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13835" max="13835" width="11.453125" style="10" customWidth="1"/>
+    <col min="13836" max="13836" width="9.7265625" style="10" customWidth="1"/>
     <col min="13837" max="13837" width="10" style="10" customWidth="1"/>
-    <col min="13838" max="13838" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14085" max="14085" width="12.5703125" style="10" customWidth="1"/>
+    <col min="13838" max="13838" width="9.7265625" style="10" customWidth="1"/>
+    <col min="13839" max="14080" width="9.1796875" style="10"/>
+    <col min="14081" max="14081" width="5.26953125" style="10" customWidth="1"/>
+    <col min="14082" max="14082" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14083" max="14083" width="10.54296875" style="10" customWidth="1"/>
+    <col min="14084" max="14084" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14085" max="14085" width="12.54296875" style="10" customWidth="1"/>
     <col min="14086" max="14086" width="11" style="10" customWidth="1"/>
     <col min="14087" max="14087" width="12" style="10" customWidth="1"/>
-    <col min="14088" max="14088" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14092" max="14092" width="9.7109375" style="10" customWidth="1"/>
+    <col min="14088" max="14088" width="10.7265625" style="10" customWidth="1"/>
+    <col min="14089" max="14089" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14090" max="14090" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14091" max="14091" width="11.453125" style="10" customWidth="1"/>
+    <col min="14092" max="14092" width="9.7265625" style="10" customWidth="1"/>
     <col min="14093" max="14093" width="10" style="10" customWidth="1"/>
-    <col min="14094" max="14094" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14341" max="14341" width="12.5703125" style="10" customWidth="1"/>
+    <col min="14094" max="14094" width="9.7265625" style="10" customWidth="1"/>
+    <col min="14095" max="14336" width="9.1796875" style="10"/>
+    <col min="14337" max="14337" width="5.26953125" style="10" customWidth="1"/>
+    <col min="14338" max="14338" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14339" max="14339" width="10.54296875" style="10" customWidth="1"/>
+    <col min="14340" max="14340" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14341" max="14341" width="12.54296875" style="10" customWidth="1"/>
     <col min="14342" max="14342" width="11" style="10" customWidth="1"/>
     <col min="14343" max="14343" width="12" style="10" customWidth="1"/>
-    <col min="14344" max="14344" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14348" max="14348" width="9.7109375" style="10" customWidth="1"/>
+    <col min="14344" max="14344" width="10.7265625" style="10" customWidth="1"/>
+    <col min="14345" max="14345" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14346" max="14346" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14347" max="14347" width="11.453125" style="10" customWidth="1"/>
+    <col min="14348" max="14348" width="9.7265625" style="10" customWidth="1"/>
     <col min="14349" max="14349" width="10" style="10" customWidth="1"/>
-    <col min="14350" max="14350" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14597" max="14597" width="12.5703125" style="10" customWidth="1"/>
+    <col min="14350" max="14350" width="9.7265625" style="10" customWidth="1"/>
+    <col min="14351" max="14592" width="9.1796875" style="10"/>
+    <col min="14593" max="14593" width="5.26953125" style="10" customWidth="1"/>
+    <col min="14594" max="14594" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14595" max="14595" width="10.54296875" style="10" customWidth="1"/>
+    <col min="14596" max="14596" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14597" max="14597" width="12.54296875" style="10" customWidth="1"/>
     <col min="14598" max="14598" width="11" style="10" customWidth="1"/>
     <col min="14599" max="14599" width="12" style="10" customWidth="1"/>
-    <col min="14600" max="14600" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14604" max="14604" width="9.7109375" style="10" customWidth="1"/>
+    <col min="14600" max="14600" width="10.7265625" style="10" customWidth="1"/>
+    <col min="14601" max="14601" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14602" max="14602" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14603" max="14603" width="11.453125" style="10" customWidth="1"/>
+    <col min="14604" max="14604" width="9.7265625" style="10" customWidth="1"/>
     <col min="14605" max="14605" width="10" style="10" customWidth="1"/>
-    <col min="14606" max="14606" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14853" max="14853" width="12.5703125" style="10" customWidth="1"/>
+    <col min="14606" max="14606" width="9.7265625" style="10" customWidth="1"/>
+    <col min="14607" max="14848" width="9.1796875" style="10"/>
+    <col min="14849" max="14849" width="5.26953125" style="10" customWidth="1"/>
+    <col min="14850" max="14850" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14851" max="14851" width="10.54296875" style="10" customWidth="1"/>
+    <col min="14852" max="14852" width="11.81640625" style="10" customWidth="1"/>
+    <col min="14853" max="14853" width="12.54296875" style="10" customWidth="1"/>
     <col min="14854" max="14854" width="11" style="10" customWidth="1"/>
     <col min="14855" max="14855" width="12" style="10" customWidth="1"/>
-    <col min="14856" max="14856" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14860" max="14860" width="9.7109375" style="10" customWidth="1"/>
+    <col min="14856" max="14856" width="10.7265625" style="10" customWidth="1"/>
+    <col min="14857" max="14857" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14858" max="14858" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14859" max="14859" width="11.453125" style="10" customWidth="1"/>
+    <col min="14860" max="14860" width="9.7265625" style="10" customWidth="1"/>
     <col min="14861" max="14861" width="10" style="10" customWidth="1"/>
-    <col min="14862" max="14862" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15109" max="15109" width="12.5703125" style="10" customWidth="1"/>
+    <col min="14862" max="14862" width="9.7265625" style="10" customWidth="1"/>
+    <col min="14863" max="15104" width="9.1796875" style="10"/>
+    <col min="15105" max="15105" width="5.26953125" style="10" customWidth="1"/>
+    <col min="15106" max="15106" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15107" max="15107" width="10.54296875" style="10" customWidth="1"/>
+    <col min="15108" max="15108" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15109" max="15109" width="12.54296875" style="10" customWidth="1"/>
     <col min="15110" max="15110" width="11" style="10" customWidth="1"/>
     <col min="15111" max="15111" width="12" style="10" customWidth="1"/>
-    <col min="15112" max="15112" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15116" max="15116" width="9.7109375" style="10" customWidth="1"/>
+    <col min="15112" max="15112" width="10.7265625" style="10" customWidth="1"/>
+    <col min="15113" max="15113" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15114" max="15114" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15115" max="15115" width="11.453125" style="10" customWidth="1"/>
+    <col min="15116" max="15116" width="9.7265625" style="10" customWidth="1"/>
     <col min="15117" max="15117" width="10" style="10" customWidth="1"/>
-    <col min="15118" max="15118" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15365" max="15365" width="12.5703125" style="10" customWidth="1"/>
+    <col min="15118" max="15118" width="9.7265625" style="10" customWidth="1"/>
+    <col min="15119" max="15360" width="9.1796875" style="10"/>
+    <col min="15361" max="15361" width="5.26953125" style="10" customWidth="1"/>
+    <col min="15362" max="15362" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15363" max="15363" width="10.54296875" style="10" customWidth="1"/>
+    <col min="15364" max="15364" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15365" max="15365" width="12.54296875" style="10" customWidth="1"/>
     <col min="15366" max="15366" width="11" style="10" customWidth="1"/>
     <col min="15367" max="15367" width="12" style="10" customWidth="1"/>
-    <col min="15368" max="15368" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15372" max="15372" width="9.7109375" style="10" customWidth="1"/>
+    <col min="15368" max="15368" width="10.7265625" style="10" customWidth="1"/>
+    <col min="15369" max="15369" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15370" max="15370" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15371" max="15371" width="11.453125" style="10" customWidth="1"/>
+    <col min="15372" max="15372" width="9.7265625" style="10" customWidth="1"/>
     <col min="15373" max="15373" width="10" style="10" customWidth="1"/>
-    <col min="15374" max="15374" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15621" max="15621" width="12.5703125" style="10" customWidth="1"/>
+    <col min="15374" max="15374" width="9.7265625" style="10" customWidth="1"/>
+    <col min="15375" max="15616" width="9.1796875" style="10"/>
+    <col min="15617" max="15617" width="5.26953125" style="10" customWidth="1"/>
+    <col min="15618" max="15618" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15619" max="15619" width="10.54296875" style="10" customWidth="1"/>
+    <col min="15620" max="15620" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15621" max="15621" width="12.54296875" style="10" customWidth="1"/>
     <col min="15622" max="15622" width="11" style="10" customWidth="1"/>
     <col min="15623" max="15623" width="12" style="10" customWidth="1"/>
-    <col min="15624" max="15624" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15628" max="15628" width="9.7109375" style="10" customWidth="1"/>
+    <col min="15624" max="15624" width="10.7265625" style="10" customWidth="1"/>
+    <col min="15625" max="15625" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15626" max="15626" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15627" max="15627" width="11.453125" style="10" customWidth="1"/>
+    <col min="15628" max="15628" width="9.7265625" style="10" customWidth="1"/>
     <col min="15629" max="15629" width="10" style="10" customWidth="1"/>
-    <col min="15630" max="15630" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15877" max="15877" width="12.5703125" style="10" customWidth="1"/>
+    <col min="15630" max="15630" width="9.7265625" style="10" customWidth="1"/>
+    <col min="15631" max="15872" width="9.1796875" style="10"/>
+    <col min="15873" max="15873" width="5.26953125" style="10" customWidth="1"/>
+    <col min="15874" max="15874" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15875" max="15875" width="10.54296875" style="10" customWidth="1"/>
+    <col min="15876" max="15876" width="11.81640625" style="10" customWidth="1"/>
+    <col min="15877" max="15877" width="12.54296875" style="10" customWidth="1"/>
     <col min="15878" max="15878" width="11" style="10" customWidth="1"/>
     <col min="15879" max="15879" width="12" style="10" customWidth="1"/>
-    <col min="15880" max="15880" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15884" max="15884" width="9.7109375" style="10" customWidth="1"/>
+    <col min="15880" max="15880" width="10.7265625" style="10" customWidth="1"/>
+    <col min="15881" max="15881" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15882" max="15882" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15883" max="15883" width="11.453125" style="10" customWidth="1"/>
+    <col min="15884" max="15884" width="9.7265625" style="10" customWidth="1"/>
     <col min="15885" max="15885" width="10" style="10" customWidth="1"/>
-    <col min="15886" max="15886" width="9.7109375" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="16133" max="16133" width="12.5703125" style="10" customWidth="1"/>
+    <col min="15886" max="15886" width="9.7265625" style="10" customWidth="1"/>
+    <col min="15887" max="16128" width="9.1796875" style="10"/>
+    <col min="16129" max="16129" width="5.26953125" style="10" customWidth="1"/>
+    <col min="16130" max="16130" width="8.26953125" style="10" customWidth="1"/>
+    <col min="16131" max="16131" width="10.54296875" style="10" customWidth="1"/>
+    <col min="16132" max="16132" width="11.81640625" style="10" customWidth="1"/>
+    <col min="16133" max="16133" width="12.54296875" style="10" customWidth="1"/>
     <col min="16134" max="16134" width="11" style="10" customWidth="1"/>
     <col min="16135" max="16135" width="12" style="10" customWidth="1"/>
-    <col min="16136" max="16136" width="10.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16140" max="16140" width="9.7109375" style="10" customWidth="1"/>
+    <col min="16136" max="16136" width="10.7265625" style="10" customWidth="1"/>
+    <col min="16137" max="16137" width="12.54296875" style="10" customWidth="1"/>
+    <col min="16138" max="16138" width="8.81640625" style="10" customWidth="1"/>
+    <col min="16139" max="16139" width="11.453125" style="10" customWidth="1"/>
+    <col min="16140" max="16140" width="9.7265625" style="10" customWidth="1"/>
     <col min="16141" max="16141" width="10" style="10" customWidth="1"/>
-    <col min="16142" max="16142" width="9.7109375" style="10" customWidth="1"/>
-    <col min="16143" max="16384" width="9.140625" style="10"/>
+    <col min="16142" max="16142" width="9.7265625" style="10" customWidth="1"/>
+    <col min="16143" max="16384" width="9.1796875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="36" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="36"/>
       <c r="K1" s="36"/>
       <c r="L1" s="36"/>
       <c r="M1" s="36"/>
       <c r="N1" s="36"/>
     </row>
-    <row r="2" spans="1:14" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="37" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="30" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="32"/>
       <c r="E2" s="30" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="32"/>
       <c r="G2" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="32"/>
       <c r="I2" s="30" t="s">
         <v>14</v>
       </c>
       <c r="J2" s="32"/>
       <c r="K2" s="30" t="s">
         <v>15</v>
       </c>
       <c r="L2" s="32"/>
       <c r="M2" s="30" t="s">
         <v>16</v>
       </c>
       <c r="N2" s="32"/>
     </row>
-    <row r="3" spans="1:14" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="N3" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>2025</v>
       </c>
       <c r="B4" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C4" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D4" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E4" s="8">
         <v>29434.06</v>
       </c>
       <c r="F4" s="8">
         <v>14.7</v>
       </c>
       <c r="G4" s="8">
         <v>5462.68</v>
       </c>
       <c r="H4" s="8">
         <v>18.95</v>
       </c>
       <c r="I4" s="8">
         <v>3443.15</v>
       </c>
       <c r="J4" s="8">
         <v>15.52</v>
       </c>
       <c r="K4" s="8">
         <v>3610.85</v>
       </c>
       <c r="L4" s="8">
         <v>34.11</v>
       </c>
       <c r="M4" s="8">
         <v>3857.89</v>
       </c>
       <c r="N4" s="8">
         <v>44.84</v>
       </c>
     </row>
-    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>2025</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E5" s="8">
         <v>25159.48</v>
       </c>
       <c r="F5" s="8">
         <v>14.84</v>
       </c>
       <c r="G5" s="8">
         <v>4558.46</v>
       </c>
       <c r="H5" s="8">
         <v>19.309999999999999</v>
       </c>
       <c r="I5" s="8">
         <v>3051.37</v>
       </c>
       <c r="J5" s="8">
         <v>15.73</v>
       </c>
       <c r="K5" s="8">
         <v>3485.13</v>
       </c>
       <c r="L5" s="8">
         <v>33.46</v>
       </c>
       <c r="M5" s="8">
         <v>3518.41</v>
       </c>
       <c r="N5" s="8">
         <v>44.83</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2025</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D6" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E6" s="8">
         <v>27006.83</v>
       </c>
       <c r="F6" s="8">
         <v>14.84</v>
       </c>
       <c r="G6" s="8">
         <v>5043.18</v>
       </c>
       <c r="H6" s="8">
         <v>19.37</v>
       </c>
       <c r="I6" s="8">
         <v>3590.47</v>
       </c>
       <c r="J6" s="8">
         <v>15.76</v>
       </c>
       <c r="K6" s="8">
         <v>3539.64</v>
       </c>
       <c r="L6" s="8">
         <v>33.31</v>
       </c>
       <c r="M6" s="8">
         <v>3679.46</v>
       </c>
       <c r="N6" s="8">
         <v>45.45</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>2025</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D7" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E7" s="8">
         <v>32404.94</v>
       </c>
       <c r="F7" s="8">
         <v>14.71</v>
       </c>
       <c r="G7" s="8">
         <v>5298.72</v>
       </c>
       <c r="H7" s="8">
         <v>19.46</v>
       </c>
       <c r="I7" s="8">
         <v>4146.4399999999996</v>
       </c>
       <c r="J7" s="8">
         <v>15.58</v>
       </c>
       <c r="K7" s="8">
         <v>3809.31</v>
       </c>
       <c r="L7" s="8">
         <v>33.79</v>
       </c>
       <c r="M7" s="8">
         <v>3520.84</v>
       </c>
       <c r="N7" s="8">
         <v>46.43</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>2025</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D8" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E8" s="8">
         <v>27894.9</v>
       </c>
       <c r="F8" s="8">
         <v>14.78</v>
       </c>
       <c r="G8" s="8">
         <v>4941.7</v>
       </c>
       <c r="H8" s="8">
         <v>19.73</v>
       </c>
       <c r="I8" s="8">
         <v>3322.9</v>
       </c>
       <c r="J8" s="8">
         <v>16.02</v>
       </c>
       <c r="K8" s="8">
         <v>3715.72</v>
       </c>
       <c r="L8" s="8">
         <v>34.21</v>
       </c>
       <c r="M8" s="8">
         <v>3451.24</v>
       </c>
       <c r="N8" s="8">
         <v>45.55</v>
       </c>
     </row>
-    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>2025</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D9" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E9" s="8">
         <v>23706.21</v>
       </c>
       <c r="F9" s="8">
         <v>14.64</v>
       </c>
       <c r="G9" s="8">
         <v>4670.78</v>
       </c>
       <c r="H9" s="8">
         <v>19.68</v>
       </c>
       <c r="I9" s="8">
         <v>3149.49</v>
       </c>
       <c r="J9" s="8">
         <v>15.98</v>
       </c>
       <c r="K9" s="8">
         <v>3560.81</v>
       </c>
       <c r="L9" s="8">
         <v>34.299999999999997</v>
       </c>
       <c r="M9" s="8">
         <v>3237.13</v>
       </c>
       <c r="N9" s="8">
         <v>45.43</v>
       </c>
     </row>
-    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>2025</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D10" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E10" s="8">
         <v>24930.39</v>
       </c>
       <c r="F10" s="8">
         <v>14.71</v>
       </c>
       <c r="G10" s="8">
         <v>4969.7299999999996</v>
       </c>
       <c r="H10" s="8">
         <v>20.02</v>
       </c>
       <c r="I10" s="8">
         <v>3507.85</v>
       </c>
       <c r="J10" s="8">
         <v>16.11</v>
       </c>
       <c r="K10" s="8">
         <v>3984.85</v>
       </c>
       <c r="L10" s="8">
         <v>34.71</v>
       </c>
       <c r="M10" s="8">
         <v>3201.75</v>
       </c>
       <c r="N10" s="8">
         <v>45.69</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>2025</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C11" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D11" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E11" s="8">
         <v>24675.63</v>
       </c>
       <c r="F11" s="8">
         <v>14.64</v>
       </c>
       <c r="G11" s="8">
         <v>4852.25</v>
       </c>
       <c r="H11" s="8">
         <v>21.53</v>
       </c>
       <c r="I11" s="8">
         <v>3563.86</v>
       </c>
       <c r="J11" s="8">
         <v>17.77</v>
       </c>
       <c r="K11" s="8">
         <v>3750.13</v>
       </c>
       <c r="L11" s="8">
         <v>34.82</v>
       </c>
       <c r="M11" s="8">
         <v>3182.4</v>
       </c>
       <c r="N11" s="8">
         <v>45.12</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>2025</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C12" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D12" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E12" s="8">
         <v>27551.55</v>
       </c>
       <c r="F12" s="8">
         <v>14.52</v>
       </c>
       <c r="G12" s="8">
         <v>4851.82</v>
       </c>
       <c r="H12" s="8">
         <v>20.07</v>
       </c>
       <c r="I12" s="8">
         <v>3263.1</v>
       </c>
       <c r="J12" s="8">
         <v>16.190000000000001</v>
       </c>
       <c r="K12" s="8">
         <v>3783.72</v>
       </c>
       <c r="L12" s="8">
         <v>34.6</v>
       </c>
       <c r="M12" s="8">
         <v>3519.12</v>
       </c>
       <c r="N12" s="8">
         <v>46.16</v>
       </c>
     </row>
-    <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>2025</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D13" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E13" s="8">
         <v>28860.5</v>
       </c>
       <c r="F13" s="8">
         <v>14.06</v>
       </c>
       <c r="G13" s="8">
         <v>5248.14</v>
       </c>
       <c r="H13" s="8">
         <v>20.399999999999999</v>
       </c>
       <c r="I13" s="8">
         <v>3614.29</v>
       </c>
       <c r="J13" s="8">
         <v>16.39</v>
       </c>
       <c r="K13" s="8">
         <v>3699.11</v>
       </c>
       <c r="L13" s="8">
         <v>34.51</v>
       </c>
       <c r="M13" s="8">
         <v>3531</v>
       </c>
       <c r="N13" s="8">
         <v>45.95</v>
       </c>
     </row>
-    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>2025</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E14" s="8">
         <v>28884.97</v>
       </c>
       <c r="F14" s="8">
         <v>13.21</v>
       </c>
       <c r="G14" s="8">
         <v>4777.3999999999996</v>
       </c>
       <c r="H14" s="8">
         <v>20.23</v>
       </c>
       <c r="I14" s="8">
         <v>3210.73</v>
       </c>
       <c r="J14" s="8">
         <v>16.21</v>
       </c>
       <c r="K14" s="8">
         <v>3629.33</v>
       </c>
       <c r="L14" s="8">
         <v>34.61</v>
       </c>
       <c r="M14" s="8">
         <v>2979.76</v>
       </c>
       <c r="N14" s="8">
         <v>46.28</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>2025</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>110</v>
       </c>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
     </row>
-    <row r="16" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="33" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="36" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="36"/>
       <c r="L33" s="36"/>
       <c r="M33" s="36"/>
       <c r="N33" s="36"/>
     </row>
-    <row r="34" spans="1:14" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:14" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="37" t="s">
         <v>0</v>
       </c>
       <c r="B34" s="38"/>
       <c r="C34" s="30" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="32"/>
       <c r="E34" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="32"/>
       <c r="G34" s="30" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="32"/>
       <c r="I34" s="30" t="s">
         <v>23</v>
       </c>
       <c r="J34" s="32"/>
       <c r="K34" s="30" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="32"/>
       <c r="M34" s="30" t="s">
         <v>25</v>
       </c>
       <c r="N34" s="32"/>
     </row>
-    <row r="35" spans="1:14" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:14" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B35" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="N35" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="7">
         <v>2025</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="8">
         <v>1308.5999999999999</v>
       </c>
       <c r="D36" s="8">
         <v>230.83</v>
       </c>
       <c r="E36" s="8">
         <v>2382.31</v>
       </c>
       <c r="F36" s="8">
         <v>51.5</v>
       </c>
       <c r="G36" s="8">
         <v>470.25</v>
       </c>
       <c r="H36" s="8">
         <v>121.34</v>
       </c>
       <c r="I36" s="8">
         <v>122.29</v>
       </c>
       <c r="J36" s="8">
         <v>139.65</v>
       </c>
       <c r="K36" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L36" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M36" s="8">
         <v>777.98</v>
       </c>
       <c r="N36" s="8">
         <v>118.85</v>
       </c>
     </row>
-    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7">
         <v>2025</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="8">
         <v>1235.55</v>
       </c>
       <c r="D37" s="8">
         <v>226.02</v>
       </c>
       <c r="E37" s="8">
         <v>2203.42</v>
       </c>
       <c r="F37" s="8">
         <v>52.65</v>
       </c>
       <c r="G37" s="8">
         <v>583.91</v>
       </c>
       <c r="H37" s="8">
         <v>116.22</v>
       </c>
       <c r="I37" s="8">
         <v>93.38</v>
       </c>
       <c r="J37" s="8">
         <v>142.82</v>
       </c>
       <c r="K37" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L37" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M37" s="8">
         <v>792.12</v>
       </c>
       <c r="N37" s="8">
         <v>120.61</v>
       </c>
     </row>
-    <row r="38" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7">
         <v>2025</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="8">
         <v>1412.16</v>
       </c>
       <c r="D38" s="8">
         <v>212.83</v>
       </c>
       <c r="E38" s="8">
         <v>2319.79</v>
       </c>
       <c r="F38" s="8">
         <v>52.64</v>
       </c>
       <c r="G38" s="8">
         <v>592.1</v>
       </c>
       <c r="H38" s="8">
         <v>115.99</v>
       </c>
       <c r="I38" s="8">
         <v>83.22</v>
       </c>
       <c r="J38" s="8">
         <v>143.58000000000001</v>
       </c>
       <c r="K38" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L38" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M38" s="8">
         <v>826.15</v>
       </c>
       <c r="N38" s="8">
         <v>118.18</v>
       </c>
     </row>
-    <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="7">
         <v>2025</v>
       </c>
       <c r="B39" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="8">
         <v>1602.18</v>
       </c>
       <c r="D39" s="8">
         <v>208.29</v>
       </c>
       <c r="E39" s="8">
         <v>2663.16</v>
       </c>
       <c r="F39" s="8">
         <v>52.73</v>
       </c>
       <c r="G39" s="8">
         <v>592.41999999999996</v>
       </c>
       <c r="H39" s="8">
         <v>115.51</v>
       </c>
       <c r="I39" s="8">
         <v>117.32</v>
       </c>
       <c r="J39" s="8">
         <v>144.91</v>
       </c>
       <c r="K39" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L39" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M39" s="8">
         <v>825.09</v>
       </c>
       <c r="N39" s="8">
         <v>120.63</v>
       </c>
     </row>
-    <row r="40" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="7">
         <v>2025</v>
       </c>
       <c r="B40" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="8">
         <v>1208.8</v>
       </c>
       <c r="D40" s="8">
         <v>206.73</v>
       </c>
       <c r="E40" s="8">
         <v>2572.14</v>
       </c>
       <c r="F40" s="8">
         <v>52.53</v>
       </c>
       <c r="G40" s="8">
         <v>677.65</v>
       </c>
       <c r="H40" s="8">
         <v>113.32</v>
       </c>
       <c r="I40" s="8">
         <v>98.65</v>
       </c>
       <c r="J40" s="8">
         <v>143.78</v>
       </c>
       <c r="K40" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L40" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M40" s="8">
         <v>898.35</v>
       </c>
       <c r="N40" s="8">
         <v>119.89</v>
       </c>
     </row>
-    <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="7">
         <v>2025</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="8">
         <v>1176.33</v>
       </c>
       <c r="D41" s="8">
         <v>201.82</v>
       </c>
       <c r="E41" s="8">
         <v>2608.19</v>
       </c>
       <c r="F41" s="8">
         <v>53.66</v>
       </c>
       <c r="G41" s="8">
         <v>610.4</v>
       </c>
       <c r="H41" s="8">
         <v>113.14</v>
       </c>
       <c r="I41" s="8">
         <v>115.84</v>
       </c>
       <c r="J41" s="8">
         <v>146.24</v>
       </c>
       <c r="K41" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L41" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M41" s="8">
         <v>693.91</v>
       </c>
       <c r="N41" s="8">
         <v>121.24</v>
       </c>
     </row>
-    <row r="42" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="7">
         <v>2025</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="8">
         <v>1420.26</v>
       </c>
       <c r="D42" s="8">
         <v>204.31</v>
       </c>
       <c r="E42" s="8">
         <v>2664.25</v>
       </c>
       <c r="F42" s="8">
         <v>54.77</v>
       </c>
       <c r="G42" s="8">
         <v>547.1</v>
       </c>
       <c r="H42" s="8">
         <v>113.72</v>
       </c>
       <c r="I42" s="8">
         <v>90.74</v>
       </c>
       <c r="J42" s="8">
         <v>144.34</v>
       </c>
       <c r="K42" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L42" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M42" s="8">
         <v>721.39</v>
       </c>
       <c r="N42" s="8">
         <v>122.05</v>
       </c>
     </row>
-    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>2025</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="8">
         <v>1534.31</v>
       </c>
       <c r="D43" s="8">
         <v>205.47</v>
       </c>
       <c r="E43" s="8">
         <v>2576.58</v>
       </c>
       <c r="F43" s="8">
         <v>54.04</v>
       </c>
       <c r="G43" s="8">
         <v>583.53</v>
       </c>
       <c r="H43" s="8">
         <v>111.76</v>
       </c>
       <c r="I43" s="8">
         <v>118.91</v>
       </c>
       <c r="J43" s="8">
         <v>144.9</v>
       </c>
       <c r="K43" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L43" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M43" s="8">
         <v>775.4</v>
       </c>
       <c r="N43" s="8">
         <v>119.89</v>
       </c>
     </row>
-    <row r="44" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="7">
         <v>2025</v>
       </c>
       <c r="B44" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="8">
         <v>1503.91</v>
       </c>
       <c r="D44" s="8">
         <v>207.15</v>
       </c>
       <c r="E44" s="8">
         <v>2491.31</v>
       </c>
       <c r="F44" s="8">
         <v>53.8</v>
       </c>
       <c r="G44" s="8">
         <v>622.16999999999996</v>
       </c>
       <c r="H44" s="8">
         <v>110.87</v>
       </c>
       <c r="I44" s="8">
         <v>100.08</v>
       </c>
       <c r="J44" s="8">
         <v>144.24</v>
       </c>
       <c r="K44" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L44" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M44" s="8">
         <v>754.36</v>
       </c>
       <c r="N44" s="8">
         <v>124.42</v>
       </c>
     </row>
-    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="7">
         <v>2025</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="8">
         <v>1820.76</v>
       </c>
       <c r="D45" s="8">
         <v>195.3</v>
       </c>
       <c r="E45" s="8">
         <v>2643.53</v>
       </c>
       <c r="F45" s="8">
         <v>52.69</v>
       </c>
       <c r="G45" s="8">
         <v>622.5</v>
       </c>
       <c r="H45" s="8">
         <v>101.05</v>
       </c>
       <c r="I45" s="8">
         <v>100.45</v>
       </c>
       <c r="J45" s="8">
         <v>144.38</v>
       </c>
       <c r="K45" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L45" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M45" s="8">
         <v>918.11</v>
       </c>
       <c r="N45" s="8">
         <v>124.03</v>
       </c>
     </row>
-    <row r="46" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="7">
         <v>2025</v>
       </c>
       <c r="B46" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C46" s="8">
         <v>1528.65</v>
       </c>
       <c r="D46" s="8">
         <v>183.35</v>
       </c>
       <c r="E46" s="8">
         <v>2270.56</v>
       </c>
       <c r="F46" s="8">
         <v>52.87</v>
       </c>
       <c r="G46" s="8">
         <v>836.59</v>
       </c>
       <c r="H46" s="8">
         <v>86.12</v>
       </c>
       <c r="I46" s="8">
         <v>127.64</v>
       </c>
       <c r="J46" s="8">
         <v>135.55000000000001</v>
       </c>
       <c r="K46" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L46" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M46" s="8">
         <v>758.99</v>
       </c>
       <c r="N46" s="8">
         <v>125.24</v>
       </c>
     </row>
-    <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7">
         <v>2025</v>
       </c>
       <c r="B47" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
       <c r="E47" s="8"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="8"/>
       <c r="I47" s="8"/>
       <c r="J47" s="8"/>
       <c r="K47" s="28" t="s">
         <v>110</v>
       </c>
       <c r="L47" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M47" s="8"/>
       <c r="N47" s="8"/>
     </row>
-    <row r="48" spans="1:14" s="11" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:14" s="11" customFormat="1" ht="10" x14ac:dyDescent="0.2">
       <c r="A48" s="11" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="49" spans="1:8" s="11" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:8" s="11" customFormat="1" ht="10" x14ac:dyDescent="0.2">
       <c r="A49" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="50" spans="1:8" s="11" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:8" s="11" customFormat="1" ht="10" x14ac:dyDescent="0.2">
       <c r="A50" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="64" spans="1:8" s="15" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:8" s="15" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="36" t="s">
         <v>95</v>
       </c>
       <c r="B64" s="36"/>
       <c r="C64" s="36"/>
       <c r="D64" s="36"/>
       <c r="E64" s="36"/>
       <c r="F64" s="36"/>
       <c r="G64" s="36"/>
       <c r="H64" s="36"/>
     </row>
-    <row r="65" spans="1:15" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:15" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="37" t="s">
         <v>0</v>
       </c>
       <c r="B65" s="38"/>
       <c r="C65" s="30" t="s">
         <v>26</v>
       </c>
       <c r="D65" s="32"/>
       <c r="E65" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F65" s="32"/>
       <c r="G65" s="30" t="s">
         <v>28</v>
       </c>
       <c r="H65" s="32"/>
       <c r="I65" s="10"/>
       <c r="J65" s="10"/>
       <c r="K65" s="10"/>
       <c r="L65" s="10"/>
       <c r="M65" s="10"/>
       <c r="N65" s="10"/>
     </row>
-    <row r="66" spans="1:15" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:15" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B66" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I66" s="10"/>
       <c r="J66" s="10"/>
       <c r="K66" s="10"/>
       <c r="L66" s="10"/>
       <c r="M66" s="10"/>
       <c r="N66" s="10"/>
     </row>
-    <row r="67" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="7">
         <v>2025</v>
       </c>
       <c r="B67" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>78</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E67" s="8">
         <v>647.73</v>
       </c>
       <c r="F67" s="8">
         <v>112.54</v>
       </c>
       <c r="G67" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H67" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I67" s="4"/>
       <c r="J67" s="4"/>
       <c r="K67" s="4"/>
       <c r="L67" s="4"/>
       <c r="M67" s="4"/>
       <c r="N67" s="4"/>
       <c r="O67" s="4"/>
     </row>
-    <row r="68" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="7">
         <v>2025</v>
       </c>
       <c r="B68" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C68" s="8">
         <v>1054.43</v>
       </c>
       <c r="D68" s="8">
         <v>67.66</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F68" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G68" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H68" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I68" s="4"/>
       <c r="J68" s="4"/>
       <c r="K68" s="4"/>
       <c r="L68" s="4"/>
       <c r="M68" s="4"/>
       <c r="N68" s="4"/>
       <c r="O68" s="4"/>
     </row>
-    <row r="69" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="7">
         <v>2025</v>
       </c>
       <c r="B69" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C69" s="8">
         <v>1302.21</v>
       </c>
       <c r="D69" s="8">
         <v>67.010000000000005</v>
       </c>
       <c r="E69" s="8">
         <v>699.01</v>
       </c>
       <c r="F69" s="8">
         <v>116.06</v>
       </c>
       <c r="G69" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H69" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I69" s="4"/>
       <c r="J69" s="4"/>
       <c r="K69" s="4"/>
       <c r="L69" s="4"/>
       <c r="M69" s="4"/>
       <c r="N69" s="4"/>
       <c r="O69" s="4"/>
     </row>
-    <row r="70" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="7">
         <v>2025</v>
       </c>
       <c r="B70" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C70" s="8">
         <v>1007.57</v>
       </c>
       <c r="D70" s="8">
         <v>66.13</v>
       </c>
       <c r="E70" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F70" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G70" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H70" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I70" s="4"/>
       <c r="J70" s="4"/>
       <c r="K70" s="4"/>
       <c r="L70" s="4"/>
       <c r="M70" s="4"/>
       <c r="N70" s="4"/>
       <c r="O70" s="4"/>
     </row>
-    <row r="71" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="7">
         <v>2025</v>
       </c>
       <c r="B71" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C71" s="8">
         <v>1412.09</v>
       </c>
       <c r="D71" s="8">
         <v>64.67</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F71" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G71" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H71" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I71" s="4"/>
       <c r="J71" s="4"/>
       <c r="K71" s="4"/>
       <c r="L71" s="4"/>
       <c r="M71" s="4"/>
       <c r="N71" s="4"/>
       <c r="O71" s="4"/>
     </row>
-    <row r="72" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="7">
         <v>2025</v>
       </c>
       <c r="B72" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C72" s="8">
         <v>1368.25</v>
       </c>
       <c r="D72" s="8">
         <v>63.52</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F72" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G72" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H72" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I72" s="4"/>
       <c r="J72" s="4"/>
       <c r="K72" s="4"/>
       <c r="L72" s="4"/>
       <c r="M72" s="4"/>
       <c r="N72" s="4"/>
       <c r="O72" s="4"/>
     </row>
-    <row r="73" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="7">
         <v>2025</v>
       </c>
       <c r="B73" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C73" s="8">
         <v>846.19</v>
       </c>
       <c r="D73" s="8">
         <v>63.67</v>
       </c>
       <c r="E73" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F73" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G73" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H73" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I73" s="4"/>
       <c r="J73" s="4"/>
       <c r="K73" s="4"/>
       <c r="L73" s="4"/>
       <c r="M73" s="4"/>
       <c r="N73" s="4"/>
       <c r="O73" s="4"/>
     </row>
-    <row r="74" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="7">
         <v>2025</v>
       </c>
       <c r="B74" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C74" s="8">
         <v>1014.16</v>
       </c>
       <c r="D74" s="8">
         <v>63.18</v>
       </c>
       <c r="E74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G74" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H74" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I74" s="4"/>
       <c r="J74" s="4"/>
       <c r="K74" s="4"/>
       <c r="L74" s="4"/>
       <c r="M74" s="4"/>
       <c r="N74" s="4"/>
       <c r="O74" s="4"/>
     </row>
-    <row r="75" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="7">
         <v>2025</v>
       </c>
       <c r="B75" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C75" s="8">
         <v>1223.5999999999999</v>
       </c>
       <c r="D75" s="8">
         <v>62.99</v>
       </c>
       <c r="E75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G75" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H75" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I75" s="4"/>
       <c r="J75" s="4"/>
       <c r="K75" s="4"/>
       <c r="L75" s="4"/>
       <c r="M75" s="4"/>
       <c r="N75" s="4"/>
       <c r="O75" s="4"/>
     </row>
-    <row r="76" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="7">
         <v>2025</v>
       </c>
       <c r="B76" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C76" s="8">
         <v>1005.54</v>
       </c>
       <c r="D76" s="8">
         <v>61.55</v>
       </c>
       <c r="E76" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F76" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G76" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H76" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I76" s="4"/>
       <c r="J76" s="4"/>
       <c r="K76" s="4"/>
       <c r="L76" s="4"/>
       <c r="M76" s="4"/>
       <c r="N76" s="4"/>
       <c r="O76" s="4"/>
     </row>
-    <row r="77" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="7">
         <v>2025</v>
       </c>
       <c r="B77" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C77" s="8">
         <v>980.89</v>
       </c>
       <c r="D77" s="8">
         <v>56.43</v>
       </c>
       <c r="E77" s="8">
         <v>421.8</v>
       </c>
       <c r="F77" s="8">
         <v>109.1</v>
       </c>
       <c r="G77" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H77" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I77" s="4"/>
       <c r="J77" s="4"/>
       <c r="K77" s="4"/>
       <c r="L77" s="4"/>
       <c r="M77" s="4"/>
       <c r="N77" s="4"/>
       <c r="O77" s="4"/>
     </row>
-    <row r="78" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="7">
         <v>2025</v>
       </c>
       <c r="B78" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C78" s="8"/>
       <c r="D78" s="8"/>
       <c r="E78" s="8"/>
       <c r="F78" s="8"/>
       <c r="G78" s="28" t="s">
         <v>110</v>
       </c>
       <c r="H78" s="28" t="s">
         <v>110</v>
       </c>
       <c r="I78" s="4"/>
       <c r="J78" s="4"/>
       <c r="K78" s="4"/>
       <c r="L78" s="4"/>
       <c r="M78" s="4"/>
       <c r="N78" s="4"/>
       <c r="O78" s="4"/>
     </row>
-    <row r="79" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:15" ht="14" x14ac:dyDescent="0.25">
       <c r="A79" s="11" t="s">
         <v>90</v>
       </c>
       <c r="I79" s="4"/>
       <c r="J79" s="4"/>
       <c r="K79" s="4"/>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
     </row>
-    <row r="80" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:15" ht="14" x14ac:dyDescent="0.25">
       <c r="A80" s="11" t="s">
         <v>111</v>
       </c>
       <c r="I80" s="4"/>
       <c r="J80" s="4"/>
       <c r="K80" s="4"/>
       <c r="L80" s="4"/>
       <c r="M80" s="4"/>
       <c r="N80" s="4"/>
       <c r="O80" s="4"/>
     </row>
-    <row r="81" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:15" ht="14" x14ac:dyDescent="0.25">
       <c r="A81" s="11" t="s">
         <v>93</v>
       </c>
       <c r="I81" s="4"/>
       <c r="J81" s="4"/>
       <c r="K81" s="4"/>
       <c r="L81" s="4"/>
       <c r="M81" s="4"/>
       <c r="N81" s="4"/>
       <c r="O81" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="A64:H64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:L34"/>
+    <mergeCell ref="M34:N34"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="M2:N2"/>
-    <mergeCell ref="A33:N33"/>
-[...11 lines deleted...]
-    <mergeCell ref="G65:H65"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.17" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19FEBF7D-5A1E-492F-A6DD-DDCD353A0C0B}">
   <dimension ref="A2:Q100"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A17" sqref="A17:A18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" style="10" customWidth="1"/>
     <col min="2" max="2" width="8" style="10" customWidth="1"/>
-    <col min="3" max="4" width="8.7109375" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="8.7109375" style="10" customWidth="1"/>
+    <col min="3" max="4" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="7.81640625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="6.7265625" style="10" customWidth="1"/>
+    <col min="7" max="7" width="7.81640625" style="10" customWidth="1"/>
+    <col min="8" max="8" width="8.7265625" style="10" customWidth="1"/>
     <col min="9" max="9" width="11" style="10" customWidth="1"/>
-    <col min="10" max="10" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="18" max="256" width="9.140625" style="10"/>
+    <col min="10" max="10" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11" max="12" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13" max="14" width="7.54296875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="6.7265625" style="10" customWidth="1"/>
+    <col min="17" max="17" width="8.7265625" style="10" customWidth="1"/>
+    <col min="18" max="256" width="9.1796875" style="10"/>
     <col min="257" max="257" width="6" style="10" customWidth="1"/>
     <col min="258" max="258" width="8" style="10" customWidth="1"/>
-    <col min="259" max="261" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="264" max="264" width="8.7109375" style="10" customWidth="1"/>
+    <col min="259" max="261" width="8.7265625" style="10" customWidth="1"/>
+    <col min="262" max="262" width="7.453125" style="10" customWidth="1"/>
+    <col min="263" max="263" width="7.81640625" style="10" customWidth="1"/>
+    <col min="264" max="264" width="8.7265625" style="10" customWidth="1"/>
     <col min="265" max="265" width="11" style="10" customWidth="1"/>
-    <col min="266" max="266" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="274" max="512" width="9.140625" style="10"/>
+    <col min="266" max="266" width="12.54296875" style="10" customWidth="1"/>
+    <col min="267" max="268" width="8.7265625" style="10" customWidth="1"/>
+    <col min="269" max="270" width="7.54296875" style="10" customWidth="1"/>
+    <col min="271" max="271" width="8.7265625" style="10" customWidth="1"/>
+    <col min="272" max="272" width="6.7265625" style="10" customWidth="1"/>
+    <col min="273" max="273" width="8.7265625" style="10" customWidth="1"/>
+    <col min="274" max="512" width="9.1796875" style="10"/>
     <col min="513" max="513" width="6" style="10" customWidth="1"/>
     <col min="514" max="514" width="8" style="10" customWidth="1"/>
-    <col min="515" max="517" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="520" max="520" width="8.7109375" style="10" customWidth="1"/>
+    <col min="515" max="517" width="8.7265625" style="10" customWidth="1"/>
+    <col min="518" max="518" width="7.453125" style="10" customWidth="1"/>
+    <col min="519" max="519" width="7.81640625" style="10" customWidth="1"/>
+    <col min="520" max="520" width="8.7265625" style="10" customWidth="1"/>
     <col min="521" max="521" width="11" style="10" customWidth="1"/>
-    <col min="522" max="522" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="530" max="768" width="9.140625" style="10"/>
+    <col min="522" max="522" width="12.54296875" style="10" customWidth="1"/>
+    <col min="523" max="524" width="8.7265625" style="10" customWidth="1"/>
+    <col min="525" max="526" width="7.54296875" style="10" customWidth="1"/>
+    <col min="527" max="527" width="8.7265625" style="10" customWidth="1"/>
+    <col min="528" max="528" width="6.7265625" style="10" customWidth="1"/>
+    <col min="529" max="529" width="8.7265625" style="10" customWidth="1"/>
+    <col min="530" max="768" width="9.1796875" style="10"/>
     <col min="769" max="769" width="6" style="10" customWidth="1"/>
     <col min="770" max="770" width="8" style="10" customWidth="1"/>
-    <col min="771" max="773" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="776" max="776" width="8.7109375" style="10" customWidth="1"/>
+    <col min="771" max="773" width="8.7265625" style="10" customWidth="1"/>
+    <col min="774" max="774" width="7.453125" style="10" customWidth="1"/>
+    <col min="775" max="775" width="7.81640625" style="10" customWidth="1"/>
+    <col min="776" max="776" width="8.7265625" style="10" customWidth="1"/>
     <col min="777" max="777" width="11" style="10" customWidth="1"/>
-    <col min="778" max="778" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="786" max="1024" width="9.140625" style="10"/>
+    <col min="778" max="778" width="12.54296875" style="10" customWidth="1"/>
+    <col min="779" max="780" width="8.7265625" style="10" customWidth="1"/>
+    <col min="781" max="782" width="7.54296875" style="10" customWidth="1"/>
+    <col min="783" max="783" width="8.7265625" style="10" customWidth="1"/>
+    <col min="784" max="784" width="6.7265625" style="10" customWidth="1"/>
+    <col min="785" max="785" width="8.7265625" style="10" customWidth="1"/>
+    <col min="786" max="1024" width="9.1796875" style="10"/>
     <col min="1025" max="1025" width="6" style="10" customWidth="1"/>
     <col min="1026" max="1026" width="8" style="10" customWidth="1"/>
-    <col min="1027" max="1029" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="1032" max="1032" width="8.7109375" style="10" customWidth="1"/>
+    <col min="1027" max="1029" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1030" max="1030" width="7.453125" style="10" customWidth="1"/>
+    <col min="1031" max="1031" width="7.81640625" style="10" customWidth="1"/>
+    <col min="1032" max="1032" width="8.7265625" style="10" customWidth="1"/>
     <col min="1033" max="1033" width="11" style="10" customWidth="1"/>
-    <col min="1034" max="1034" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1042" max="1280" width="9.140625" style="10"/>
+    <col min="1034" max="1034" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1035" max="1036" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1037" max="1038" width="7.54296875" style="10" customWidth="1"/>
+    <col min="1039" max="1039" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1040" max="1040" width="6.7265625" style="10" customWidth="1"/>
+    <col min="1041" max="1041" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1042" max="1280" width="9.1796875" style="10"/>
     <col min="1281" max="1281" width="6" style="10" customWidth="1"/>
     <col min="1282" max="1282" width="8" style="10" customWidth="1"/>
-    <col min="1283" max="1285" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="1288" max="1288" width="8.7109375" style="10" customWidth="1"/>
+    <col min="1283" max="1285" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1286" max="1286" width="7.453125" style="10" customWidth="1"/>
+    <col min="1287" max="1287" width="7.81640625" style="10" customWidth="1"/>
+    <col min="1288" max="1288" width="8.7265625" style="10" customWidth="1"/>
     <col min="1289" max="1289" width="11" style="10" customWidth="1"/>
-    <col min="1290" max="1290" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1298" max="1536" width="9.140625" style="10"/>
+    <col min="1290" max="1290" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1291" max="1292" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1293" max="1294" width="7.54296875" style="10" customWidth="1"/>
+    <col min="1295" max="1295" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1296" max="1296" width="6.7265625" style="10" customWidth="1"/>
+    <col min="1297" max="1297" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1298" max="1536" width="9.1796875" style="10"/>
     <col min="1537" max="1537" width="6" style="10" customWidth="1"/>
     <col min="1538" max="1538" width="8" style="10" customWidth="1"/>
-    <col min="1539" max="1541" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="1544" max="1544" width="8.7109375" style="10" customWidth="1"/>
+    <col min="1539" max="1541" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1542" max="1542" width="7.453125" style="10" customWidth="1"/>
+    <col min="1543" max="1543" width="7.81640625" style="10" customWidth="1"/>
+    <col min="1544" max="1544" width="8.7265625" style="10" customWidth="1"/>
     <col min="1545" max="1545" width="11" style="10" customWidth="1"/>
-    <col min="1546" max="1546" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1554" max="1792" width="9.140625" style="10"/>
+    <col min="1546" max="1546" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1547" max="1548" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1549" max="1550" width="7.54296875" style="10" customWidth="1"/>
+    <col min="1551" max="1551" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1552" max="1552" width="6.7265625" style="10" customWidth="1"/>
+    <col min="1553" max="1553" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1554" max="1792" width="9.1796875" style="10"/>
     <col min="1793" max="1793" width="6" style="10" customWidth="1"/>
     <col min="1794" max="1794" width="8" style="10" customWidth="1"/>
-    <col min="1795" max="1797" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="1800" max="1800" width="8.7109375" style="10" customWidth="1"/>
+    <col min="1795" max="1797" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1798" max="1798" width="7.453125" style="10" customWidth="1"/>
+    <col min="1799" max="1799" width="7.81640625" style="10" customWidth="1"/>
+    <col min="1800" max="1800" width="8.7265625" style="10" customWidth="1"/>
     <col min="1801" max="1801" width="11" style="10" customWidth="1"/>
-    <col min="1802" max="1802" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1810" max="2048" width="9.140625" style="10"/>
+    <col min="1802" max="1802" width="12.54296875" style="10" customWidth="1"/>
+    <col min="1803" max="1804" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1805" max="1806" width="7.54296875" style="10" customWidth="1"/>
+    <col min="1807" max="1807" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1808" max="1808" width="6.7265625" style="10" customWidth="1"/>
+    <col min="1809" max="1809" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1810" max="2048" width="9.1796875" style="10"/>
     <col min="2049" max="2049" width="6" style="10" customWidth="1"/>
     <col min="2050" max="2050" width="8" style="10" customWidth="1"/>
-    <col min="2051" max="2053" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="2056" max="2056" width="8.7109375" style="10" customWidth="1"/>
+    <col min="2051" max="2053" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2054" max="2054" width="7.453125" style="10" customWidth="1"/>
+    <col min="2055" max="2055" width="7.81640625" style="10" customWidth="1"/>
+    <col min="2056" max="2056" width="8.7265625" style="10" customWidth="1"/>
     <col min="2057" max="2057" width="11" style="10" customWidth="1"/>
-    <col min="2058" max="2058" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2066" max="2304" width="9.140625" style="10"/>
+    <col min="2058" max="2058" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2059" max="2060" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2061" max="2062" width="7.54296875" style="10" customWidth="1"/>
+    <col min="2063" max="2063" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2064" max="2064" width="6.7265625" style="10" customWidth="1"/>
+    <col min="2065" max="2065" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2066" max="2304" width="9.1796875" style="10"/>
     <col min="2305" max="2305" width="6" style="10" customWidth="1"/>
     <col min="2306" max="2306" width="8" style="10" customWidth="1"/>
-    <col min="2307" max="2309" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="2312" max="2312" width="8.7109375" style="10" customWidth="1"/>
+    <col min="2307" max="2309" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2310" max="2310" width="7.453125" style="10" customWidth="1"/>
+    <col min="2311" max="2311" width="7.81640625" style="10" customWidth="1"/>
+    <col min="2312" max="2312" width="8.7265625" style="10" customWidth="1"/>
     <col min="2313" max="2313" width="11" style="10" customWidth="1"/>
-    <col min="2314" max="2314" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2322" max="2560" width="9.140625" style="10"/>
+    <col min="2314" max="2314" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2315" max="2316" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2317" max="2318" width="7.54296875" style="10" customWidth="1"/>
+    <col min="2319" max="2319" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2320" max="2320" width="6.7265625" style="10" customWidth="1"/>
+    <col min="2321" max="2321" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2322" max="2560" width="9.1796875" style="10"/>
     <col min="2561" max="2561" width="6" style="10" customWidth="1"/>
     <col min="2562" max="2562" width="8" style="10" customWidth="1"/>
-    <col min="2563" max="2565" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="2568" max="2568" width="8.7109375" style="10" customWidth="1"/>
+    <col min="2563" max="2565" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2566" max="2566" width="7.453125" style="10" customWidth="1"/>
+    <col min="2567" max="2567" width="7.81640625" style="10" customWidth="1"/>
+    <col min="2568" max="2568" width="8.7265625" style="10" customWidth="1"/>
     <col min="2569" max="2569" width="11" style="10" customWidth="1"/>
-    <col min="2570" max="2570" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2578" max="2816" width="9.140625" style="10"/>
+    <col min="2570" max="2570" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2571" max="2572" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2573" max="2574" width="7.54296875" style="10" customWidth="1"/>
+    <col min="2575" max="2575" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2576" max="2576" width="6.7265625" style="10" customWidth="1"/>
+    <col min="2577" max="2577" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2578" max="2816" width="9.1796875" style="10"/>
     <col min="2817" max="2817" width="6" style="10" customWidth="1"/>
     <col min="2818" max="2818" width="8" style="10" customWidth="1"/>
-    <col min="2819" max="2821" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="2824" max="2824" width="8.7109375" style="10" customWidth="1"/>
+    <col min="2819" max="2821" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2822" max="2822" width="7.453125" style="10" customWidth="1"/>
+    <col min="2823" max="2823" width="7.81640625" style="10" customWidth="1"/>
+    <col min="2824" max="2824" width="8.7265625" style="10" customWidth="1"/>
     <col min="2825" max="2825" width="11" style="10" customWidth="1"/>
-    <col min="2826" max="2826" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2834" max="3072" width="9.140625" style="10"/>
+    <col min="2826" max="2826" width="12.54296875" style="10" customWidth="1"/>
+    <col min="2827" max="2828" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2829" max="2830" width="7.54296875" style="10" customWidth="1"/>
+    <col min="2831" max="2831" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2832" max="2832" width="6.7265625" style="10" customWidth="1"/>
+    <col min="2833" max="2833" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2834" max="3072" width="9.1796875" style="10"/>
     <col min="3073" max="3073" width="6" style="10" customWidth="1"/>
     <col min="3074" max="3074" width="8" style="10" customWidth="1"/>
-    <col min="3075" max="3077" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="3080" max="3080" width="8.7109375" style="10" customWidth="1"/>
+    <col min="3075" max="3077" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3078" max="3078" width="7.453125" style="10" customWidth="1"/>
+    <col min="3079" max="3079" width="7.81640625" style="10" customWidth="1"/>
+    <col min="3080" max="3080" width="8.7265625" style="10" customWidth="1"/>
     <col min="3081" max="3081" width="11" style="10" customWidth="1"/>
-    <col min="3082" max="3082" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3090" max="3328" width="9.140625" style="10"/>
+    <col min="3082" max="3082" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3083" max="3084" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3085" max="3086" width="7.54296875" style="10" customWidth="1"/>
+    <col min="3087" max="3087" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3088" max="3088" width="6.7265625" style="10" customWidth="1"/>
+    <col min="3089" max="3089" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3090" max="3328" width="9.1796875" style="10"/>
     <col min="3329" max="3329" width="6" style="10" customWidth="1"/>
     <col min="3330" max="3330" width="8" style="10" customWidth="1"/>
-    <col min="3331" max="3333" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="3336" max="3336" width="8.7109375" style="10" customWidth="1"/>
+    <col min="3331" max="3333" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3334" max="3334" width="7.453125" style="10" customWidth="1"/>
+    <col min="3335" max="3335" width="7.81640625" style="10" customWidth="1"/>
+    <col min="3336" max="3336" width="8.7265625" style="10" customWidth="1"/>
     <col min="3337" max="3337" width="11" style="10" customWidth="1"/>
-    <col min="3338" max="3338" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3346" max="3584" width="9.140625" style="10"/>
+    <col min="3338" max="3338" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3339" max="3340" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3341" max="3342" width="7.54296875" style="10" customWidth="1"/>
+    <col min="3343" max="3343" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3344" max="3344" width="6.7265625" style="10" customWidth="1"/>
+    <col min="3345" max="3345" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3346" max="3584" width="9.1796875" style="10"/>
     <col min="3585" max="3585" width="6" style="10" customWidth="1"/>
     <col min="3586" max="3586" width="8" style="10" customWidth="1"/>
-    <col min="3587" max="3589" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="3592" max="3592" width="8.7109375" style="10" customWidth="1"/>
+    <col min="3587" max="3589" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3590" max="3590" width="7.453125" style="10" customWidth="1"/>
+    <col min="3591" max="3591" width="7.81640625" style="10" customWidth="1"/>
+    <col min="3592" max="3592" width="8.7265625" style="10" customWidth="1"/>
     <col min="3593" max="3593" width="11" style="10" customWidth="1"/>
-    <col min="3594" max="3594" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3602" max="3840" width="9.140625" style="10"/>
+    <col min="3594" max="3594" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3595" max="3596" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3597" max="3598" width="7.54296875" style="10" customWidth="1"/>
+    <col min="3599" max="3599" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3600" max="3600" width="6.7265625" style="10" customWidth="1"/>
+    <col min="3601" max="3601" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3602" max="3840" width="9.1796875" style="10"/>
     <col min="3841" max="3841" width="6" style="10" customWidth="1"/>
     <col min="3842" max="3842" width="8" style="10" customWidth="1"/>
-    <col min="3843" max="3845" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="3848" max="3848" width="8.7109375" style="10" customWidth="1"/>
+    <col min="3843" max="3845" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3846" max="3846" width="7.453125" style="10" customWidth="1"/>
+    <col min="3847" max="3847" width="7.81640625" style="10" customWidth="1"/>
+    <col min="3848" max="3848" width="8.7265625" style="10" customWidth="1"/>
     <col min="3849" max="3849" width="11" style="10" customWidth="1"/>
-    <col min="3850" max="3850" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3858" max="4096" width="9.140625" style="10"/>
+    <col min="3850" max="3850" width="12.54296875" style="10" customWidth="1"/>
+    <col min="3851" max="3852" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3853" max="3854" width="7.54296875" style="10" customWidth="1"/>
+    <col min="3855" max="3855" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3856" max="3856" width="6.7265625" style="10" customWidth="1"/>
+    <col min="3857" max="3857" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3858" max="4096" width="9.1796875" style="10"/>
     <col min="4097" max="4097" width="6" style="10" customWidth="1"/>
     <col min="4098" max="4098" width="8" style="10" customWidth="1"/>
-    <col min="4099" max="4101" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4104" max="4104" width="8.7109375" style="10" customWidth="1"/>
+    <col min="4099" max="4101" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4102" max="4102" width="7.453125" style="10" customWidth="1"/>
+    <col min="4103" max="4103" width="7.81640625" style="10" customWidth="1"/>
+    <col min="4104" max="4104" width="8.7265625" style="10" customWidth="1"/>
     <col min="4105" max="4105" width="11" style="10" customWidth="1"/>
-    <col min="4106" max="4106" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4114" max="4352" width="9.140625" style="10"/>
+    <col min="4106" max="4106" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4107" max="4108" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4109" max="4110" width="7.54296875" style="10" customWidth="1"/>
+    <col min="4111" max="4111" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4112" max="4112" width="6.7265625" style="10" customWidth="1"/>
+    <col min="4113" max="4113" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4114" max="4352" width="9.1796875" style="10"/>
     <col min="4353" max="4353" width="6" style="10" customWidth="1"/>
     <col min="4354" max="4354" width="8" style="10" customWidth="1"/>
-    <col min="4355" max="4357" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4360" max="4360" width="8.7109375" style="10" customWidth="1"/>
+    <col min="4355" max="4357" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4358" max="4358" width="7.453125" style="10" customWidth="1"/>
+    <col min="4359" max="4359" width="7.81640625" style="10" customWidth="1"/>
+    <col min="4360" max="4360" width="8.7265625" style="10" customWidth="1"/>
     <col min="4361" max="4361" width="11" style="10" customWidth="1"/>
-    <col min="4362" max="4362" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4370" max="4608" width="9.140625" style="10"/>
+    <col min="4362" max="4362" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4363" max="4364" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4365" max="4366" width="7.54296875" style="10" customWidth="1"/>
+    <col min="4367" max="4367" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4368" max="4368" width="6.7265625" style="10" customWidth="1"/>
+    <col min="4369" max="4369" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4370" max="4608" width="9.1796875" style="10"/>
     <col min="4609" max="4609" width="6" style="10" customWidth="1"/>
     <col min="4610" max="4610" width="8" style="10" customWidth="1"/>
-    <col min="4611" max="4613" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4616" max="4616" width="8.7109375" style="10" customWidth="1"/>
+    <col min="4611" max="4613" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4614" max="4614" width="7.453125" style="10" customWidth="1"/>
+    <col min="4615" max="4615" width="7.81640625" style="10" customWidth="1"/>
+    <col min="4616" max="4616" width="8.7265625" style="10" customWidth="1"/>
     <col min="4617" max="4617" width="11" style="10" customWidth="1"/>
-    <col min="4618" max="4618" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4626" max="4864" width="9.140625" style="10"/>
+    <col min="4618" max="4618" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4619" max="4620" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4621" max="4622" width="7.54296875" style="10" customWidth="1"/>
+    <col min="4623" max="4623" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4624" max="4624" width="6.7265625" style="10" customWidth="1"/>
+    <col min="4625" max="4625" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4626" max="4864" width="9.1796875" style="10"/>
     <col min="4865" max="4865" width="6" style="10" customWidth="1"/>
     <col min="4866" max="4866" width="8" style="10" customWidth="1"/>
-    <col min="4867" max="4869" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4872" max="4872" width="8.7109375" style="10" customWidth="1"/>
+    <col min="4867" max="4869" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4870" max="4870" width="7.453125" style="10" customWidth="1"/>
+    <col min="4871" max="4871" width="7.81640625" style="10" customWidth="1"/>
+    <col min="4872" max="4872" width="8.7265625" style="10" customWidth="1"/>
     <col min="4873" max="4873" width="11" style="10" customWidth="1"/>
-    <col min="4874" max="4874" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4882" max="5120" width="9.140625" style="10"/>
+    <col min="4874" max="4874" width="12.54296875" style="10" customWidth="1"/>
+    <col min="4875" max="4876" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4877" max="4878" width="7.54296875" style="10" customWidth="1"/>
+    <col min="4879" max="4879" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4880" max="4880" width="6.7265625" style="10" customWidth="1"/>
+    <col min="4881" max="4881" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4882" max="5120" width="9.1796875" style="10"/>
     <col min="5121" max="5121" width="6" style="10" customWidth="1"/>
     <col min="5122" max="5122" width="8" style="10" customWidth="1"/>
-    <col min="5123" max="5125" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5128" max="5128" width="8.7109375" style="10" customWidth="1"/>
+    <col min="5123" max="5125" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5126" max="5126" width="7.453125" style="10" customWidth="1"/>
+    <col min="5127" max="5127" width="7.81640625" style="10" customWidth="1"/>
+    <col min="5128" max="5128" width="8.7265625" style="10" customWidth="1"/>
     <col min="5129" max="5129" width="11" style="10" customWidth="1"/>
-    <col min="5130" max="5130" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5138" max="5376" width="9.140625" style="10"/>
+    <col min="5130" max="5130" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5131" max="5132" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5133" max="5134" width="7.54296875" style="10" customWidth="1"/>
+    <col min="5135" max="5135" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5136" max="5136" width="6.7265625" style="10" customWidth="1"/>
+    <col min="5137" max="5137" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5138" max="5376" width="9.1796875" style="10"/>
     <col min="5377" max="5377" width="6" style="10" customWidth="1"/>
     <col min="5378" max="5378" width="8" style="10" customWidth="1"/>
-    <col min="5379" max="5381" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5384" max="5384" width="8.7109375" style="10" customWidth="1"/>
+    <col min="5379" max="5381" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5382" max="5382" width="7.453125" style="10" customWidth="1"/>
+    <col min="5383" max="5383" width="7.81640625" style="10" customWidth="1"/>
+    <col min="5384" max="5384" width="8.7265625" style="10" customWidth="1"/>
     <col min="5385" max="5385" width="11" style="10" customWidth="1"/>
-    <col min="5386" max="5386" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5394" max="5632" width="9.140625" style="10"/>
+    <col min="5386" max="5386" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5387" max="5388" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5389" max="5390" width="7.54296875" style="10" customWidth="1"/>
+    <col min="5391" max="5391" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5392" max="5392" width="6.7265625" style="10" customWidth="1"/>
+    <col min="5393" max="5393" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5394" max="5632" width="9.1796875" style="10"/>
     <col min="5633" max="5633" width="6" style="10" customWidth="1"/>
     <col min="5634" max="5634" width="8" style="10" customWidth="1"/>
-    <col min="5635" max="5637" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5640" max="5640" width="8.7109375" style="10" customWidth="1"/>
+    <col min="5635" max="5637" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5638" max="5638" width="7.453125" style="10" customWidth="1"/>
+    <col min="5639" max="5639" width="7.81640625" style="10" customWidth="1"/>
+    <col min="5640" max="5640" width="8.7265625" style="10" customWidth="1"/>
     <col min="5641" max="5641" width="11" style="10" customWidth="1"/>
-    <col min="5642" max="5642" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5650" max="5888" width="9.140625" style="10"/>
+    <col min="5642" max="5642" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5643" max="5644" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5645" max="5646" width="7.54296875" style="10" customWidth="1"/>
+    <col min="5647" max="5647" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5648" max="5648" width="6.7265625" style="10" customWidth="1"/>
+    <col min="5649" max="5649" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5650" max="5888" width="9.1796875" style="10"/>
     <col min="5889" max="5889" width="6" style="10" customWidth="1"/>
     <col min="5890" max="5890" width="8" style="10" customWidth="1"/>
-    <col min="5891" max="5893" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5896" max="5896" width="8.7109375" style="10" customWidth="1"/>
+    <col min="5891" max="5893" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5894" max="5894" width="7.453125" style="10" customWidth="1"/>
+    <col min="5895" max="5895" width="7.81640625" style="10" customWidth="1"/>
+    <col min="5896" max="5896" width="8.7265625" style="10" customWidth="1"/>
     <col min="5897" max="5897" width="11" style="10" customWidth="1"/>
-    <col min="5898" max="5898" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5906" max="6144" width="9.140625" style="10"/>
+    <col min="5898" max="5898" width="12.54296875" style="10" customWidth="1"/>
+    <col min="5899" max="5900" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5901" max="5902" width="7.54296875" style="10" customWidth="1"/>
+    <col min="5903" max="5903" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5904" max="5904" width="6.7265625" style="10" customWidth="1"/>
+    <col min="5905" max="5905" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5906" max="6144" width="9.1796875" style="10"/>
     <col min="6145" max="6145" width="6" style="10" customWidth="1"/>
     <col min="6146" max="6146" width="8" style="10" customWidth="1"/>
-    <col min="6147" max="6149" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6152" max="6152" width="8.7109375" style="10" customWidth="1"/>
+    <col min="6147" max="6149" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6150" max="6150" width="7.453125" style="10" customWidth="1"/>
+    <col min="6151" max="6151" width="7.81640625" style="10" customWidth="1"/>
+    <col min="6152" max="6152" width="8.7265625" style="10" customWidth="1"/>
     <col min="6153" max="6153" width="11" style="10" customWidth="1"/>
-    <col min="6154" max="6154" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6162" max="6400" width="9.140625" style="10"/>
+    <col min="6154" max="6154" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6155" max="6156" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6157" max="6158" width="7.54296875" style="10" customWidth="1"/>
+    <col min="6159" max="6159" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6160" max="6160" width="6.7265625" style="10" customWidth="1"/>
+    <col min="6161" max="6161" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6162" max="6400" width="9.1796875" style="10"/>
     <col min="6401" max="6401" width="6" style="10" customWidth="1"/>
     <col min="6402" max="6402" width="8" style="10" customWidth="1"/>
-    <col min="6403" max="6405" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6408" max="6408" width="8.7109375" style="10" customWidth="1"/>
+    <col min="6403" max="6405" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6406" max="6406" width="7.453125" style="10" customWidth="1"/>
+    <col min="6407" max="6407" width="7.81640625" style="10" customWidth="1"/>
+    <col min="6408" max="6408" width="8.7265625" style="10" customWidth="1"/>
     <col min="6409" max="6409" width="11" style="10" customWidth="1"/>
-    <col min="6410" max="6410" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6418" max="6656" width="9.140625" style="10"/>
+    <col min="6410" max="6410" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6411" max="6412" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6413" max="6414" width="7.54296875" style="10" customWidth="1"/>
+    <col min="6415" max="6415" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6416" max="6416" width="6.7265625" style="10" customWidth="1"/>
+    <col min="6417" max="6417" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6418" max="6656" width="9.1796875" style="10"/>
     <col min="6657" max="6657" width="6" style="10" customWidth="1"/>
     <col min="6658" max="6658" width="8" style="10" customWidth="1"/>
-    <col min="6659" max="6661" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6664" max="6664" width="8.7109375" style="10" customWidth="1"/>
+    <col min="6659" max="6661" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6662" max="6662" width="7.453125" style="10" customWidth="1"/>
+    <col min="6663" max="6663" width="7.81640625" style="10" customWidth="1"/>
+    <col min="6664" max="6664" width="8.7265625" style="10" customWidth="1"/>
     <col min="6665" max="6665" width="11" style="10" customWidth="1"/>
-    <col min="6666" max="6666" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6674" max="6912" width="9.140625" style="10"/>
+    <col min="6666" max="6666" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6667" max="6668" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6669" max="6670" width="7.54296875" style="10" customWidth="1"/>
+    <col min="6671" max="6671" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6672" max="6672" width="6.7265625" style="10" customWidth="1"/>
+    <col min="6673" max="6673" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6674" max="6912" width="9.1796875" style="10"/>
     <col min="6913" max="6913" width="6" style="10" customWidth="1"/>
     <col min="6914" max="6914" width="8" style="10" customWidth="1"/>
-    <col min="6915" max="6917" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6920" max="6920" width="8.7109375" style="10" customWidth="1"/>
+    <col min="6915" max="6917" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6918" max="6918" width="7.453125" style="10" customWidth="1"/>
+    <col min="6919" max="6919" width="7.81640625" style="10" customWidth="1"/>
+    <col min="6920" max="6920" width="8.7265625" style="10" customWidth="1"/>
     <col min="6921" max="6921" width="11" style="10" customWidth="1"/>
-    <col min="6922" max="6922" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6930" max="7168" width="9.140625" style="10"/>
+    <col min="6922" max="6922" width="12.54296875" style="10" customWidth="1"/>
+    <col min="6923" max="6924" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6925" max="6926" width="7.54296875" style="10" customWidth="1"/>
+    <col min="6927" max="6927" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6928" max="6928" width="6.7265625" style="10" customWidth="1"/>
+    <col min="6929" max="6929" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6930" max="7168" width="9.1796875" style="10"/>
     <col min="7169" max="7169" width="6" style="10" customWidth="1"/>
     <col min="7170" max="7170" width="8" style="10" customWidth="1"/>
-    <col min="7171" max="7173" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7176" max="7176" width="8.7109375" style="10" customWidth="1"/>
+    <col min="7171" max="7173" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7174" max="7174" width="7.453125" style="10" customWidth="1"/>
+    <col min="7175" max="7175" width="7.81640625" style="10" customWidth="1"/>
+    <col min="7176" max="7176" width="8.7265625" style="10" customWidth="1"/>
     <col min="7177" max="7177" width="11" style="10" customWidth="1"/>
-    <col min="7178" max="7178" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7186" max="7424" width="9.140625" style="10"/>
+    <col min="7178" max="7178" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7179" max="7180" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7181" max="7182" width="7.54296875" style="10" customWidth="1"/>
+    <col min="7183" max="7183" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7184" max="7184" width="6.7265625" style="10" customWidth="1"/>
+    <col min="7185" max="7185" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7186" max="7424" width="9.1796875" style="10"/>
     <col min="7425" max="7425" width="6" style="10" customWidth="1"/>
     <col min="7426" max="7426" width="8" style="10" customWidth="1"/>
-    <col min="7427" max="7429" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7432" max="7432" width="8.7109375" style="10" customWidth="1"/>
+    <col min="7427" max="7429" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7430" max="7430" width="7.453125" style="10" customWidth="1"/>
+    <col min="7431" max="7431" width="7.81640625" style="10" customWidth="1"/>
+    <col min="7432" max="7432" width="8.7265625" style="10" customWidth="1"/>
     <col min="7433" max="7433" width="11" style="10" customWidth="1"/>
-    <col min="7434" max="7434" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7442" max="7680" width="9.140625" style="10"/>
+    <col min="7434" max="7434" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7435" max="7436" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7437" max="7438" width="7.54296875" style="10" customWidth="1"/>
+    <col min="7439" max="7439" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7440" max="7440" width="6.7265625" style="10" customWidth="1"/>
+    <col min="7441" max="7441" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7442" max="7680" width="9.1796875" style="10"/>
     <col min="7681" max="7681" width="6" style="10" customWidth="1"/>
     <col min="7682" max="7682" width="8" style="10" customWidth="1"/>
-    <col min="7683" max="7685" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7688" max="7688" width="8.7109375" style="10" customWidth="1"/>
+    <col min="7683" max="7685" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7686" max="7686" width="7.453125" style="10" customWidth="1"/>
+    <col min="7687" max="7687" width="7.81640625" style="10" customWidth="1"/>
+    <col min="7688" max="7688" width="8.7265625" style="10" customWidth="1"/>
     <col min="7689" max="7689" width="11" style="10" customWidth="1"/>
-    <col min="7690" max="7690" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7698" max="7936" width="9.140625" style="10"/>
+    <col min="7690" max="7690" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7691" max="7692" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7693" max="7694" width="7.54296875" style="10" customWidth="1"/>
+    <col min="7695" max="7695" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7696" max="7696" width="6.7265625" style="10" customWidth="1"/>
+    <col min="7697" max="7697" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7698" max="7936" width="9.1796875" style="10"/>
     <col min="7937" max="7937" width="6" style="10" customWidth="1"/>
     <col min="7938" max="7938" width="8" style="10" customWidth="1"/>
-    <col min="7939" max="7941" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7944" max="7944" width="8.7109375" style="10" customWidth="1"/>
+    <col min="7939" max="7941" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7942" max="7942" width="7.453125" style="10" customWidth="1"/>
+    <col min="7943" max="7943" width="7.81640625" style="10" customWidth="1"/>
+    <col min="7944" max="7944" width="8.7265625" style="10" customWidth="1"/>
     <col min="7945" max="7945" width="11" style="10" customWidth="1"/>
-    <col min="7946" max="7946" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7954" max="8192" width="9.140625" style="10"/>
+    <col min="7946" max="7946" width="12.54296875" style="10" customWidth="1"/>
+    <col min="7947" max="7948" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7949" max="7950" width="7.54296875" style="10" customWidth="1"/>
+    <col min="7951" max="7951" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7952" max="7952" width="6.7265625" style="10" customWidth="1"/>
+    <col min="7953" max="7953" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7954" max="8192" width="9.1796875" style="10"/>
     <col min="8193" max="8193" width="6" style="10" customWidth="1"/>
     <col min="8194" max="8194" width="8" style="10" customWidth="1"/>
-    <col min="8195" max="8197" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8200" max="8200" width="8.7109375" style="10" customWidth="1"/>
+    <col min="8195" max="8197" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8198" max="8198" width="7.453125" style="10" customWidth="1"/>
+    <col min="8199" max="8199" width="7.81640625" style="10" customWidth="1"/>
+    <col min="8200" max="8200" width="8.7265625" style="10" customWidth="1"/>
     <col min="8201" max="8201" width="11" style="10" customWidth="1"/>
-    <col min="8202" max="8202" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8210" max="8448" width="9.140625" style="10"/>
+    <col min="8202" max="8202" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8203" max="8204" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8205" max="8206" width="7.54296875" style="10" customWidth="1"/>
+    <col min="8207" max="8207" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8208" max="8208" width="6.7265625" style="10" customWidth="1"/>
+    <col min="8209" max="8209" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8210" max="8448" width="9.1796875" style="10"/>
     <col min="8449" max="8449" width="6" style="10" customWidth="1"/>
     <col min="8450" max="8450" width="8" style="10" customWidth="1"/>
-    <col min="8451" max="8453" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8456" max="8456" width="8.7109375" style="10" customWidth="1"/>
+    <col min="8451" max="8453" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8454" max="8454" width="7.453125" style="10" customWidth="1"/>
+    <col min="8455" max="8455" width="7.81640625" style="10" customWidth="1"/>
+    <col min="8456" max="8456" width="8.7265625" style="10" customWidth="1"/>
     <col min="8457" max="8457" width="11" style="10" customWidth="1"/>
-    <col min="8458" max="8458" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8466" max="8704" width="9.140625" style="10"/>
+    <col min="8458" max="8458" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8459" max="8460" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8461" max="8462" width="7.54296875" style="10" customWidth="1"/>
+    <col min="8463" max="8463" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8464" max="8464" width="6.7265625" style="10" customWidth="1"/>
+    <col min="8465" max="8465" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8466" max="8704" width="9.1796875" style="10"/>
     <col min="8705" max="8705" width="6" style="10" customWidth="1"/>
     <col min="8706" max="8706" width="8" style="10" customWidth="1"/>
-    <col min="8707" max="8709" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8712" max="8712" width="8.7109375" style="10" customWidth="1"/>
+    <col min="8707" max="8709" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8710" max="8710" width="7.453125" style="10" customWidth="1"/>
+    <col min="8711" max="8711" width="7.81640625" style="10" customWidth="1"/>
+    <col min="8712" max="8712" width="8.7265625" style="10" customWidth="1"/>
     <col min="8713" max="8713" width="11" style="10" customWidth="1"/>
-    <col min="8714" max="8714" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8722" max="8960" width="9.140625" style="10"/>
+    <col min="8714" max="8714" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8715" max="8716" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8717" max="8718" width="7.54296875" style="10" customWidth="1"/>
+    <col min="8719" max="8719" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8720" max="8720" width="6.7265625" style="10" customWidth="1"/>
+    <col min="8721" max="8721" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8722" max="8960" width="9.1796875" style="10"/>
     <col min="8961" max="8961" width="6" style="10" customWidth="1"/>
     <col min="8962" max="8962" width="8" style="10" customWidth="1"/>
-    <col min="8963" max="8965" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8968" max="8968" width="8.7109375" style="10" customWidth="1"/>
+    <col min="8963" max="8965" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8966" max="8966" width="7.453125" style="10" customWidth="1"/>
+    <col min="8967" max="8967" width="7.81640625" style="10" customWidth="1"/>
+    <col min="8968" max="8968" width="8.7265625" style="10" customWidth="1"/>
     <col min="8969" max="8969" width="11" style="10" customWidth="1"/>
-    <col min="8970" max="8970" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8978" max="9216" width="9.140625" style="10"/>
+    <col min="8970" max="8970" width="12.54296875" style="10" customWidth="1"/>
+    <col min="8971" max="8972" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8973" max="8974" width="7.54296875" style="10" customWidth="1"/>
+    <col min="8975" max="8975" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8976" max="8976" width="6.7265625" style="10" customWidth="1"/>
+    <col min="8977" max="8977" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8978" max="9216" width="9.1796875" style="10"/>
     <col min="9217" max="9217" width="6" style="10" customWidth="1"/>
     <col min="9218" max="9218" width="8" style="10" customWidth="1"/>
-    <col min="9219" max="9221" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9224" max="9224" width="8.7109375" style="10" customWidth="1"/>
+    <col min="9219" max="9221" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9222" max="9222" width="7.453125" style="10" customWidth="1"/>
+    <col min="9223" max="9223" width="7.81640625" style="10" customWidth="1"/>
+    <col min="9224" max="9224" width="8.7265625" style="10" customWidth="1"/>
     <col min="9225" max="9225" width="11" style="10" customWidth="1"/>
-    <col min="9226" max="9226" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9234" max="9472" width="9.140625" style="10"/>
+    <col min="9226" max="9226" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9227" max="9228" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9229" max="9230" width="7.54296875" style="10" customWidth="1"/>
+    <col min="9231" max="9231" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9232" max="9232" width="6.7265625" style="10" customWidth="1"/>
+    <col min="9233" max="9233" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9234" max="9472" width="9.1796875" style="10"/>
     <col min="9473" max="9473" width="6" style="10" customWidth="1"/>
     <col min="9474" max="9474" width="8" style="10" customWidth="1"/>
-    <col min="9475" max="9477" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9480" max="9480" width="8.7109375" style="10" customWidth="1"/>
+    <col min="9475" max="9477" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9478" max="9478" width="7.453125" style="10" customWidth="1"/>
+    <col min="9479" max="9479" width="7.81640625" style="10" customWidth="1"/>
+    <col min="9480" max="9480" width="8.7265625" style="10" customWidth="1"/>
     <col min="9481" max="9481" width="11" style="10" customWidth="1"/>
-    <col min="9482" max="9482" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9490" max="9728" width="9.140625" style="10"/>
+    <col min="9482" max="9482" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9483" max="9484" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9485" max="9486" width="7.54296875" style="10" customWidth="1"/>
+    <col min="9487" max="9487" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9488" max="9488" width="6.7265625" style="10" customWidth="1"/>
+    <col min="9489" max="9489" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9490" max="9728" width="9.1796875" style="10"/>
     <col min="9729" max="9729" width="6" style="10" customWidth="1"/>
     <col min="9730" max="9730" width="8" style="10" customWidth="1"/>
-    <col min="9731" max="9733" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9736" max="9736" width="8.7109375" style="10" customWidth="1"/>
+    <col min="9731" max="9733" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9734" max="9734" width="7.453125" style="10" customWidth="1"/>
+    <col min="9735" max="9735" width="7.81640625" style="10" customWidth="1"/>
+    <col min="9736" max="9736" width="8.7265625" style="10" customWidth="1"/>
     <col min="9737" max="9737" width="11" style="10" customWidth="1"/>
-    <col min="9738" max="9738" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9746" max="9984" width="9.140625" style="10"/>
+    <col min="9738" max="9738" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9739" max="9740" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9741" max="9742" width="7.54296875" style="10" customWidth="1"/>
+    <col min="9743" max="9743" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9744" max="9744" width="6.7265625" style="10" customWidth="1"/>
+    <col min="9745" max="9745" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9746" max="9984" width="9.1796875" style="10"/>
     <col min="9985" max="9985" width="6" style="10" customWidth="1"/>
     <col min="9986" max="9986" width="8" style="10" customWidth="1"/>
-    <col min="9987" max="9989" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9992" max="9992" width="8.7109375" style="10" customWidth="1"/>
+    <col min="9987" max="9989" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9990" max="9990" width="7.453125" style="10" customWidth="1"/>
+    <col min="9991" max="9991" width="7.81640625" style="10" customWidth="1"/>
+    <col min="9992" max="9992" width="8.7265625" style="10" customWidth="1"/>
     <col min="9993" max="9993" width="11" style="10" customWidth="1"/>
-    <col min="9994" max="9994" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10002" max="10240" width="9.140625" style="10"/>
+    <col min="9994" max="9994" width="12.54296875" style="10" customWidth="1"/>
+    <col min="9995" max="9996" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9997" max="9998" width="7.54296875" style="10" customWidth="1"/>
+    <col min="9999" max="9999" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10000" max="10000" width="6.7265625" style="10" customWidth="1"/>
+    <col min="10001" max="10001" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10002" max="10240" width="9.1796875" style="10"/>
     <col min="10241" max="10241" width="6" style="10" customWidth="1"/>
     <col min="10242" max="10242" width="8" style="10" customWidth="1"/>
-    <col min="10243" max="10245" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10248" max="10248" width="8.7109375" style="10" customWidth="1"/>
+    <col min="10243" max="10245" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10246" max="10246" width="7.453125" style="10" customWidth="1"/>
+    <col min="10247" max="10247" width="7.81640625" style="10" customWidth="1"/>
+    <col min="10248" max="10248" width="8.7265625" style="10" customWidth="1"/>
     <col min="10249" max="10249" width="11" style="10" customWidth="1"/>
-    <col min="10250" max="10250" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10258" max="10496" width="9.140625" style="10"/>
+    <col min="10250" max="10250" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10251" max="10252" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10253" max="10254" width="7.54296875" style="10" customWidth="1"/>
+    <col min="10255" max="10255" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10256" max="10256" width="6.7265625" style="10" customWidth="1"/>
+    <col min="10257" max="10257" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10258" max="10496" width="9.1796875" style="10"/>
     <col min="10497" max="10497" width="6" style="10" customWidth="1"/>
     <col min="10498" max="10498" width="8" style="10" customWidth="1"/>
-    <col min="10499" max="10501" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10504" max="10504" width="8.7109375" style="10" customWidth="1"/>
+    <col min="10499" max="10501" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10502" max="10502" width="7.453125" style="10" customWidth="1"/>
+    <col min="10503" max="10503" width="7.81640625" style="10" customWidth="1"/>
+    <col min="10504" max="10504" width="8.7265625" style="10" customWidth="1"/>
     <col min="10505" max="10505" width="11" style="10" customWidth="1"/>
-    <col min="10506" max="10506" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10514" max="10752" width="9.140625" style="10"/>
+    <col min="10506" max="10506" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10507" max="10508" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10509" max="10510" width="7.54296875" style="10" customWidth="1"/>
+    <col min="10511" max="10511" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10512" max="10512" width="6.7265625" style="10" customWidth="1"/>
+    <col min="10513" max="10513" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10514" max="10752" width="9.1796875" style="10"/>
     <col min="10753" max="10753" width="6" style="10" customWidth="1"/>
     <col min="10754" max="10754" width="8" style="10" customWidth="1"/>
-    <col min="10755" max="10757" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10760" max="10760" width="8.7109375" style="10" customWidth="1"/>
+    <col min="10755" max="10757" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10758" max="10758" width="7.453125" style="10" customWidth="1"/>
+    <col min="10759" max="10759" width="7.81640625" style="10" customWidth="1"/>
+    <col min="10760" max="10760" width="8.7265625" style="10" customWidth="1"/>
     <col min="10761" max="10761" width="11" style="10" customWidth="1"/>
-    <col min="10762" max="10762" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10770" max="11008" width="9.140625" style="10"/>
+    <col min="10762" max="10762" width="12.54296875" style="10" customWidth="1"/>
+    <col min="10763" max="10764" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10765" max="10766" width="7.54296875" style="10" customWidth="1"/>
+    <col min="10767" max="10767" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10768" max="10768" width="6.7265625" style="10" customWidth="1"/>
+    <col min="10769" max="10769" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10770" max="11008" width="9.1796875" style="10"/>
     <col min="11009" max="11009" width="6" style="10" customWidth="1"/>
     <col min="11010" max="11010" width="8" style="10" customWidth="1"/>
-    <col min="11011" max="11013" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11016" max="11016" width="8.7109375" style="10" customWidth="1"/>
+    <col min="11011" max="11013" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11014" max="11014" width="7.453125" style="10" customWidth="1"/>
+    <col min="11015" max="11015" width="7.81640625" style="10" customWidth="1"/>
+    <col min="11016" max="11016" width="8.7265625" style="10" customWidth="1"/>
     <col min="11017" max="11017" width="11" style="10" customWidth="1"/>
-    <col min="11018" max="11018" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11026" max="11264" width="9.140625" style="10"/>
+    <col min="11018" max="11018" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11019" max="11020" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11021" max="11022" width="7.54296875" style="10" customWidth="1"/>
+    <col min="11023" max="11023" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11024" max="11024" width="6.7265625" style="10" customWidth="1"/>
+    <col min="11025" max="11025" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11026" max="11264" width="9.1796875" style="10"/>
     <col min="11265" max="11265" width="6" style="10" customWidth="1"/>
     <col min="11266" max="11266" width="8" style="10" customWidth="1"/>
-    <col min="11267" max="11269" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11272" max="11272" width="8.7109375" style="10" customWidth="1"/>
+    <col min="11267" max="11269" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11270" max="11270" width="7.453125" style="10" customWidth="1"/>
+    <col min="11271" max="11271" width="7.81640625" style="10" customWidth="1"/>
+    <col min="11272" max="11272" width="8.7265625" style="10" customWidth="1"/>
     <col min="11273" max="11273" width="11" style="10" customWidth="1"/>
-    <col min="11274" max="11274" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11282" max="11520" width="9.140625" style="10"/>
+    <col min="11274" max="11274" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11275" max="11276" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11277" max="11278" width="7.54296875" style="10" customWidth="1"/>
+    <col min="11279" max="11279" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11280" max="11280" width="6.7265625" style="10" customWidth="1"/>
+    <col min="11281" max="11281" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11282" max="11520" width="9.1796875" style="10"/>
     <col min="11521" max="11521" width="6" style="10" customWidth="1"/>
     <col min="11522" max="11522" width="8" style="10" customWidth="1"/>
-    <col min="11523" max="11525" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11528" max="11528" width="8.7109375" style="10" customWidth="1"/>
+    <col min="11523" max="11525" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11526" max="11526" width="7.453125" style="10" customWidth="1"/>
+    <col min="11527" max="11527" width="7.81640625" style="10" customWidth="1"/>
+    <col min="11528" max="11528" width="8.7265625" style="10" customWidth="1"/>
     <col min="11529" max="11529" width="11" style="10" customWidth="1"/>
-    <col min="11530" max="11530" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11538" max="11776" width="9.140625" style="10"/>
+    <col min="11530" max="11530" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11531" max="11532" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11533" max="11534" width="7.54296875" style="10" customWidth="1"/>
+    <col min="11535" max="11535" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11536" max="11536" width="6.7265625" style="10" customWidth="1"/>
+    <col min="11537" max="11537" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11538" max="11776" width="9.1796875" style="10"/>
     <col min="11777" max="11777" width="6" style="10" customWidth="1"/>
     <col min="11778" max="11778" width="8" style="10" customWidth="1"/>
-    <col min="11779" max="11781" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11784" max="11784" width="8.7109375" style="10" customWidth="1"/>
+    <col min="11779" max="11781" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11782" max="11782" width="7.453125" style="10" customWidth="1"/>
+    <col min="11783" max="11783" width="7.81640625" style="10" customWidth="1"/>
+    <col min="11784" max="11784" width="8.7265625" style="10" customWidth="1"/>
     <col min="11785" max="11785" width="11" style="10" customWidth="1"/>
-    <col min="11786" max="11786" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11794" max="12032" width="9.140625" style="10"/>
+    <col min="11786" max="11786" width="12.54296875" style="10" customWidth="1"/>
+    <col min="11787" max="11788" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11789" max="11790" width="7.54296875" style="10" customWidth="1"/>
+    <col min="11791" max="11791" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11792" max="11792" width="6.7265625" style="10" customWidth="1"/>
+    <col min="11793" max="11793" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11794" max="12032" width="9.1796875" style="10"/>
     <col min="12033" max="12033" width="6" style="10" customWidth="1"/>
     <col min="12034" max="12034" width="8" style="10" customWidth="1"/>
-    <col min="12035" max="12037" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12040" max="12040" width="8.7109375" style="10" customWidth="1"/>
+    <col min="12035" max="12037" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12038" max="12038" width="7.453125" style="10" customWidth="1"/>
+    <col min="12039" max="12039" width="7.81640625" style="10" customWidth="1"/>
+    <col min="12040" max="12040" width="8.7265625" style="10" customWidth="1"/>
     <col min="12041" max="12041" width="11" style="10" customWidth="1"/>
-    <col min="12042" max="12042" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12050" max="12288" width="9.140625" style="10"/>
+    <col min="12042" max="12042" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12043" max="12044" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12045" max="12046" width="7.54296875" style="10" customWidth="1"/>
+    <col min="12047" max="12047" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12048" max="12048" width="6.7265625" style="10" customWidth="1"/>
+    <col min="12049" max="12049" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12050" max="12288" width="9.1796875" style="10"/>
     <col min="12289" max="12289" width="6" style="10" customWidth="1"/>
     <col min="12290" max="12290" width="8" style="10" customWidth="1"/>
-    <col min="12291" max="12293" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12296" max="12296" width="8.7109375" style="10" customWidth="1"/>
+    <col min="12291" max="12293" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12294" max="12294" width="7.453125" style="10" customWidth="1"/>
+    <col min="12295" max="12295" width="7.81640625" style="10" customWidth="1"/>
+    <col min="12296" max="12296" width="8.7265625" style="10" customWidth="1"/>
     <col min="12297" max="12297" width="11" style="10" customWidth="1"/>
-    <col min="12298" max="12298" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12306" max="12544" width="9.140625" style="10"/>
+    <col min="12298" max="12298" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12299" max="12300" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12301" max="12302" width="7.54296875" style="10" customWidth="1"/>
+    <col min="12303" max="12303" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12304" max="12304" width="6.7265625" style="10" customWidth="1"/>
+    <col min="12305" max="12305" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12306" max="12544" width="9.1796875" style="10"/>
     <col min="12545" max="12545" width="6" style="10" customWidth="1"/>
     <col min="12546" max="12546" width="8" style="10" customWidth="1"/>
-    <col min="12547" max="12549" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12552" max="12552" width="8.7109375" style="10" customWidth="1"/>
+    <col min="12547" max="12549" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12550" max="12550" width="7.453125" style="10" customWidth="1"/>
+    <col min="12551" max="12551" width="7.81640625" style="10" customWidth="1"/>
+    <col min="12552" max="12552" width="8.7265625" style="10" customWidth="1"/>
     <col min="12553" max="12553" width="11" style="10" customWidth="1"/>
-    <col min="12554" max="12554" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12562" max="12800" width="9.140625" style="10"/>
+    <col min="12554" max="12554" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12555" max="12556" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12557" max="12558" width="7.54296875" style="10" customWidth="1"/>
+    <col min="12559" max="12559" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12560" max="12560" width="6.7265625" style="10" customWidth="1"/>
+    <col min="12561" max="12561" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12562" max="12800" width="9.1796875" style="10"/>
     <col min="12801" max="12801" width="6" style="10" customWidth="1"/>
     <col min="12802" max="12802" width="8" style="10" customWidth="1"/>
-    <col min="12803" max="12805" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12808" max="12808" width="8.7109375" style="10" customWidth="1"/>
+    <col min="12803" max="12805" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12806" max="12806" width="7.453125" style="10" customWidth="1"/>
+    <col min="12807" max="12807" width="7.81640625" style="10" customWidth="1"/>
+    <col min="12808" max="12808" width="8.7265625" style="10" customWidth="1"/>
     <col min="12809" max="12809" width="11" style="10" customWidth="1"/>
-    <col min="12810" max="12810" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12818" max="13056" width="9.140625" style="10"/>
+    <col min="12810" max="12810" width="12.54296875" style="10" customWidth="1"/>
+    <col min="12811" max="12812" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12813" max="12814" width="7.54296875" style="10" customWidth="1"/>
+    <col min="12815" max="12815" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12816" max="12816" width="6.7265625" style="10" customWidth="1"/>
+    <col min="12817" max="12817" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12818" max="13056" width="9.1796875" style="10"/>
     <col min="13057" max="13057" width="6" style="10" customWidth="1"/>
     <col min="13058" max="13058" width="8" style="10" customWidth="1"/>
-    <col min="13059" max="13061" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13064" max="13064" width="8.7109375" style="10" customWidth="1"/>
+    <col min="13059" max="13061" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13062" max="13062" width="7.453125" style="10" customWidth="1"/>
+    <col min="13063" max="13063" width="7.81640625" style="10" customWidth="1"/>
+    <col min="13064" max="13064" width="8.7265625" style="10" customWidth="1"/>
     <col min="13065" max="13065" width="11" style="10" customWidth="1"/>
-    <col min="13066" max="13066" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13074" max="13312" width="9.140625" style="10"/>
+    <col min="13066" max="13066" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13067" max="13068" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13069" max="13070" width="7.54296875" style="10" customWidth="1"/>
+    <col min="13071" max="13071" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13072" max="13072" width="6.7265625" style="10" customWidth="1"/>
+    <col min="13073" max="13073" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13074" max="13312" width="9.1796875" style="10"/>
     <col min="13313" max="13313" width="6" style="10" customWidth="1"/>
     <col min="13314" max="13314" width="8" style="10" customWidth="1"/>
-    <col min="13315" max="13317" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13320" max="13320" width="8.7109375" style="10" customWidth="1"/>
+    <col min="13315" max="13317" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13318" max="13318" width="7.453125" style="10" customWidth="1"/>
+    <col min="13319" max="13319" width="7.81640625" style="10" customWidth="1"/>
+    <col min="13320" max="13320" width="8.7265625" style="10" customWidth="1"/>
     <col min="13321" max="13321" width="11" style="10" customWidth="1"/>
-    <col min="13322" max="13322" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13330" max="13568" width="9.140625" style="10"/>
+    <col min="13322" max="13322" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13323" max="13324" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13325" max="13326" width="7.54296875" style="10" customWidth="1"/>
+    <col min="13327" max="13327" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13328" max="13328" width="6.7265625" style="10" customWidth="1"/>
+    <col min="13329" max="13329" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13330" max="13568" width="9.1796875" style="10"/>
     <col min="13569" max="13569" width="6" style="10" customWidth="1"/>
     <col min="13570" max="13570" width="8" style="10" customWidth="1"/>
-    <col min="13571" max="13573" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13576" max="13576" width="8.7109375" style="10" customWidth="1"/>
+    <col min="13571" max="13573" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13574" max="13574" width="7.453125" style="10" customWidth="1"/>
+    <col min="13575" max="13575" width="7.81640625" style="10" customWidth="1"/>
+    <col min="13576" max="13576" width="8.7265625" style="10" customWidth="1"/>
     <col min="13577" max="13577" width="11" style="10" customWidth="1"/>
-    <col min="13578" max="13578" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13586" max="13824" width="9.140625" style="10"/>
+    <col min="13578" max="13578" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13579" max="13580" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13581" max="13582" width="7.54296875" style="10" customWidth="1"/>
+    <col min="13583" max="13583" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13584" max="13584" width="6.7265625" style="10" customWidth="1"/>
+    <col min="13585" max="13585" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13586" max="13824" width="9.1796875" style="10"/>
     <col min="13825" max="13825" width="6" style="10" customWidth="1"/>
     <col min="13826" max="13826" width="8" style="10" customWidth="1"/>
-    <col min="13827" max="13829" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13832" max="13832" width="8.7109375" style="10" customWidth="1"/>
+    <col min="13827" max="13829" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13830" max="13830" width="7.453125" style="10" customWidth="1"/>
+    <col min="13831" max="13831" width="7.81640625" style="10" customWidth="1"/>
+    <col min="13832" max="13832" width="8.7265625" style="10" customWidth="1"/>
     <col min="13833" max="13833" width="11" style="10" customWidth="1"/>
-    <col min="13834" max="13834" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13842" max="14080" width="9.140625" style="10"/>
+    <col min="13834" max="13834" width="12.54296875" style="10" customWidth="1"/>
+    <col min="13835" max="13836" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13837" max="13838" width="7.54296875" style="10" customWidth="1"/>
+    <col min="13839" max="13839" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13840" max="13840" width="6.7265625" style="10" customWidth="1"/>
+    <col min="13841" max="13841" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13842" max="14080" width="9.1796875" style="10"/>
     <col min="14081" max="14081" width="6" style="10" customWidth="1"/>
     <col min="14082" max="14082" width="8" style="10" customWidth="1"/>
-    <col min="14083" max="14085" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14088" max="14088" width="8.7109375" style="10" customWidth="1"/>
+    <col min="14083" max="14085" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14086" max="14086" width="7.453125" style="10" customWidth="1"/>
+    <col min="14087" max="14087" width="7.81640625" style="10" customWidth="1"/>
+    <col min="14088" max="14088" width="8.7265625" style="10" customWidth="1"/>
     <col min="14089" max="14089" width="11" style="10" customWidth="1"/>
-    <col min="14090" max="14090" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14098" max="14336" width="9.140625" style="10"/>
+    <col min="14090" max="14090" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14091" max="14092" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14093" max="14094" width="7.54296875" style="10" customWidth="1"/>
+    <col min="14095" max="14095" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14096" max="14096" width="6.7265625" style="10" customWidth="1"/>
+    <col min="14097" max="14097" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14098" max="14336" width="9.1796875" style="10"/>
     <col min="14337" max="14337" width="6" style="10" customWidth="1"/>
     <col min="14338" max="14338" width="8" style="10" customWidth="1"/>
-    <col min="14339" max="14341" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14344" max="14344" width="8.7109375" style="10" customWidth="1"/>
+    <col min="14339" max="14341" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14342" max="14342" width="7.453125" style="10" customWidth="1"/>
+    <col min="14343" max="14343" width="7.81640625" style="10" customWidth="1"/>
+    <col min="14344" max="14344" width="8.7265625" style="10" customWidth="1"/>
     <col min="14345" max="14345" width="11" style="10" customWidth="1"/>
-    <col min="14346" max="14346" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14354" max="14592" width="9.140625" style="10"/>
+    <col min="14346" max="14346" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14347" max="14348" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14349" max="14350" width="7.54296875" style="10" customWidth="1"/>
+    <col min="14351" max="14351" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14352" max="14352" width="6.7265625" style="10" customWidth="1"/>
+    <col min="14353" max="14353" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14354" max="14592" width="9.1796875" style="10"/>
     <col min="14593" max="14593" width="6" style="10" customWidth="1"/>
     <col min="14594" max="14594" width="8" style="10" customWidth="1"/>
-    <col min="14595" max="14597" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14600" max="14600" width="8.7109375" style="10" customWidth="1"/>
+    <col min="14595" max="14597" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14598" max="14598" width="7.453125" style="10" customWidth="1"/>
+    <col min="14599" max="14599" width="7.81640625" style="10" customWidth="1"/>
+    <col min="14600" max="14600" width="8.7265625" style="10" customWidth="1"/>
     <col min="14601" max="14601" width="11" style="10" customWidth="1"/>
-    <col min="14602" max="14602" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14610" max="14848" width="9.140625" style="10"/>
+    <col min="14602" max="14602" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14603" max="14604" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14605" max="14606" width="7.54296875" style="10" customWidth="1"/>
+    <col min="14607" max="14607" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14608" max="14608" width="6.7265625" style="10" customWidth="1"/>
+    <col min="14609" max="14609" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14610" max="14848" width="9.1796875" style="10"/>
     <col min="14849" max="14849" width="6" style="10" customWidth="1"/>
     <col min="14850" max="14850" width="8" style="10" customWidth="1"/>
-    <col min="14851" max="14853" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14856" max="14856" width="8.7109375" style="10" customWidth="1"/>
+    <col min="14851" max="14853" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14854" max="14854" width="7.453125" style="10" customWidth="1"/>
+    <col min="14855" max="14855" width="7.81640625" style="10" customWidth="1"/>
+    <col min="14856" max="14856" width="8.7265625" style="10" customWidth="1"/>
     <col min="14857" max="14857" width="11" style="10" customWidth="1"/>
-    <col min="14858" max="14858" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14866" max="15104" width="9.140625" style="10"/>
+    <col min="14858" max="14858" width="12.54296875" style="10" customWidth="1"/>
+    <col min="14859" max="14860" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14861" max="14862" width="7.54296875" style="10" customWidth="1"/>
+    <col min="14863" max="14863" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14864" max="14864" width="6.7265625" style="10" customWidth="1"/>
+    <col min="14865" max="14865" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14866" max="15104" width="9.1796875" style="10"/>
     <col min="15105" max="15105" width="6" style="10" customWidth="1"/>
     <col min="15106" max="15106" width="8" style="10" customWidth="1"/>
-    <col min="15107" max="15109" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15112" max="15112" width="8.7109375" style="10" customWidth="1"/>
+    <col min="15107" max="15109" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15110" max="15110" width="7.453125" style="10" customWidth="1"/>
+    <col min="15111" max="15111" width="7.81640625" style="10" customWidth="1"/>
+    <col min="15112" max="15112" width="8.7265625" style="10" customWidth="1"/>
     <col min="15113" max="15113" width="11" style="10" customWidth="1"/>
-    <col min="15114" max="15114" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15122" max="15360" width="9.140625" style="10"/>
+    <col min="15114" max="15114" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15115" max="15116" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15117" max="15118" width="7.54296875" style="10" customWidth="1"/>
+    <col min="15119" max="15119" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15120" max="15120" width="6.7265625" style="10" customWidth="1"/>
+    <col min="15121" max="15121" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15122" max="15360" width="9.1796875" style="10"/>
     <col min="15361" max="15361" width="6" style="10" customWidth="1"/>
     <col min="15362" max="15362" width="8" style="10" customWidth="1"/>
-    <col min="15363" max="15365" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15368" max="15368" width="8.7109375" style="10" customWidth="1"/>
+    <col min="15363" max="15365" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15366" max="15366" width="7.453125" style="10" customWidth="1"/>
+    <col min="15367" max="15367" width="7.81640625" style="10" customWidth="1"/>
+    <col min="15368" max="15368" width="8.7265625" style="10" customWidth="1"/>
     <col min="15369" max="15369" width="11" style="10" customWidth="1"/>
-    <col min="15370" max="15370" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15378" max="15616" width="9.140625" style="10"/>
+    <col min="15370" max="15370" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15371" max="15372" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15373" max="15374" width="7.54296875" style="10" customWidth="1"/>
+    <col min="15375" max="15375" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15376" max="15376" width="6.7265625" style="10" customWidth="1"/>
+    <col min="15377" max="15377" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15378" max="15616" width="9.1796875" style="10"/>
     <col min="15617" max="15617" width="6" style="10" customWidth="1"/>
     <col min="15618" max="15618" width="8" style="10" customWidth="1"/>
-    <col min="15619" max="15621" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15624" max="15624" width="8.7109375" style="10" customWidth="1"/>
+    <col min="15619" max="15621" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15622" max="15622" width="7.453125" style="10" customWidth="1"/>
+    <col min="15623" max="15623" width="7.81640625" style="10" customWidth="1"/>
+    <col min="15624" max="15624" width="8.7265625" style="10" customWidth="1"/>
     <col min="15625" max="15625" width="11" style="10" customWidth="1"/>
-    <col min="15626" max="15626" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15634" max="15872" width="9.140625" style="10"/>
+    <col min="15626" max="15626" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15627" max="15628" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15629" max="15630" width="7.54296875" style="10" customWidth="1"/>
+    <col min="15631" max="15631" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15632" max="15632" width="6.7265625" style="10" customWidth="1"/>
+    <col min="15633" max="15633" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15634" max="15872" width="9.1796875" style="10"/>
     <col min="15873" max="15873" width="6" style="10" customWidth="1"/>
     <col min="15874" max="15874" width="8" style="10" customWidth="1"/>
-    <col min="15875" max="15877" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15880" max="15880" width="8.7109375" style="10" customWidth="1"/>
+    <col min="15875" max="15877" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15878" max="15878" width="7.453125" style="10" customWidth="1"/>
+    <col min="15879" max="15879" width="7.81640625" style="10" customWidth="1"/>
+    <col min="15880" max="15880" width="8.7265625" style="10" customWidth="1"/>
     <col min="15881" max="15881" width="11" style="10" customWidth="1"/>
-    <col min="15882" max="15882" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15890" max="16128" width="9.140625" style="10"/>
+    <col min="15882" max="15882" width="12.54296875" style="10" customWidth="1"/>
+    <col min="15883" max="15884" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15885" max="15886" width="7.54296875" style="10" customWidth="1"/>
+    <col min="15887" max="15887" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15888" max="15888" width="6.7265625" style="10" customWidth="1"/>
+    <col min="15889" max="15889" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15890" max="16128" width="9.1796875" style="10"/>
     <col min="16129" max="16129" width="6" style="10" customWidth="1"/>
     <col min="16130" max="16130" width="8" style="10" customWidth="1"/>
-    <col min="16131" max="16133" width="8.7109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16136" max="16136" width="8.7109375" style="10" customWidth="1"/>
+    <col min="16131" max="16133" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16134" max="16134" width="7.453125" style="10" customWidth="1"/>
+    <col min="16135" max="16135" width="7.81640625" style="10" customWidth="1"/>
+    <col min="16136" max="16136" width="8.7265625" style="10" customWidth="1"/>
     <col min="16137" max="16137" width="11" style="10" customWidth="1"/>
-    <col min="16138" max="16138" width="12.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="16146" max="16384" width="9.140625" style="10"/>
+    <col min="16138" max="16138" width="12.54296875" style="10" customWidth="1"/>
+    <col min="16139" max="16140" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16141" max="16142" width="7.54296875" style="10" customWidth="1"/>
+    <col min="16143" max="16143" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16144" max="16144" width="6.7265625" style="10" customWidth="1"/>
+    <col min="16145" max="16145" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16146" max="16384" width="9.1796875" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="39" t="s">
         <v>96</v>
       </c>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="39"/>
       <c r="I2" s="39"/>
       <c r="J2" s="39"/>
       <c r="K2" s="39"/>
       <c r="L2" s="39"/>
       <c r="M2" s="39"/>
       <c r="N2" s="39"/>
       <c r="O2" s="39"/>
       <c r="P2" s="39"/>
       <c r="Q2" s="39"/>
     </row>
-    <row r="3" spans="1:17" s="18" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" s="18" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C3" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="17" t="s">
         <v>31</v>
       </c>
       <c r="F3" s="17" t="s">
         <v>32</v>
       </c>
       <c r="G3" s="17" t="s">
         <v>33</v>
       </c>
       <c r="H3" s="17" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="17" t="s">
@@ -7101,699 +7101,699 @@
       <c r="J3" s="17" t="s">
         <v>36</v>
       </c>
       <c r="K3" s="17" t="s">
         <v>37</v>
       </c>
       <c r="L3" s="17" t="s">
         <v>38</v>
       </c>
       <c r="M3" s="17" t="s">
         <v>39</v>
       </c>
       <c r="N3" s="17" t="s">
         <v>40</v>
       </c>
       <c r="O3" s="17" t="s">
         <v>98</v>
       </c>
       <c r="P3" s="17" t="s">
         <v>42</v>
       </c>
       <c r="Q3" s="17" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>2025</v>
       </c>
       <c r="B4" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P4" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q4" s="8"/>
     </row>
-    <row r="5" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>2025</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P5" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q5" s="8"/>
     </row>
-    <row r="6" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2025</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P6" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q6" s="8"/>
     </row>
-    <row r="7" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>2025</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q7" s="8"/>
     </row>
-    <row r="8" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>2025</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P8" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q8" s="8"/>
     </row>
-    <row r="9" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>2025</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P9" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q9" s="8"/>
     </row>
-    <row r="10" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>2025</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P10" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q10" s="8"/>
     </row>
-    <row r="11" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>2025</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P11" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q11" s="8"/>
     </row>
-    <row r="12" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>2025</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P12" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q12" s="8"/>
     </row>
-    <row r="13" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>2025</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P13" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q13" s="8"/>
     </row>
-    <row r="14" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>2025</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P14" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q14" s="8"/>
     </row>
-    <row r="15" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>2025</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P15" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q15" s="8"/>
     </row>
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="30" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="39" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="39"/>
       <c r="C30" s="39"/>
       <c r="D30" s="39"/>
       <c r="E30" s="39"/>
       <c r="F30" s="39"/>
       <c r="G30" s="39"/>
       <c r="H30" s="39"/>
       <c r="I30" s="39"/>
       <c r="J30" s="39"/>
       <c r="K30" s="39"/>
       <c r="L30" s="39"/>
       <c r="M30" s="39"/>
       <c r="N30" s="39"/>
       <c r="O30" s="39"/>
       <c r="P30" s="39"/>
       <c r="Q30" s="39"/>
     </row>
-    <row r="31" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>30</v>
       </c>
       <c r="E31" s="17" t="s">
         <v>31</v>
       </c>
       <c r="F31" s="17" t="s">
         <v>32</v>
       </c>
       <c r="G31" s="17" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>102</v>
       </c>
       <c r="I31" s="17" t="s">
@@ -7802,699 +7802,699 @@
       <c r="J31" s="17" t="s">
         <v>36</v>
       </c>
       <c r="K31" s="17" t="s">
         <v>37</v>
       </c>
       <c r="L31" s="17" t="s">
         <v>38</v>
       </c>
       <c r="M31" s="17" t="s">
         <v>39</v>
       </c>
       <c r="N31" s="17" t="s">
         <v>40</v>
       </c>
       <c r="O31" s="17" t="s">
         <v>103</v>
       </c>
       <c r="P31" s="17" t="s">
         <v>42</v>
       </c>
       <c r="Q31" s="17" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="32" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="7">
         <v>2025</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P32" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q32" s="8"/>
     </row>
-    <row r="33" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>2025</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P33" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q33" s="8"/>
     </row>
-    <row r="34" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="7">
         <v>2025</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q34" s="8"/>
     </row>
-    <row r="35" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="7">
         <v>2025</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q35" s="8"/>
     </row>
-    <row r="36" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="7">
         <v>2025</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q36" s="8"/>
     </row>
-    <row r="37" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7">
         <v>2025</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P37" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q37" s="8"/>
     </row>
-    <row r="38" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7">
         <v>2025</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P38" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q38" s="8"/>
     </row>
-    <row r="39" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="7">
         <v>2025</v>
       </c>
       <c r="B39" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P39" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q39" s="8"/>
     </row>
-    <row r="40" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="7">
         <v>2025</v>
       </c>
       <c r="B40" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q40" s="8"/>
     </row>
-    <row r="41" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="7">
         <v>2025</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q41" s="8"/>
     </row>
-    <row r="42" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="7">
         <v>2025</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P42" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q42" s="8"/>
     </row>
-    <row r="43" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>2025</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P43" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q43" s="8"/>
     </row>
-    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A46" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="57" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="39" t="s">
         <v>105</v>
       </c>
       <c r="B57" s="39"/>
       <c r="C57" s="39"/>
       <c r="D57" s="39"/>
       <c r="E57" s="39"/>
       <c r="F57" s="39"/>
       <c r="G57" s="39"/>
       <c r="H57" s="39"/>
       <c r="I57" s="39"/>
       <c r="J57" s="39"/>
       <c r="K57" s="39"/>
       <c r="L57" s="39"/>
       <c r="M57" s="39"/>
       <c r="N57" s="39"/>
       <c r="O57" s="39"/>
       <c r="P57" s="39"/>
       <c r="Q57" s="39"/>
     </row>
-    <row r="58" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>30</v>
       </c>
       <c r="E58" s="17" t="s">
         <v>31</v>
       </c>
       <c r="F58" s="17" t="s">
         <v>32</v>
       </c>
       <c r="G58" s="17" t="s">
         <v>33</v>
       </c>
       <c r="H58" s="17" t="s">
         <v>34</v>
       </c>
       <c r="I58" s="17" t="s">
@@ -8503,699 +8503,699 @@
       <c r="J58" s="17" t="s">
         <v>36</v>
       </c>
       <c r="K58" s="17" t="s">
         <v>37</v>
       </c>
       <c r="L58" s="17" t="s">
         <v>38</v>
       </c>
       <c r="M58" s="17" t="s">
         <v>39</v>
       </c>
       <c r="N58" s="17" t="s">
         <v>40</v>
       </c>
       <c r="O58" s="17" t="s">
         <v>41</v>
       </c>
       <c r="P58" s="17" t="s">
         <v>42</v>
       </c>
       <c r="Q58" s="17" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="59" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="7">
         <v>2025</v>
       </c>
       <c r="B59" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P59" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q59" s="8"/>
     </row>
-    <row r="60" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="7">
         <v>2025</v>
       </c>
       <c r="B60" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q60" s="8"/>
     </row>
-    <row r="61" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="7">
         <v>2025</v>
       </c>
       <c r="B61" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q61" s="8"/>
     </row>
-    <row r="62" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="7">
         <v>2025</v>
       </c>
       <c r="B62" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q62" s="8"/>
     </row>
-    <row r="63" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="7">
         <v>2025</v>
       </c>
       <c r="B63" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q63" s="8"/>
     </row>
-    <row r="64" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="7">
         <v>2025</v>
       </c>
       <c r="B64" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q64" s="8"/>
     </row>
-    <row r="65" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="7">
         <v>2025</v>
       </c>
       <c r="B65" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P65" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q65" s="8"/>
     </row>
-    <row r="66" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="7">
         <v>2025</v>
       </c>
       <c r="B66" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q66" s="8"/>
     </row>
-    <row r="67" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="7">
         <v>2025</v>
       </c>
       <c r="B67" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P67" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q67" s="8"/>
     </row>
-    <row r="68" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="7">
         <v>2025</v>
       </c>
       <c r="B68" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P68" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q68" s="8"/>
     </row>
-    <row r="69" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="7">
         <v>2025</v>
       </c>
       <c r="B69" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q69" s="8"/>
     </row>
-    <row r="70" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="7">
         <v>2025</v>
       </c>
       <c r="B70" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q70" s="8"/>
     </row>
-    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A71" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A72" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="84" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:17" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="39" t="s">
         <v>106</v>
       </c>
       <c r="B84" s="39"/>
       <c r="C84" s="39"/>
       <c r="D84" s="39"/>
       <c r="E84" s="39"/>
       <c r="F84" s="39"/>
       <c r="G84" s="39"/>
       <c r="H84" s="39"/>
       <c r="I84" s="39"/>
       <c r="J84" s="39"/>
       <c r="K84" s="39"/>
       <c r="L84" s="39"/>
       <c r="M84" s="39"/>
       <c r="N84" s="39"/>
       <c r="O84" s="39"/>
       <c r="P84" s="39"/>
       <c r="Q84" s="39"/>
     </row>
-    <row r="85" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:17" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A85" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>30</v>
       </c>
       <c r="E85" s="17" t="s">
         <v>31</v>
       </c>
       <c r="F85" s="17" t="s">
         <v>32</v>
       </c>
       <c r="G85" s="17" t="s">
         <v>33</v>
       </c>
       <c r="H85" s="17" t="s">
         <v>34</v>
       </c>
       <c r="I85" s="17" t="s">
@@ -9204,2837 +9204,2837 @@
       <c r="J85" s="17" t="s">
         <v>36</v>
       </c>
       <c r="K85" s="17" t="s">
         <v>37</v>
       </c>
       <c r="L85" s="17" t="s">
         <v>38</v>
       </c>
       <c r="M85" s="17" t="s">
         <v>39</v>
       </c>
       <c r="N85" s="17" t="s">
         <v>40</v>
       </c>
       <c r="O85" s="17" t="s">
         <v>41</v>
       </c>
       <c r="P85" s="17" t="s">
         <v>42</v>
       </c>
       <c r="Q85" s="17" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="86" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="7">
         <v>2025</v>
       </c>
       <c r="B86" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P86" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q86" s="8"/>
     </row>
-    <row r="87" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="7">
         <v>2025</v>
       </c>
       <c r="B87" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P87" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q87" s="8"/>
     </row>
-    <row r="88" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="7">
         <v>2025</v>
       </c>
       <c r="B88" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P88" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q88" s="8"/>
     </row>
-    <row r="89" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="7">
         <v>2025</v>
       </c>
       <c r="B89" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P89" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q89" s="8"/>
     </row>
-    <row r="90" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="7">
         <v>2025</v>
       </c>
       <c r="B90" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P90" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q90" s="8"/>
     </row>
-    <row r="91" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="7">
         <v>2025</v>
       </c>
       <c r="B91" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P91" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q91" s="8"/>
     </row>
-    <row r="92" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="7">
         <v>2025</v>
       </c>
       <c r="B92" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P92" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q92" s="8"/>
     </row>
-    <row r="93" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="7">
         <v>2025</v>
       </c>
       <c r="B93" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P93" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q93" s="8"/>
     </row>
-    <row r="94" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="7">
         <v>2025</v>
       </c>
       <c r="B94" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q94" s="8"/>
     </row>
-    <row r="95" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="7">
         <v>2025</v>
       </c>
       <c r="B95" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P95" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q95" s="8"/>
     </row>
-    <row r="96" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="7">
         <v>2025</v>
       </c>
       <c r="B96" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P96" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q96" s="8"/>
     </row>
-    <row r="97" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="7">
         <v>2025</v>
       </c>
       <c r="B97" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="F97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="G97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="H97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="J97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="K97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="L97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="M97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="N97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="O97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="P97" s="8" t="s">
         <v>110</v>
       </c>
       <c r="Q97" s="8"/>
     </row>
-    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A98" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A99" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A100" s="11" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="A30:Q30"/>
     <mergeCell ref="A57:Q57"/>
     <mergeCell ref="A84:Q84"/>
   </mergeCells>
   <pageMargins left="0.17" right="0.17" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6C71A628-75A5-419A-A6B4-38DAEBABF24A}">
   <dimension ref="A2:F15"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="1"/>
-    <col min="3" max="6" width="25.7109375" customWidth="1"/>
+    <col min="1" max="1" width="5.7265625" customWidth="1"/>
+    <col min="3" max="6" width="25.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="40" t="s">
         <v>116</v>
       </c>
       <c r="B2" s="40"/>
       <c r="C2" s="40"/>
       <c r="D2" s="40"/>
       <c r="E2" s="40"/>
       <c r="F2" s="40"/>
     </row>
-    <row r="3" spans="1:6" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>97</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>112</v>
       </c>
       <c r="D3" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E3" s="25" t="s">
         <v>114</v>
       </c>
       <c r="F3" s="25" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A4" s="26">
         <v>2025</v>
       </c>
       <c r="B4" s="26" t="s">
         <v>77</v>
       </c>
       <c r="C4" s="27">
         <v>3052.73</v>
       </c>
       <c r="D4" s="27">
         <v>2167.6</v>
       </c>
       <c r="E4" s="27">
         <v>2262.56</v>
       </c>
       <c r="F4" s="27">
         <v>4884.7299999999996</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A5" s="26">
         <v>2025</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="27">
         <v>3100.53</v>
       </c>
       <c r="D5" s="27">
         <v>2179.4899999999998</v>
       </c>
       <c r="E5" s="27">
         <v>2218.42</v>
       </c>
       <c r="F5" s="27">
         <v>4906.1899999999996</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A6" s="26">
         <v>2025</v>
       </c>
       <c r="B6" s="26" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="27">
         <v>2858.41</v>
       </c>
       <c r="D6" s="27">
         <v>1826.36</v>
       </c>
       <c r="E6" s="27">
         <v>2101.75</v>
       </c>
       <c r="F6" s="27">
         <v>5059.67</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A7" s="26">
         <v>2025</v>
       </c>
       <c r="B7" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="27">
         <v>3118.28</v>
       </c>
       <c r="D7" s="27">
         <v>2125.29</v>
       </c>
       <c r="E7" s="27">
         <v>1874.96</v>
       </c>
       <c r="F7" s="27">
         <v>5254.58</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A8" s="26">
         <v>2025</v>
       </c>
       <c r="B8" s="26" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="27">
         <v>2772.08</v>
       </c>
       <c r="D8" s="27">
         <v>1804.85</v>
       </c>
       <c r="E8" s="27">
         <v>1766.2</v>
       </c>
       <c r="F8" s="27">
         <v>5388.33</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>2025</v>
       </c>
       <c r="B9" s="26" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="27">
         <v>2777.24</v>
       </c>
       <c r="D9" s="27">
         <v>1964.33</v>
       </c>
       <c r="E9" s="27">
         <v>1874.89</v>
       </c>
       <c r="F9" s="27">
         <v>5436.74</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>2025</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>84</v>
       </c>
       <c r="C10" s="27">
         <v>2843.69</v>
       </c>
       <c r="D10" s="27">
         <v>2111.85</v>
       </c>
       <c r="E10" s="27">
         <v>1802.36</v>
       </c>
       <c r="F10" s="27">
         <v>5298.98</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>2025</v>
       </c>
       <c r="B11" s="26" t="s">
         <v>85</v>
       </c>
       <c r="C11" s="27">
         <v>2785.19</v>
       </c>
       <c r="D11" s="27">
         <v>2105.5100000000002</v>
       </c>
       <c r="E11" s="27">
         <v>1842.36</v>
       </c>
       <c r="F11" s="27">
         <v>5477.28</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A12" s="26">
         <v>2025</v>
       </c>
       <c r="B12" s="26" t="s">
         <v>86</v>
       </c>
       <c r="C12" s="27">
         <v>2530.86</v>
       </c>
       <c r="D12" s="27">
         <v>1839.91</v>
       </c>
       <c r="E12" s="27">
         <v>1877.11</v>
       </c>
       <c r="F12" s="27">
         <v>5416.42</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A13" s="26">
         <v>2025</v>
       </c>
       <c r="B13" s="26" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="27">
         <v>2409.5500000000002</v>
       </c>
       <c r="D13" s="27">
         <v>1719.79</v>
       </c>
       <c r="E13" s="27">
         <v>1813.98</v>
       </c>
       <c r="F13" s="27">
         <v>5578.27</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A14" s="26">
         <v>2025</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="27">
         <v>2697.72</v>
       </c>
       <c r="D14" s="27">
         <v>1841.17</v>
       </c>
       <c r="E14" s="27">
         <v>2061.65</v>
       </c>
       <c r="F14" s="27">
         <v>5982.28</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A15" s="26">
         <v>2025</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="27"/>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E4857B3-429C-4C1B-9F0C-FFE495D46986}">
   <dimension ref="A2:S39"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="M41" sqref="M41"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="13" width="10.5703125" style="10" customWidth="1"/>
+    <col min="1" max="1" width="4.7265625" style="10" customWidth="1"/>
+    <col min="2" max="2" width="7.54296875" style="10" customWidth="1"/>
+    <col min="3" max="3" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4" max="4" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5" max="5" width="8.1796875" style="10" customWidth="1"/>
+    <col min="6" max="6" width="8.54296875" style="10" customWidth="1"/>
+    <col min="7" max="7" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8" max="8" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9" max="9" width="7.453125" style="10" customWidth="1"/>
+    <col min="10" max="10" width="9.26953125" style="10" customWidth="1"/>
+    <col min="11" max="11" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12" max="12" width="7.1796875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="10.54296875" style="10" customWidth="1"/>
     <col min="14" max="14" width="10" style="10" customWidth="1"/>
-    <col min="15" max="15" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="258" max="258" width="7.5703125" style="10" customWidth="1"/>
+    <col min="15" max="15" width="8.81640625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.1796875" style="10" customWidth="1"/>
+    <col min="17" max="17" width="9.54296875" style="10" customWidth="1"/>
+    <col min="18" max="256" width="9.1796875" style="10"/>
+    <col min="257" max="257" width="4.7265625" style="10" customWidth="1"/>
+    <col min="258" max="258" width="7.54296875" style="10" customWidth="1"/>
     <col min="259" max="259" width="9" style="10" customWidth="1"/>
-    <col min="260" max="260" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="269" max="269" width="10.5703125" style="10" customWidth="1"/>
+    <col min="260" max="260" width="8.26953125" style="10" customWidth="1"/>
+    <col min="261" max="261" width="8.1796875" style="10" customWidth="1"/>
+    <col min="262" max="262" width="10.1796875" style="10" customWidth="1"/>
+    <col min="263" max="263" width="8.7265625" style="10" customWidth="1"/>
+    <col min="264" max="264" width="9.1796875" style="10"/>
+    <col min="265" max="265" width="8.453125" style="10" customWidth="1"/>
+    <col min="266" max="266" width="9.26953125" style="10" customWidth="1"/>
+    <col min="267" max="267" width="8.7265625" style="10" customWidth="1"/>
+    <col min="268" max="268" width="7.1796875" style="10" customWidth="1"/>
+    <col min="269" max="269" width="10.54296875" style="10" customWidth="1"/>
     <col min="270" max="270" width="10" style="10" customWidth="1"/>
-    <col min="271" max="271" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="514" max="514" width="7.5703125" style="10" customWidth="1"/>
+    <col min="271" max="271" width="8.81640625" style="10" customWidth="1"/>
+    <col min="272" max="272" width="9.1796875" style="10"/>
+    <col min="273" max="273" width="9.54296875" style="10" customWidth="1"/>
+    <col min="274" max="512" width="9.1796875" style="10"/>
+    <col min="513" max="513" width="4.7265625" style="10" customWidth="1"/>
+    <col min="514" max="514" width="7.54296875" style="10" customWidth="1"/>
     <col min="515" max="515" width="9" style="10" customWidth="1"/>
-    <col min="516" max="516" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="525" max="525" width="10.5703125" style="10" customWidth="1"/>
+    <col min="516" max="516" width="8.26953125" style="10" customWidth="1"/>
+    <col min="517" max="517" width="8.1796875" style="10" customWidth="1"/>
+    <col min="518" max="518" width="10.1796875" style="10" customWidth="1"/>
+    <col min="519" max="519" width="8.7265625" style="10" customWidth="1"/>
+    <col min="520" max="520" width="9.1796875" style="10"/>
+    <col min="521" max="521" width="8.453125" style="10" customWidth="1"/>
+    <col min="522" max="522" width="9.26953125" style="10" customWidth="1"/>
+    <col min="523" max="523" width="8.7265625" style="10" customWidth="1"/>
+    <col min="524" max="524" width="7.1796875" style="10" customWidth="1"/>
+    <col min="525" max="525" width="10.54296875" style="10" customWidth="1"/>
     <col min="526" max="526" width="10" style="10" customWidth="1"/>
-    <col min="527" max="527" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="770" max="770" width="7.5703125" style="10" customWidth="1"/>
+    <col min="527" max="527" width="8.81640625" style="10" customWidth="1"/>
+    <col min="528" max="528" width="9.1796875" style="10"/>
+    <col min="529" max="529" width="9.54296875" style="10" customWidth="1"/>
+    <col min="530" max="768" width="9.1796875" style="10"/>
+    <col min="769" max="769" width="4.7265625" style="10" customWidth="1"/>
+    <col min="770" max="770" width="7.54296875" style="10" customWidth="1"/>
     <col min="771" max="771" width="9" style="10" customWidth="1"/>
-    <col min="772" max="772" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="781" max="781" width="10.5703125" style="10" customWidth="1"/>
+    <col min="772" max="772" width="8.26953125" style="10" customWidth="1"/>
+    <col min="773" max="773" width="8.1796875" style="10" customWidth="1"/>
+    <col min="774" max="774" width="10.1796875" style="10" customWidth="1"/>
+    <col min="775" max="775" width="8.7265625" style="10" customWidth="1"/>
+    <col min="776" max="776" width="9.1796875" style="10"/>
+    <col min="777" max="777" width="8.453125" style="10" customWidth="1"/>
+    <col min="778" max="778" width="9.26953125" style="10" customWidth="1"/>
+    <col min="779" max="779" width="8.7265625" style="10" customWidth="1"/>
+    <col min="780" max="780" width="7.1796875" style="10" customWidth="1"/>
+    <col min="781" max="781" width="10.54296875" style="10" customWidth="1"/>
     <col min="782" max="782" width="10" style="10" customWidth="1"/>
-    <col min="783" max="783" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1026" max="1026" width="7.5703125" style="10" customWidth="1"/>
+    <col min="783" max="783" width="8.81640625" style="10" customWidth="1"/>
+    <col min="784" max="784" width="9.1796875" style="10"/>
+    <col min="785" max="785" width="9.54296875" style="10" customWidth="1"/>
+    <col min="786" max="1024" width="9.1796875" style="10"/>
+    <col min="1025" max="1025" width="4.7265625" style="10" customWidth="1"/>
+    <col min="1026" max="1026" width="7.54296875" style="10" customWidth="1"/>
     <col min="1027" max="1027" width="9" style="10" customWidth="1"/>
-    <col min="1028" max="1028" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="1037" max="1037" width="10.5703125" style="10" customWidth="1"/>
+    <col min="1028" max="1028" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1029" max="1029" width="8.1796875" style="10" customWidth="1"/>
+    <col min="1030" max="1030" width="10.1796875" style="10" customWidth="1"/>
+    <col min="1031" max="1031" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1032" max="1032" width="9.1796875" style="10"/>
+    <col min="1033" max="1033" width="8.453125" style="10" customWidth="1"/>
+    <col min="1034" max="1034" width="9.26953125" style="10" customWidth="1"/>
+    <col min="1035" max="1035" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1036" max="1036" width="7.1796875" style="10" customWidth="1"/>
+    <col min="1037" max="1037" width="10.54296875" style="10" customWidth="1"/>
     <col min="1038" max="1038" width="10" style="10" customWidth="1"/>
-    <col min="1039" max="1039" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1282" max="1282" width="7.5703125" style="10" customWidth="1"/>
+    <col min="1039" max="1039" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1040" max="1040" width="9.1796875" style="10"/>
+    <col min="1041" max="1041" width="9.54296875" style="10" customWidth="1"/>
+    <col min="1042" max="1280" width="9.1796875" style="10"/>
+    <col min="1281" max="1281" width="4.7265625" style="10" customWidth="1"/>
+    <col min="1282" max="1282" width="7.54296875" style="10" customWidth="1"/>
     <col min="1283" max="1283" width="9" style="10" customWidth="1"/>
-    <col min="1284" max="1284" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="1293" max="1293" width="10.5703125" style="10" customWidth="1"/>
+    <col min="1284" max="1284" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1285" max="1285" width="8.1796875" style="10" customWidth="1"/>
+    <col min="1286" max="1286" width="10.1796875" style="10" customWidth="1"/>
+    <col min="1287" max="1287" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1288" max="1288" width="9.1796875" style="10"/>
+    <col min="1289" max="1289" width="8.453125" style="10" customWidth="1"/>
+    <col min="1290" max="1290" width="9.26953125" style="10" customWidth="1"/>
+    <col min="1291" max="1291" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1292" max="1292" width="7.1796875" style="10" customWidth="1"/>
+    <col min="1293" max="1293" width="10.54296875" style="10" customWidth="1"/>
     <col min="1294" max="1294" width="10" style="10" customWidth="1"/>
-    <col min="1295" max="1295" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1538" max="1538" width="7.5703125" style="10" customWidth="1"/>
+    <col min="1295" max="1295" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1296" max="1296" width="9.1796875" style="10"/>
+    <col min="1297" max="1297" width="9.54296875" style="10" customWidth="1"/>
+    <col min="1298" max="1536" width="9.1796875" style="10"/>
+    <col min="1537" max="1537" width="4.7265625" style="10" customWidth="1"/>
+    <col min="1538" max="1538" width="7.54296875" style="10" customWidth="1"/>
     <col min="1539" max="1539" width="9" style="10" customWidth="1"/>
-    <col min="1540" max="1540" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="1549" max="1549" width="10.5703125" style="10" customWidth="1"/>
+    <col min="1540" max="1540" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1541" max="1541" width="8.1796875" style="10" customWidth="1"/>
+    <col min="1542" max="1542" width="10.1796875" style="10" customWidth="1"/>
+    <col min="1543" max="1543" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1544" max="1544" width="9.1796875" style="10"/>
+    <col min="1545" max="1545" width="8.453125" style="10" customWidth="1"/>
+    <col min="1546" max="1546" width="9.26953125" style="10" customWidth="1"/>
+    <col min="1547" max="1547" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1548" max="1548" width="7.1796875" style="10" customWidth="1"/>
+    <col min="1549" max="1549" width="10.54296875" style="10" customWidth="1"/>
     <col min="1550" max="1550" width="10" style="10" customWidth="1"/>
-    <col min="1551" max="1551" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1794" max="1794" width="7.5703125" style="10" customWidth="1"/>
+    <col min="1551" max="1551" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1552" max="1552" width="9.1796875" style="10"/>
+    <col min="1553" max="1553" width="9.54296875" style="10" customWidth="1"/>
+    <col min="1554" max="1792" width="9.1796875" style="10"/>
+    <col min="1793" max="1793" width="4.7265625" style="10" customWidth="1"/>
+    <col min="1794" max="1794" width="7.54296875" style="10" customWidth="1"/>
     <col min="1795" max="1795" width="9" style="10" customWidth="1"/>
-    <col min="1796" max="1796" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="1805" max="1805" width="10.5703125" style="10" customWidth="1"/>
+    <col min="1796" max="1796" width="8.26953125" style="10" customWidth="1"/>
+    <col min="1797" max="1797" width="8.1796875" style="10" customWidth="1"/>
+    <col min="1798" max="1798" width="10.1796875" style="10" customWidth="1"/>
+    <col min="1799" max="1799" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1800" max="1800" width="9.1796875" style="10"/>
+    <col min="1801" max="1801" width="8.453125" style="10" customWidth="1"/>
+    <col min="1802" max="1802" width="9.26953125" style="10" customWidth="1"/>
+    <col min="1803" max="1803" width="8.7265625" style="10" customWidth="1"/>
+    <col min="1804" max="1804" width="7.1796875" style="10" customWidth="1"/>
+    <col min="1805" max="1805" width="10.54296875" style="10" customWidth="1"/>
     <col min="1806" max="1806" width="10" style="10" customWidth="1"/>
-    <col min="1807" max="1807" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2050" max="2050" width="7.5703125" style="10" customWidth="1"/>
+    <col min="1807" max="1807" width="8.81640625" style="10" customWidth="1"/>
+    <col min="1808" max="1808" width="9.1796875" style="10"/>
+    <col min="1809" max="1809" width="9.54296875" style="10" customWidth="1"/>
+    <col min="1810" max="2048" width="9.1796875" style="10"/>
+    <col min="2049" max="2049" width="4.7265625" style="10" customWidth="1"/>
+    <col min="2050" max="2050" width="7.54296875" style="10" customWidth="1"/>
     <col min="2051" max="2051" width="9" style="10" customWidth="1"/>
-    <col min="2052" max="2052" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="2061" max="2061" width="10.5703125" style="10" customWidth="1"/>
+    <col min="2052" max="2052" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2053" max="2053" width="8.1796875" style="10" customWidth="1"/>
+    <col min="2054" max="2054" width="10.1796875" style="10" customWidth="1"/>
+    <col min="2055" max="2055" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2056" max="2056" width="9.1796875" style="10"/>
+    <col min="2057" max="2057" width="8.453125" style="10" customWidth="1"/>
+    <col min="2058" max="2058" width="9.26953125" style="10" customWidth="1"/>
+    <col min="2059" max="2059" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2060" max="2060" width="7.1796875" style="10" customWidth="1"/>
+    <col min="2061" max="2061" width="10.54296875" style="10" customWidth="1"/>
     <col min="2062" max="2062" width="10" style="10" customWidth="1"/>
-    <col min="2063" max="2063" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2306" max="2306" width="7.5703125" style="10" customWidth="1"/>
+    <col min="2063" max="2063" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2064" max="2064" width="9.1796875" style="10"/>
+    <col min="2065" max="2065" width="9.54296875" style="10" customWidth="1"/>
+    <col min="2066" max="2304" width="9.1796875" style="10"/>
+    <col min="2305" max="2305" width="4.7265625" style="10" customWidth="1"/>
+    <col min="2306" max="2306" width="7.54296875" style="10" customWidth="1"/>
     <col min="2307" max="2307" width="9" style="10" customWidth="1"/>
-    <col min="2308" max="2308" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="2317" max="2317" width="10.5703125" style="10" customWidth="1"/>
+    <col min="2308" max="2308" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2309" max="2309" width="8.1796875" style="10" customWidth="1"/>
+    <col min="2310" max="2310" width="10.1796875" style="10" customWidth="1"/>
+    <col min="2311" max="2311" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2312" max="2312" width="9.1796875" style="10"/>
+    <col min="2313" max="2313" width="8.453125" style="10" customWidth="1"/>
+    <col min="2314" max="2314" width="9.26953125" style="10" customWidth="1"/>
+    <col min="2315" max="2315" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2316" max="2316" width="7.1796875" style="10" customWidth="1"/>
+    <col min="2317" max="2317" width="10.54296875" style="10" customWidth="1"/>
     <col min="2318" max="2318" width="10" style="10" customWidth="1"/>
-    <col min="2319" max="2319" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2562" max="2562" width="7.5703125" style="10" customWidth="1"/>
+    <col min="2319" max="2319" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2320" max="2320" width="9.1796875" style="10"/>
+    <col min="2321" max="2321" width="9.54296875" style="10" customWidth="1"/>
+    <col min="2322" max="2560" width="9.1796875" style="10"/>
+    <col min="2561" max="2561" width="4.7265625" style="10" customWidth="1"/>
+    <col min="2562" max="2562" width="7.54296875" style="10" customWidth="1"/>
     <col min="2563" max="2563" width="9" style="10" customWidth="1"/>
-    <col min="2564" max="2564" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="2573" max="2573" width="10.5703125" style="10" customWidth="1"/>
+    <col min="2564" max="2564" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2565" max="2565" width="8.1796875" style="10" customWidth="1"/>
+    <col min="2566" max="2566" width="10.1796875" style="10" customWidth="1"/>
+    <col min="2567" max="2567" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2568" max="2568" width="9.1796875" style="10"/>
+    <col min="2569" max="2569" width="8.453125" style="10" customWidth="1"/>
+    <col min="2570" max="2570" width="9.26953125" style="10" customWidth="1"/>
+    <col min="2571" max="2571" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2572" max="2572" width="7.1796875" style="10" customWidth="1"/>
+    <col min="2573" max="2573" width="10.54296875" style="10" customWidth="1"/>
     <col min="2574" max="2574" width="10" style="10" customWidth="1"/>
-    <col min="2575" max="2575" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2818" max="2818" width="7.5703125" style="10" customWidth="1"/>
+    <col min="2575" max="2575" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2576" max="2576" width="9.1796875" style="10"/>
+    <col min="2577" max="2577" width="9.54296875" style="10" customWidth="1"/>
+    <col min="2578" max="2816" width="9.1796875" style="10"/>
+    <col min="2817" max="2817" width="4.7265625" style="10" customWidth="1"/>
+    <col min="2818" max="2818" width="7.54296875" style="10" customWidth="1"/>
     <col min="2819" max="2819" width="9" style="10" customWidth="1"/>
-    <col min="2820" max="2820" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="2829" max="2829" width="10.5703125" style="10" customWidth="1"/>
+    <col min="2820" max="2820" width="8.26953125" style="10" customWidth="1"/>
+    <col min="2821" max="2821" width="8.1796875" style="10" customWidth="1"/>
+    <col min="2822" max="2822" width="10.1796875" style="10" customWidth="1"/>
+    <col min="2823" max="2823" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2824" max="2824" width="9.1796875" style="10"/>
+    <col min="2825" max="2825" width="8.453125" style="10" customWidth="1"/>
+    <col min="2826" max="2826" width="9.26953125" style="10" customWidth="1"/>
+    <col min="2827" max="2827" width="8.7265625" style="10" customWidth="1"/>
+    <col min="2828" max="2828" width="7.1796875" style="10" customWidth="1"/>
+    <col min="2829" max="2829" width="10.54296875" style="10" customWidth="1"/>
     <col min="2830" max="2830" width="10" style="10" customWidth="1"/>
-    <col min="2831" max="2831" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3074" max="3074" width="7.5703125" style="10" customWidth="1"/>
+    <col min="2831" max="2831" width="8.81640625" style="10" customWidth="1"/>
+    <col min="2832" max="2832" width="9.1796875" style="10"/>
+    <col min="2833" max="2833" width="9.54296875" style="10" customWidth="1"/>
+    <col min="2834" max="3072" width="9.1796875" style="10"/>
+    <col min="3073" max="3073" width="4.7265625" style="10" customWidth="1"/>
+    <col min="3074" max="3074" width="7.54296875" style="10" customWidth="1"/>
     <col min="3075" max="3075" width="9" style="10" customWidth="1"/>
-    <col min="3076" max="3076" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="3085" max="3085" width="10.5703125" style="10" customWidth="1"/>
+    <col min="3076" max="3076" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3077" max="3077" width="8.1796875" style="10" customWidth="1"/>
+    <col min="3078" max="3078" width="10.1796875" style="10" customWidth="1"/>
+    <col min="3079" max="3079" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3080" max="3080" width="9.1796875" style="10"/>
+    <col min="3081" max="3081" width="8.453125" style="10" customWidth="1"/>
+    <col min="3082" max="3082" width="9.26953125" style="10" customWidth="1"/>
+    <col min="3083" max="3083" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3084" max="3084" width="7.1796875" style="10" customWidth="1"/>
+    <col min="3085" max="3085" width="10.54296875" style="10" customWidth="1"/>
     <col min="3086" max="3086" width="10" style="10" customWidth="1"/>
-    <col min="3087" max="3087" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3330" max="3330" width="7.5703125" style="10" customWidth="1"/>
+    <col min="3087" max="3087" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3088" max="3088" width="9.1796875" style="10"/>
+    <col min="3089" max="3089" width="9.54296875" style="10" customWidth="1"/>
+    <col min="3090" max="3328" width="9.1796875" style="10"/>
+    <col min="3329" max="3329" width="4.7265625" style="10" customWidth="1"/>
+    <col min="3330" max="3330" width="7.54296875" style="10" customWidth="1"/>
     <col min="3331" max="3331" width="9" style="10" customWidth="1"/>
-    <col min="3332" max="3332" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="3341" max="3341" width="10.5703125" style="10" customWidth="1"/>
+    <col min="3332" max="3332" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3333" max="3333" width="8.1796875" style="10" customWidth="1"/>
+    <col min="3334" max="3334" width="10.1796875" style="10" customWidth="1"/>
+    <col min="3335" max="3335" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3336" max="3336" width="9.1796875" style="10"/>
+    <col min="3337" max="3337" width="8.453125" style="10" customWidth="1"/>
+    <col min="3338" max="3338" width="9.26953125" style="10" customWidth="1"/>
+    <col min="3339" max="3339" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3340" max="3340" width="7.1796875" style="10" customWidth="1"/>
+    <col min="3341" max="3341" width="10.54296875" style="10" customWidth="1"/>
     <col min="3342" max="3342" width="10" style="10" customWidth="1"/>
-    <col min="3343" max="3343" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3586" max="3586" width="7.5703125" style="10" customWidth="1"/>
+    <col min="3343" max="3343" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3344" max="3344" width="9.1796875" style="10"/>
+    <col min="3345" max="3345" width="9.54296875" style="10" customWidth="1"/>
+    <col min="3346" max="3584" width="9.1796875" style="10"/>
+    <col min="3585" max="3585" width="4.7265625" style="10" customWidth="1"/>
+    <col min="3586" max="3586" width="7.54296875" style="10" customWidth="1"/>
     <col min="3587" max="3587" width="9" style="10" customWidth="1"/>
-    <col min="3588" max="3588" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="3597" max="3597" width="10.5703125" style="10" customWidth="1"/>
+    <col min="3588" max="3588" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3589" max="3589" width="8.1796875" style="10" customWidth="1"/>
+    <col min="3590" max="3590" width="10.1796875" style="10" customWidth="1"/>
+    <col min="3591" max="3591" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3592" max="3592" width="9.1796875" style="10"/>
+    <col min="3593" max="3593" width="8.453125" style="10" customWidth="1"/>
+    <col min="3594" max="3594" width="9.26953125" style="10" customWidth="1"/>
+    <col min="3595" max="3595" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3596" max="3596" width="7.1796875" style="10" customWidth="1"/>
+    <col min="3597" max="3597" width="10.54296875" style="10" customWidth="1"/>
     <col min="3598" max="3598" width="10" style="10" customWidth="1"/>
-    <col min="3599" max="3599" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3842" max="3842" width="7.5703125" style="10" customWidth="1"/>
+    <col min="3599" max="3599" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3600" max="3600" width="9.1796875" style="10"/>
+    <col min="3601" max="3601" width="9.54296875" style="10" customWidth="1"/>
+    <col min="3602" max="3840" width="9.1796875" style="10"/>
+    <col min="3841" max="3841" width="4.7265625" style="10" customWidth="1"/>
+    <col min="3842" max="3842" width="7.54296875" style="10" customWidth="1"/>
     <col min="3843" max="3843" width="9" style="10" customWidth="1"/>
-    <col min="3844" max="3844" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="3853" max="3853" width="10.5703125" style="10" customWidth="1"/>
+    <col min="3844" max="3844" width="8.26953125" style="10" customWidth="1"/>
+    <col min="3845" max="3845" width="8.1796875" style="10" customWidth="1"/>
+    <col min="3846" max="3846" width="10.1796875" style="10" customWidth="1"/>
+    <col min="3847" max="3847" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3848" max="3848" width="9.1796875" style="10"/>
+    <col min="3849" max="3849" width="8.453125" style="10" customWidth="1"/>
+    <col min="3850" max="3850" width="9.26953125" style="10" customWidth="1"/>
+    <col min="3851" max="3851" width="8.7265625" style="10" customWidth="1"/>
+    <col min="3852" max="3852" width="7.1796875" style="10" customWidth="1"/>
+    <col min="3853" max="3853" width="10.54296875" style="10" customWidth="1"/>
     <col min="3854" max="3854" width="10" style="10" customWidth="1"/>
-    <col min="3855" max="3855" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4098" max="4098" width="7.5703125" style="10" customWidth="1"/>
+    <col min="3855" max="3855" width="8.81640625" style="10" customWidth="1"/>
+    <col min="3856" max="3856" width="9.1796875" style="10"/>
+    <col min="3857" max="3857" width="9.54296875" style="10" customWidth="1"/>
+    <col min="3858" max="4096" width="9.1796875" style="10"/>
+    <col min="4097" max="4097" width="4.7265625" style="10" customWidth="1"/>
+    <col min="4098" max="4098" width="7.54296875" style="10" customWidth="1"/>
     <col min="4099" max="4099" width="9" style="10" customWidth="1"/>
-    <col min="4100" max="4100" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="4109" max="4109" width="10.5703125" style="10" customWidth="1"/>
+    <col min="4100" max="4100" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4101" max="4101" width="8.1796875" style="10" customWidth="1"/>
+    <col min="4102" max="4102" width="10.1796875" style="10" customWidth="1"/>
+    <col min="4103" max="4103" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4104" max="4104" width="9.1796875" style="10"/>
+    <col min="4105" max="4105" width="8.453125" style="10" customWidth="1"/>
+    <col min="4106" max="4106" width="9.26953125" style="10" customWidth="1"/>
+    <col min="4107" max="4107" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4108" max="4108" width="7.1796875" style="10" customWidth="1"/>
+    <col min="4109" max="4109" width="10.54296875" style="10" customWidth="1"/>
     <col min="4110" max="4110" width="10" style="10" customWidth="1"/>
-    <col min="4111" max="4111" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4354" max="4354" width="7.5703125" style="10" customWidth="1"/>
+    <col min="4111" max="4111" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4112" max="4112" width="9.1796875" style="10"/>
+    <col min="4113" max="4113" width="9.54296875" style="10" customWidth="1"/>
+    <col min="4114" max="4352" width="9.1796875" style="10"/>
+    <col min="4353" max="4353" width="4.7265625" style="10" customWidth="1"/>
+    <col min="4354" max="4354" width="7.54296875" style="10" customWidth="1"/>
     <col min="4355" max="4355" width="9" style="10" customWidth="1"/>
-    <col min="4356" max="4356" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="4365" max="4365" width="10.5703125" style="10" customWidth="1"/>
+    <col min="4356" max="4356" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4357" max="4357" width="8.1796875" style="10" customWidth="1"/>
+    <col min="4358" max="4358" width="10.1796875" style="10" customWidth="1"/>
+    <col min="4359" max="4359" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4360" max="4360" width="9.1796875" style="10"/>
+    <col min="4361" max="4361" width="8.453125" style="10" customWidth="1"/>
+    <col min="4362" max="4362" width="9.26953125" style="10" customWidth="1"/>
+    <col min="4363" max="4363" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4364" max="4364" width="7.1796875" style="10" customWidth="1"/>
+    <col min="4365" max="4365" width="10.54296875" style="10" customWidth="1"/>
     <col min="4366" max="4366" width="10" style="10" customWidth="1"/>
-    <col min="4367" max="4367" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4610" max="4610" width="7.5703125" style="10" customWidth="1"/>
+    <col min="4367" max="4367" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4368" max="4368" width="9.1796875" style="10"/>
+    <col min="4369" max="4369" width="9.54296875" style="10" customWidth="1"/>
+    <col min="4370" max="4608" width="9.1796875" style="10"/>
+    <col min="4609" max="4609" width="4.7265625" style="10" customWidth="1"/>
+    <col min="4610" max="4610" width="7.54296875" style="10" customWidth="1"/>
     <col min="4611" max="4611" width="9" style="10" customWidth="1"/>
-    <col min="4612" max="4612" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="4621" max="4621" width="10.5703125" style="10" customWidth="1"/>
+    <col min="4612" max="4612" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4613" max="4613" width="8.1796875" style="10" customWidth="1"/>
+    <col min="4614" max="4614" width="10.1796875" style="10" customWidth="1"/>
+    <col min="4615" max="4615" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4616" max="4616" width="9.1796875" style="10"/>
+    <col min="4617" max="4617" width="8.453125" style="10" customWidth="1"/>
+    <col min="4618" max="4618" width="9.26953125" style="10" customWidth="1"/>
+    <col min="4619" max="4619" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4620" max="4620" width="7.1796875" style="10" customWidth="1"/>
+    <col min="4621" max="4621" width="10.54296875" style="10" customWidth="1"/>
     <col min="4622" max="4622" width="10" style="10" customWidth="1"/>
-    <col min="4623" max="4623" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4866" max="4866" width="7.5703125" style="10" customWidth="1"/>
+    <col min="4623" max="4623" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4624" max="4624" width="9.1796875" style="10"/>
+    <col min="4625" max="4625" width="9.54296875" style="10" customWidth="1"/>
+    <col min="4626" max="4864" width="9.1796875" style="10"/>
+    <col min="4865" max="4865" width="4.7265625" style="10" customWidth="1"/>
+    <col min="4866" max="4866" width="7.54296875" style="10" customWidth="1"/>
     <col min="4867" max="4867" width="9" style="10" customWidth="1"/>
-    <col min="4868" max="4868" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="4877" max="4877" width="10.5703125" style="10" customWidth="1"/>
+    <col min="4868" max="4868" width="8.26953125" style="10" customWidth="1"/>
+    <col min="4869" max="4869" width="8.1796875" style="10" customWidth="1"/>
+    <col min="4870" max="4870" width="10.1796875" style="10" customWidth="1"/>
+    <col min="4871" max="4871" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4872" max="4872" width="9.1796875" style="10"/>
+    <col min="4873" max="4873" width="8.453125" style="10" customWidth="1"/>
+    <col min="4874" max="4874" width="9.26953125" style="10" customWidth="1"/>
+    <col min="4875" max="4875" width="8.7265625" style="10" customWidth="1"/>
+    <col min="4876" max="4876" width="7.1796875" style="10" customWidth="1"/>
+    <col min="4877" max="4877" width="10.54296875" style="10" customWidth="1"/>
     <col min="4878" max="4878" width="10" style="10" customWidth="1"/>
-    <col min="4879" max="4879" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5122" max="5122" width="7.5703125" style="10" customWidth="1"/>
+    <col min="4879" max="4879" width="8.81640625" style="10" customWidth="1"/>
+    <col min="4880" max="4880" width="9.1796875" style="10"/>
+    <col min="4881" max="4881" width="9.54296875" style="10" customWidth="1"/>
+    <col min="4882" max="5120" width="9.1796875" style="10"/>
+    <col min="5121" max="5121" width="4.7265625" style="10" customWidth="1"/>
+    <col min="5122" max="5122" width="7.54296875" style="10" customWidth="1"/>
     <col min="5123" max="5123" width="9" style="10" customWidth="1"/>
-    <col min="5124" max="5124" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="5133" max="5133" width="10.5703125" style="10" customWidth="1"/>
+    <col min="5124" max="5124" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5125" max="5125" width="8.1796875" style="10" customWidth="1"/>
+    <col min="5126" max="5126" width="10.1796875" style="10" customWidth="1"/>
+    <col min="5127" max="5127" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5128" max="5128" width="9.1796875" style="10"/>
+    <col min="5129" max="5129" width="8.453125" style="10" customWidth="1"/>
+    <col min="5130" max="5130" width="9.26953125" style="10" customWidth="1"/>
+    <col min="5131" max="5131" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5132" max="5132" width="7.1796875" style="10" customWidth="1"/>
+    <col min="5133" max="5133" width="10.54296875" style="10" customWidth="1"/>
     <col min="5134" max="5134" width="10" style="10" customWidth="1"/>
-    <col min="5135" max="5135" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5378" max="5378" width="7.5703125" style="10" customWidth="1"/>
+    <col min="5135" max="5135" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5136" max="5136" width="9.1796875" style="10"/>
+    <col min="5137" max="5137" width="9.54296875" style="10" customWidth="1"/>
+    <col min="5138" max="5376" width="9.1796875" style="10"/>
+    <col min="5377" max="5377" width="4.7265625" style="10" customWidth="1"/>
+    <col min="5378" max="5378" width="7.54296875" style="10" customWidth="1"/>
     <col min="5379" max="5379" width="9" style="10" customWidth="1"/>
-    <col min="5380" max="5380" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="5389" max="5389" width="10.5703125" style="10" customWidth="1"/>
+    <col min="5380" max="5380" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5381" max="5381" width="8.1796875" style="10" customWidth="1"/>
+    <col min="5382" max="5382" width="10.1796875" style="10" customWidth="1"/>
+    <col min="5383" max="5383" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5384" max="5384" width="9.1796875" style="10"/>
+    <col min="5385" max="5385" width="8.453125" style="10" customWidth="1"/>
+    <col min="5386" max="5386" width="9.26953125" style="10" customWidth="1"/>
+    <col min="5387" max="5387" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5388" max="5388" width="7.1796875" style="10" customWidth="1"/>
+    <col min="5389" max="5389" width="10.54296875" style="10" customWidth="1"/>
     <col min="5390" max="5390" width="10" style="10" customWidth="1"/>
-    <col min="5391" max="5391" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5634" max="5634" width="7.5703125" style="10" customWidth="1"/>
+    <col min="5391" max="5391" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5392" max="5392" width="9.1796875" style="10"/>
+    <col min="5393" max="5393" width="9.54296875" style="10" customWidth="1"/>
+    <col min="5394" max="5632" width="9.1796875" style="10"/>
+    <col min="5633" max="5633" width="4.7265625" style="10" customWidth="1"/>
+    <col min="5634" max="5634" width="7.54296875" style="10" customWidth="1"/>
     <col min="5635" max="5635" width="9" style="10" customWidth="1"/>
-    <col min="5636" max="5636" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="5645" max="5645" width="10.5703125" style="10" customWidth="1"/>
+    <col min="5636" max="5636" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5637" max="5637" width="8.1796875" style="10" customWidth="1"/>
+    <col min="5638" max="5638" width="10.1796875" style="10" customWidth="1"/>
+    <col min="5639" max="5639" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5640" max="5640" width="9.1796875" style="10"/>
+    <col min="5641" max="5641" width="8.453125" style="10" customWidth="1"/>
+    <col min="5642" max="5642" width="9.26953125" style="10" customWidth="1"/>
+    <col min="5643" max="5643" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5644" max="5644" width="7.1796875" style="10" customWidth="1"/>
+    <col min="5645" max="5645" width="10.54296875" style="10" customWidth="1"/>
     <col min="5646" max="5646" width="10" style="10" customWidth="1"/>
-    <col min="5647" max="5647" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5890" max="5890" width="7.5703125" style="10" customWidth="1"/>
+    <col min="5647" max="5647" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5648" max="5648" width="9.1796875" style="10"/>
+    <col min="5649" max="5649" width="9.54296875" style="10" customWidth="1"/>
+    <col min="5650" max="5888" width="9.1796875" style="10"/>
+    <col min="5889" max="5889" width="4.7265625" style="10" customWidth="1"/>
+    <col min="5890" max="5890" width="7.54296875" style="10" customWidth="1"/>
     <col min="5891" max="5891" width="9" style="10" customWidth="1"/>
-    <col min="5892" max="5892" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="5901" max="5901" width="10.5703125" style="10" customWidth="1"/>
+    <col min="5892" max="5892" width="8.26953125" style="10" customWidth="1"/>
+    <col min="5893" max="5893" width="8.1796875" style="10" customWidth="1"/>
+    <col min="5894" max="5894" width="10.1796875" style="10" customWidth="1"/>
+    <col min="5895" max="5895" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5896" max="5896" width="9.1796875" style="10"/>
+    <col min="5897" max="5897" width="8.453125" style="10" customWidth="1"/>
+    <col min="5898" max="5898" width="9.26953125" style="10" customWidth="1"/>
+    <col min="5899" max="5899" width="8.7265625" style="10" customWidth="1"/>
+    <col min="5900" max="5900" width="7.1796875" style="10" customWidth="1"/>
+    <col min="5901" max="5901" width="10.54296875" style="10" customWidth="1"/>
     <col min="5902" max="5902" width="10" style="10" customWidth="1"/>
-    <col min="5903" max="5903" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6146" max="6146" width="7.5703125" style="10" customWidth="1"/>
+    <col min="5903" max="5903" width="8.81640625" style="10" customWidth="1"/>
+    <col min="5904" max="5904" width="9.1796875" style="10"/>
+    <col min="5905" max="5905" width="9.54296875" style="10" customWidth="1"/>
+    <col min="5906" max="6144" width="9.1796875" style="10"/>
+    <col min="6145" max="6145" width="4.7265625" style="10" customWidth="1"/>
+    <col min="6146" max="6146" width="7.54296875" style="10" customWidth="1"/>
     <col min="6147" max="6147" width="9" style="10" customWidth="1"/>
-    <col min="6148" max="6148" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="6157" max="6157" width="10.5703125" style="10" customWidth="1"/>
+    <col min="6148" max="6148" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6149" max="6149" width="8.1796875" style="10" customWidth="1"/>
+    <col min="6150" max="6150" width="10.1796875" style="10" customWidth="1"/>
+    <col min="6151" max="6151" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6152" max="6152" width="9.1796875" style="10"/>
+    <col min="6153" max="6153" width="8.453125" style="10" customWidth="1"/>
+    <col min="6154" max="6154" width="9.26953125" style="10" customWidth="1"/>
+    <col min="6155" max="6155" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6156" max="6156" width="7.1796875" style="10" customWidth="1"/>
+    <col min="6157" max="6157" width="10.54296875" style="10" customWidth="1"/>
     <col min="6158" max="6158" width="10" style="10" customWidth="1"/>
-    <col min="6159" max="6159" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6402" max="6402" width="7.5703125" style="10" customWidth="1"/>
+    <col min="6159" max="6159" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6160" max="6160" width="9.1796875" style="10"/>
+    <col min="6161" max="6161" width="9.54296875" style="10" customWidth="1"/>
+    <col min="6162" max="6400" width="9.1796875" style="10"/>
+    <col min="6401" max="6401" width="4.7265625" style="10" customWidth="1"/>
+    <col min="6402" max="6402" width="7.54296875" style="10" customWidth="1"/>
     <col min="6403" max="6403" width="9" style="10" customWidth="1"/>
-    <col min="6404" max="6404" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="6413" max="6413" width="10.5703125" style="10" customWidth="1"/>
+    <col min="6404" max="6404" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6405" max="6405" width="8.1796875" style="10" customWidth="1"/>
+    <col min="6406" max="6406" width="10.1796875" style="10" customWidth="1"/>
+    <col min="6407" max="6407" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6408" max="6408" width="9.1796875" style="10"/>
+    <col min="6409" max="6409" width="8.453125" style="10" customWidth="1"/>
+    <col min="6410" max="6410" width="9.26953125" style="10" customWidth="1"/>
+    <col min="6411" max="6411" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6412" max="6412" width="7.1796875" style="10" customWidth="1"/>
+    <col min="6413" max="6413" width="10.54296875" style="10" customWidth="1"/>
     <col min="6414" max="6414" width="10" style="10" customWidth="1"/>
-    <col min="6415" max="6415" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6658" max="6658" width="7.5703125" style="10" customWidth="1"/>
+    <col min="6415" max="6415" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6416" max="6416" width="9.1796875" style="10"/>
+    <col min="6417" max="6417" width="9.54296875" style="10" customWidth="1"/>
+    <col min="6418" max="6656" width="9.1796875" style="10"/>
+    <col min="6657" max="6657" width="4.7265625" style="10" customWidth="1"/>
+    <col min="6658" max="6658" width="7.54296875" style="10" customWidth="1"/>
     <col min="6659" max="6659" width="9" style="10" customWidth="1"/>
-    <col min="6660" max="6660" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="6669" max="6669" width="10.5703125" style="10" customWidth="1"/>
+    <col min="6660" max="6660" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6661" max="6661" width="8.1796875" style="10" customWidth="1"/>
+    <col min="6662" max="6662" width="10.1796875" style="10" customWidth="1"/>
+    <col min="6663" max="6663" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6664" max="6664" width="9.1796875" style="10"/>
+    <col min="6665" max="6665" width="8.453125" style="10" customWidth="1"/>
+    <col min="6666" max="6666" width="9.26953125" style="10" customWidth="1"/>
+    <col min="6667" max="6667" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6668" max="6668" width="7.1796875" style="10" customWidth="1"/>
+    <col min="6669" max="6669" width="10.54296875" style="10" customWidth="1"/>
     <col min="6670" max="6670" width="10" style="10" customWidth="1"/>
-    <col min="6671" max="6671" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6914" max="6914" width="7.5703125" style="10" customWidth="1"/>
+    <col min="6671" max="6671" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6672" max="6672" width="9.1796875" style="10"/>
+    <col min="6673" max="6673" width="9.54296875" style="10" customWidth="1"/>
+    <col min="6674" max="6912" width="9.1796875" style="10"/>
+    <col min="6913" max="6913" width="4.7265625" style="10" customWidth="1"/>
+    <col min="6914" max="6914" width="7.54296875" style="10" customWidth="1"/>
     <col min="6915" max="6915" width="9" style="10" customWidth="1"/>
-    <col min="6916" max="6916" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="6925" max="6925" width="10.5703125" style="10" customWidth="1"/>
+    <col min="6916" max="6916" width="8.26953125" style="10" customWidth="1"/>
+    <col min="6917" max="6917" width="8.1796875" style="10" customWidth="1"/>
+    <col min="6918" max="6918" width="10.1796875" style="10" customWidth="1"/>
+    <col min="6919" max="6919" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6920" max="6920" width="9.1796875" style="10"/>
+    <col min="6921" max="6921" width="8.453125" style="10" customWidth="1"/>
+    <col min="6922" max="6922" width="9.26953125" style="10" customWidth="1"/>
+    <col min="6923" max="6923" width="8.7265625" style="10" customWidth="1"/>
+    <col min="6924" max="6924" width="7.1796875" style="10" customWidth="1"/>
+    <col min="6925" max="6925" width="10.54296875" style="10" customWidth="1"/>
     <col min="6926" max="6926" width="10" style="10" customWidth="1"/>
-    <col min="6927" max="6927" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7170" max="7170" width="7.5703125" style="10" customWidth="1"/>
+    <col min="6927" max="6927" width="8.81640625" style="10" customWidth="1"/>
+    <col min="6928" max="6928" width="9.1796875" style="10"/>
+    <col min="6929" max="6929" width="9.54296875" style="10" customWidth="1"/>
+    <col min="6930" max="7168" width="9.1796875" style="10"/>
+    <col min="7169" max="7169" width="4.7265625" style="10" customWidth="1"/>
+    <col min="7170" max="7170" width="7.54296875" style="10" customWidth="1"/>
     <col min="7171" max="7171" width="9" style="10" customWidth="1"/>
-    <col min="7172" max="7172" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="7181" max="7181" width="10.5703125" style="10" customWidth="1"/>
+    <col min="7172" max="7172" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7173" max="7173" width="8.1796875" style="10" customWidth="1"/>
+    <col min="7174" max="7174" width="10.1796875" style="10" customWidth="1"/>
+    <col min="7175" max="7175" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7176" max="7176" width="9.1796875" style="10"/>
+    <col min="7177" max="7177" width="8.453125" style="10" customWidth="1"/>
+    <col min="7178" max="7178" width="9.26953125" style="10" customWidth="1"/>
+    <col min="7179" max="7179" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7180" max="7180" width="7.1796875" style="10" customWidth="1"/>
+    <col min="7181" max="7181" width="10.54296875" style="10" customWidth="1"/>
     <col min="7182" max="7182" width="10" style="10" customWidth="1"/>
-    <col min="7183" max="7183" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7426" max="7426" width="7.5703125" style="10" customWidth="1"/>
+    <col min="7183" max="7183" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7184" max="7184" width="9.1796875" style="10"/>
+    <col min="7185" max="7185" width="9.54296875" style="10" customWidth="1"/>
+    <col min="7186" max="7424" width="9.1796875" style="10"/>
+    <col min="7425" max="7425" width="4.7265625" style="10" customWidth="1"/>
+    <col min="7426" max="7426" width="7.54296875" style="10" customWidth="1"/>
     <col min="7427" max="7427" width="9" style="10" customWidth="1"/>
-    <col min="7428" max="7428" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="7437" max="7437" width="10.5703125" style="10" customWidth="1"/>
+    <col min="7428" max="7428" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7429" max="7429" width="8.1796875" style="10" customWidth="1"/>
+    <col min="7430" max="7430" width="10.1796875" style="10" customWidth="1"/>
+    <col min="7431" max="7431" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7432" max="7432" width="9.1796875" style="10"/>
+    <col min="7433" max="7433" width="8.453125" style="10" customWidth="1"/>
+    <col min="7434" max="7434" width="9.26953125" style="10" customWidth="1"/>
+    <col min="7435" max="7435" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7436" max="7436" width="7.1796875" style="10" customWidth="1"/>
+    <col min="7437" max="7437" width="10.54296875" style="10" customWidth="1"/>
     <col min="7438" max="7438" width="10" style="10" customWidth="1"/>
-    <col min="7439" max="7439" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7682" max="7682" width="7.5703125" style="10" customWidth="1"/>
+    <col min="7439" max="7439" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7440" max="7440" width="9.1796875" style="10"/>
+    <col min="7441" max="7441" width="9.54296875" style="10" customWidth="1"/>
+    <col min="7442" max="7680" width="9.1796875" style="10"/>
+    <col min="7681" max="7681" width="4.7265625" style="10" customWidth="1"/>
+    <col min="7682" max="7682" width="7.54296875" style="10" customWidth="1"/>
     <col min="7683" max="7683" width="9" style="10" customWidth="1"/>
-    <col min="7684" max="7684" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="7693" max="7693" width="10.5703125" style="10" customWidth="1"/>
+    <col min="7684" max="7684" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7685" max="7685" width="8.1796875" style="10" customWidth="1"/>
+    <col min="7686" max="7686" width="10.1796875" style="10" customWidth="1"/>
+    <col min="7687" max="7687" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7688" max="7688" width="9.1796875" style="10"/>
+    <col min="7689" max="7689" width="8.453125" style="10" customWidth="1"/>
+    <col min="7690" max="7690" width="9.26953125" style="10" customWidth="1"/>
+    <col min="7691" max="7691" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7692" max="7692" width="7.1796875" style="10" customWidth="1"/>
+    <col min="7693" max="7693" width="10.54296875" style="10" customWidth="1"/>
     <col min="7694" max="7694" width="10" style="10" customWidth="1"/>
-    <col min="7695" max="7695" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7938" max="7938" width="7.5703125" style="10" customWidth="1"/>
+    <col min="7695" max="7695" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7696" max="7696" width="9.1796875" style="10"/>
+    <col min="7697" max="7697" width="9.54296875" style="10" customWidth="1"/>
+    <col min="7698" max="7936" width="9.1796875" style="10"/>
+    <col min="7937" max="7937" width="4.7265625" style="10" customWidth="1"/>
+    <col min="7938" max="7938" width="7.54296875" style="10" customWidth="1"/>
     <col min="7939" max="7939" width="9" style="10" customWidth="1"/>
-    <col min="7940" max="7940" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="7949" max="7949" width="10.5703125" style="10" customWidth="1"/>
+    <col min="7940" max="7940" width="8.26953125" style="10" customWidth="1"/>
+    <col min="7941" max="7941" width="8.1796875" style="10" customWidth="1"/>
+    <col min="7942" max="7942" width="10.1796875" style="10" customWidth="1"/>
+    <col min="7943" max="7943" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7944" max="7944" width="9.1796875" style="10"/>
+    <col min="7945" max="7945" width="8.453125" style="10" customWidth="1"/>
+    <col min="7946" max="7946" width="9.26953125" style="10" customWidth="1"/>
+    <col min="7947" max="7947" width="8.7265625" style="10" customWidth="1"/>
+    <col min="7948" max="7948" width="7.1796875" style="10" customWidth="1"/>
+    <col min="7949" max="7949" width="10.54296875" style="10" customWidth="1"/>
     <col min="7950" max="7950" width="10" style="10" customWidth="1"/>
-    <col min="7951" max="7951" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8194" max="8194" width="7.5703125" style="10" customWidth="1"/>
+    <col min="7951" max="7951" width="8.81640625" style="10" customWidth="1"/>
+    <col min="7952" max="7952" width="9.1796875" style="10"/>
+    <col min="7953" max="7953" width="9.54296875" style="10" customWidth="1"/>
+    <col min="7954" max="8192" width="9.1796875" style="10"/>
+    <col min="8193" max="8193" width="4.7265625" style="10" customWidth="1"/>
+    <col min="8194" max="8194" width="7.54296875" style="10" customWidth="1"/>
     <col min="8195" max="8195" width="9" style="10" customWidth="1"/>
-    <col min="8196" max="8196" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="8205" max="8205" width="10.5703125" style="10" customWidth="1"/>
+    <col min="8196" max="8196" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8197" max="8197" width="8.1796875" style="10" customWidth="1"/>
+    <col min="8198" max="8198" width="10.1796875" style="10" customWidth="1"/>
+    <col min="8199" max="8199" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8200" max="8200" width="9.1796875" style="10"/>
+    <col min="8201" max="8201" width="8.453125" style="10" customWidth="1"/>
+    <col min="8202" max="8202" width="9.26953125" style="10" customWidth="1"/>
+    <col min="8203" max="8203" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8204" max="8204" width="7.1796875" style="10" customWidth="1"/>
+    <col min="8205" max="8205" width="10.54296875" style="10" customWidth="1"/>
     <col min="8206" max="8206" width="10" style="10" customWidth="1"/>
-    <col min="8207" max="8207" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8450" max="8450" width="7.5703125" style="10" customWidth="1"/>
+    <col min="8207" max="8207" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8208" max="8208" width="9.1796875" style="10"/>
+    <col min="8209" max="8209" width="9.54296875" style="10" customWidth="1"/>
+    <col min="8210" max="8448" width="9.1796875" style="10"/>
+    <col min="8449" max="8449" width="4.7265625" style="10" customWidth="1"/>
+    <col min="8450" max="8450" width="7.54296875" style="10" customWidth="1"/>
     <col min="8451" max="8451" width="9" style="10" customWidth="1"/>
-    <col min="8452" max="8452" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="8461" max="8461" width="10.5703125" style="10" customWidth="1"/>
+    <col min="8452" max="8452" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8453" max="8453" width="8.1796875" style="10" customWidth="1"/>
+    <col min="8454" max="8454" width="10.1796875" style="10" customWidth="1"/>
+    <col min="8455" max="8455" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8456" max="8456" width="9.1796875" style="10"/>
+    <col min="8457" max="8457" width="8.453125" style="10" customWidth="1"/>
+    <col min="8458" max="8458" width="9.26953125" style="10" customWidth="1"/>
+    <col min="8459" max="8459" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8460" max="8460" width="7.1796875" style="10" customWidth="1"/>
+    <col min="8461" max="8461" width="10.54296875" style="10" customWidth="1"/>
     <col min="8462" max="8462" width="10" style="10" customWidth="1"/>
-    <col min="8463" max="8463" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8706" max="8706" width="7.5703125" style="10" customWidth="1"/>
+    <col min="8463" max="8463" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8464" max="8464" width="9.1796875" style="10"/>
+    <col min="8465" max="8465" width="9.54296875" style="10" customWidth="1"/>
+    <col min="8466" max="8704" width="9.1796875" style="10"/>
+    <col min="8705" max="8705" width="4.7265625" style="10" customWidth="1"/>
+    <col min="8706" max="8706" width="7.54296875" style="10" customWidth="1"/>
     <col min="8707" max="8707" width="9" style="10" customWidth="1"/>
-    <col min="8708" max="8708" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="8717" max="8717" width="10.5703125" style="10" customWidth="1"/>
+    <col min="8708" max="8708" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8709" max="8709" width="8.1796875" style="10" customWidth="1"/>
+    <col min="8710" max="8710" width="10.1796875" style="10" customWidth="1"/>
+    <col min="8711" max="8711" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8712" max="8712" width="9.1796875" style="10"/>
+    <col min="8713" max="8713" width="8.453125" style="10" customWidth="1"/>
+    <col min="8714" max="8714" width="9.26953125" style="10" customWidth="1"/>
+    <col min="8715" max="8715" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8716" max="8716" width="7.1796875" style="10" customWidth="1"/>
+    <col min="8717" max="8717" width="10.54296875" style="10" customWidth="1"/>
     <col min="8718" max="8718" width="10" style="10" customWidth="1"/>
-    <col min="8719" max="8719" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8962" max="8962" width="7.5703125" style="10" customWidth="1"/>
+    <col min="8719" max="8719" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8720" max="8720" width="9.1796875" style="10"/>
+    <col min="8721" max="8721" width="9.54296875" style="10" customWidth="1"/>
+    <col min="8722" max="8960" width="9.1796875" style="10"/>
+    <col min="8961" max="8961" width="4.7265625" style="10" customWidth="1"/>
+    <col min="8962" max="8962" width="7.54296875" style="10" customWidth="1"/>
     <col min="8963" max="8963" width="9" style="10" customWidth="1"/>
-    <col min="8964" max="8964" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="8973" max="8973" width="10.5703125" style="10" customWidth="1"/>
+    <col min="8964" max="8964" width="8.26953125" style="10" customWidth="1"/>
+    <col min="8965" max="8965" width="8.1796875" style="10" customWidth="1"/>
+    <col min="8966" max="8966" width="10.1796875" style="10" customWidth="1"/>
+    <col min="8967" max="8967" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8968" max="8968" width="9.1796875" style="10"/>
+    <col min="8969" max="8969" width="8.453125" style="10" customWidth="1"/>
+    <col min="8970" max="8970" width="9.26953125" style="10" customWidth="1"/>
+    <col min="8971" max="8971" width="8.7265625" style="10" customWidth="1"/>
+    <col min="8972" max="8972" width="7.1796875" style="10" customWidth="1"/>
+    <col min="8973" max="8973" width="10.54296875" style="10" customWidth="1"/>
     <col min="8974" max="8974" width="10" style="10" customWidth="1"/>
-    <col min="8975" max="8975" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9218" max="9218" width="7.5703125" style="10" customWidth="1"/>
+    <col min="8975" max="8975" width="8.81640625" style="10" customWidth="1"/>
+    <col min="8976" max="8976" width="9.1796875" style="10"/>
+    <col min="8977" max="8977" width="9.54296875" style="10" customWidth="1"/>
+    <col min="8978" max="9216" width="9.1796875" style="10"/>
+    <col min="9217" max="9217" width="4.7265625" style="10" customWidth="1"/>
+    <col min="9218" max="9218" width="7.54296875" style="10" customWidth="1"/>
     <col min="9219" max="9219" width="9" style="10" customWidth="1"/>
-    <col min="9220" max="9220" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="9229" max="9229" width="10.5703125" style="10" customWidth="1"/>
+    <col min="9220" max="9220" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9221" max="9221" width="8.1796875" style="10" customWidth="1"/>
+    <col min="9222" max="9222" width="10.1796875" style="10" customWidth="1"/>
+    <col min="9223" max="9223" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9224" max="9224" width="9.1796875" style="10"/>
+    <col min="9225" max="9225" width="8.453125" style="10" customWidth="1"/>
+    <col min="9226" max="9226" width="9.26953125" style="10" customWidth="1"/>
+    <col min="9227" max="9227" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9228" max="9228" width="7.1796875" style="10" customWidth="1"/>
+    <col min="9229" max="9229" width="10.54296875" style="10" customWidth="1"/>
     <col min="9230" max="9230" width="10" style="10" customWidth="1"/>
-    <col min="9231" max="9231" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9474" max="9474" width="7.5703125" style="10" customWidth="1"/>
+    <col min="9231" max="9231" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9232" max="9232" width="9.1796875" style="10"/>
+    <col min="9233" max="9233" width="9.54296875" style="10" customWidth="1"/>
+    <col min="9234" max="9472" width="9.1796875" style="10"/>
+    <col min="9473" max="9473" width="4.7265625" style="10" customWidth="1"/>
+    <col min="9474" max="9474" width="7.54296875" style="10" customWidth="1"/>
     <col min="9475" max="9475" width="9" style="10" customWidth="1"/>
-    <col min="9476" max="9476" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="9485" max="9485" width="10.5703125" style="10" customWidth="1"/>
+    <col min="9476" max="9476" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9477" max="9477" width="8.1796875" style="10" customWidth="1"/>
+    <col min="9478" max="9478" width="10.1796875" style="10" customWidth="1"/>
+    <col min="9479" max="9479" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9480" max="9480" width="9.1796875" style="10"/>
+    <col min="9481" max="9481" width="8.453125" style="10" customWidth="1"/>
+    <col min="9482" max="9482" width="9.26953125" style="10" customWidth="1"/>
+    <col min="9483" max="9483" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9484" max="9484" width="7.1796875" style="10" customWidth="1"/>
+    <col min="9485" max="9485" width="10.54296875" style="10" customWidth="1"/>
     <col min="9486" max="9486" width="10" style="10" customWidth="1"/>
-    <col min="9487" max="9487" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9730" max="9730" width="7.5703125" style="10" customWidth="1"/>
+    <col min="9487" max="9487" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9488" max="9488" width="9.1796875" style="10"/>
+    <col min="9489" max="9489" width="9.54296875" style="10" customWidth="1"/>
+    <col min="9490" max="9728" width="9.1796875" style="10"/>
+    <col min="9729" max="9729" width="4.7265625" style="10" customWidth="1"/>
+    <col min="9730" max="9730" width="7.54296875" style="10" customWidth="1"/>
     <col min="9731" max="9731" width="9" style="10" customWidth="1"/>
-    <col min="9732" max="9732" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="9741" max="9741" width="10.5703125" style="10" customWidth="1"/>
+    <col min="9732" max="9732" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9733" max="9733" width="8.1796875" style="10" customWidth="1"/>
+    <col min="9734" max="9734" width="10.1796875" style="10" customWidth="1"/>
+    <col min="9735" max="9735" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9736" max="9736" width="9.1796875" style="10"/>
+    <col min="9737" max="9737" width="8.453125" style="10" customWidth="1"/>
+    <col min="9738" max="9738" width="9.26953125" style="10" customWidth="1"/>
+    <col min="9739" max="9739" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9740" max="9740" width="7.1796875" style="10" customWidth="1"/>
+    <col min="9741" max="9741" width="10.54296875" style="10" customWidth="1"/>
     <col min="9742" max="9742" width="10" style="10" customWidth="1"/>
-    <col min="9743" max="9743" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9986" max="9986" width="7.5703125" style="10" customWidth="1"/>
+    <col min="9743" max="9743" width="8.81640625" style="10" customWidth="1"/>
+    <col min="9744" max="9744" width="9.1796875" style="10"/>
+    <col min="9745" max="9745" width="9.54296875" style="10" customWidth="1"/>
+    <col min="9746" max="9984" width="9.1796875" style="10"/>
+    <col min="9985" max="9985" width="4.7265625" style="10" customWidth="1"/>
+    <col min="9986" max="9986" width="7.54296875" style="10" customWidth="1"/>
     <col min="9987" max="9987" width="9" style="10" customWidth="1"/>
-    <col min="9988" max="9988" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="9997" max="9997" width="10.5703125" style="10" customWidth="1"/>
+    <col min="9988" max="9988" width="8.26953125" style="10" customWidth="1"/>
+    <col min="9989" max="9989" width="8.1796875" style="10" customWidth="1"/>
+    <col min="9990" max="9990" width="10.1796875" style="10" customWidth="1"/>
+    <col min="9991" max="9991" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9992" max="9992" width="9.1796875" style="10"/>
+    <col min="9993" max="9993" width="8.453125" style="10" customWidth="1"/>
+    <col min="9994" max="9994" width="9.26953125" style="10" customWidth="1"/>
+    <col min="9995" max="9995" width="8.7265625" style="10" customWidth="1"/>
+    <col min="9996" max="9996" width="7.1796875" style="10" customWidth="1"/>
+    <col min="9997" max="9997" width="10.54296875" style="10" customWidth="1"/>
     <col min="9998" max="9998" width="10" style="10" customWidth="1"/>
-    <col min="9999" max="9999" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10242" max="10242" width="7.5703125" style="10" customWidth="1"/>
+    <col min="9999" max="9999" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10000" max="10000" width="9.1796875" style="10"/>
+    <col min="10001" max="10001" width="9.54296875" style="10" customWidth="1"/>
+    <col min="10002" max="10240" width="9.1796875" style="10"/>
+    <col min="10241" max="10241" width="4.7265625" style="10" customWidth="1"/>
+    <col min="10242" max="10242" width="7.54296875" style="10" customWidth="1"/>
     <col min="10243" max="10243" width="9" style="10" customWidth="1"/>
-    <col min="10244" max="10244" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10253" max="10253" width="10.5703125" style="10" customWidth="1"/>
+    <col min="10244" max="10244" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10245" max="10245" width="8.1796875" style="10" customWidth="1"/>
+    <col min="10246" max="10246" width="10.1796875" style="10" customWidth="1"/>
+    <col min="10247" max="10247" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10248" max="10248" width="9.1796875" style="10"/>
+    <col min="10249" max="10249" width="8.453125" style="10" customWidth="1"/>
+    <col min="10250" max="10250" width="9.26953125" style="10" customWidth="1"/>
+    <col min="10251" max="10251" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10252" max="10252" width="7.1796875" style="10" customWidth="1"/>
+    <col min="10253" max="10253" width="10.54296875" style="10" customWidth="1"/>
     <col min="10254" max="10254" width="10" style="10" customWidth="1"/>
-    <col min="10255" max="10255" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10498" max="10498" width="7.5703125" style="10" customWidth="1"/>
+    <col min="10255" max="10255" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10256" max="10256" width="9.1796875" style="10"/>
+    <col min="10257" max="10257" width="9.54296875" style="10" customWidth="1"/>
+    <col min="10258" max="10496" width="9.1796875" style="10"/>
+    <col min="10497" max="10497" width="4.7265625" style="10" customWidth="1"/>
+    <col min="10498" max="10498" width="7.54296875" style="10" customWidth="1"/>
     <col min="10499" max="10499" width="9" style="10" customWidth="1"/>
-    <col min="10500" max="10500" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10509" max="10509" width="10.5703125" style="10" customWidth="1"/>
+    <col min="10500" max="10500" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10501" max="10501" width="8.1796875" style="10" customWidth="1"/>
+    <col min="10502" max="10502" width="10.1796875" style="10" customWidth="1"/>
+    <col min="10503" max="10503" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10504" max="10504" width="9.1796875" style="10"/>
+    <col min="10505" max="10505" width="8.453125" style="10" customWidth="1"/>
+    <col min="10506" max="10506" width="9.26953125" style="10" customWidth="1"/>
+    <col min="10507" max="10507" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10508" max="10508" width="7.1796875" style="10" customWidth="1"/>
+    <col min="10509" max="10509" width="10.54296875" style="10" customWidth="1"/>
     <col min="10510" max="10510" width="10" style="10" customWidth="1"/>
-    <col min="10511" max="10511" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10754" max="10754" width="7.5703125" style="10" customWidth="1"/>
+    <col min="10511" max="10511" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10512" max="10512" width="9.1796875" style="10"/>
+    <col min="10513" max="10513" width="9.54296875" style="10" customWidth="1"/>
+    <col min="10514" max="10752" width="9.1796875" style="10"/>
+    <col min="10753" max="10753" width="4.7265625" style="10" customWidth="1"/>
+    <col min="10754" max="10754" width="7.54296875" style="10" customWidth="1"/>
     <col min="10755" max="10755" width="9" style="10" customWidth="1"/>
-    <col min="10756" max="10756" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10765" max="10765" width="10.5703125" style="10" customWidth="1"/>
+    <col min="10756" max="10756" width="8.26953125" style="10" customWidth="1"/>
+    <col min="10757" max="10757" width="8.1796875" style="10" customWidth="1"/>
+    <col min="10758" max="10758" width="10.1796875" style="10" customWidth="1"/>
+    <col min="10759" max="10759" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10760" max="10760" width="9.1796875" style="10"/>
+    <col min="10761" max="10761" width="8.453125" style="10" customWidth="1"/>
+    <col min="10762" max="10762" width="9.26953125" style="10" customWidth="1"/>
+    <col min="10763" max="10763" width="8.7265625" style="10" customWidth="1"/>
+    <col min="10764" max="10764" width="7.1796875" style="10" customWidth="1"/>
+    <col min="10765" max="10765" width="10.54296875" style="10" customWidth="1"/>
     <col min="10766" max="10766" width="10" style="10" customWidth="1"/>
-    <col min="10767" max="10767" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11010" max="11010" width="7.5703125" style="10" customWidth="1"/>
+    <col min="10767" max="10767" width="8.81640625" style="10" customWidth="1"/>
+    <col min="10768" max="10768" width="9.1796875" style="10"/>
+    <col min="10769" max="10769" width="9.54296875" style="10" customWidth="1"/>
+    <col min="10770" max="11008" width="9.1796875" style="10"/>
+    <col min="11009" max="11009" width="4.7265625" style="10" customWidth="1"/>
+    <col min="11010" max="11010" width="7.54296875" style="10" customWidth="1"/>
     <col min="11011" max="11011" width="9" style="10" customWidth="1"/>
-    <col min="11012" max="11012" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11021" max="11021" width="10.5703125" style="10" customWidth="1"/>
+    <col min="11012" max="11012" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11013" max="11013" width="8.1796875" style="10" customWidth="1"/>
+    <col min="11014" max="11014" width="10.1796875" style="10" customWidth="1"/>
+    <col min="11015" max="11015" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11016" max="11016" width="9.1796875" style="10"/>
+    <col min="11017" max="11017" width="8.453125" style="10" customWidth="1"/>
+    <col min="11018" max="11018" width="9.26953125" style="10" customWidth="1"/>
+    <col min="11019" max="11019" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11020" max="11020" width="7.1796875" style="10" customWidth="1"/>
+    <col min="11021" max="11021" width="10.54296875" style="10" customWidth="1"/>
     <col min="11022" max="11022" width="10" style="10" customWidth="1"/>
-    <col min="11023" max="11023" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11266" max="11266" width="7.5703125" style="10" customWidth="1"/>
+    <col min="11023" max="11023" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11024" max="11024" width="9.1796875" style="10"/>
+    <col min="11025" max="11025" width="9.54296875" style="10" customWidth="1"/>
+    <col min="11026" max="11264" width="9.1796875" style="10"/>
+    <col min="11265" max="11265" width="4.7265625" style="10" customWidth="1"/>
+    <col min="11266" max="11266" width="7.54296875" style="10" customWidth="1"/>
     <col min="11267" max="11267" width="9" style="10" customWidth="1"/>
-    <col min="11268" max="11268" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11277" max="11277" width="10.5703125" style="10" customWidth="1"/>
+    <col min="11268" max="11268" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11269" max="11269" width="8.1796875" style="10" customWidth="1"/>
+    <col min="11270" max="11270" width="10.1796875" style="10" customWidth="1"/>
+    <col min="11271" max="11271" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11272" max="11272" width="9.1796875" style="10"/>
+    <col min="11273" max="11273" width="8.453125" style="10" customWidth="1"/>
+    <col min="11274" max="11274" width="9.26953125" style="10" customWidth="1"/>
+    <col min="11275" max="11275" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11276" max="11276" width="7.1796875" style="10" customWidth="1"/>
+    <col min="11277" max="11277" width="10.54296875" style="10" customWidth="1"/>
     <col min="11278" max="11278" width="10" style="10" customWidth="1"/>
-    <col min="11279" max="11279" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11522" max="11522" width="7.5703125" style="10" customWidth="1"/>
+    <col min="11279" max="11279" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11280" max="11280" width="9.1796875" style="10"/>
+    <col min="11281" max="11281" width="9.54296875" style="10" customWidth="1"/>
+    <col min="11282" max="11520" width="9.1796875" style="10"/>
+    <col min="11521" max="11521" width="4.7265625" style="10" customWidth="1"/>
+    <col min="11522" max="11522" width="7.54296875" style="10" customWidth="1"/>
     <col min="11523" max="11523" width="9" style="10" customWidth="1"/>
-    <col min="11524" max="11524" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11533" max="11533" width="10.5703125" style="10" customWidth="1"/>
+    <col min="11524" max="11524" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11525" max="11525" width="8.1796875" style="10" customWidth="1"/>
+    <col min="11526" max="11526" width="10.1796875" style="10" customWidth="1"/>
+    <col min="11527" max="11527" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11528" max="11528" width="9.1796875" style="10"/>
+    <col min="11529" max="11529" width="8.453125" style="10" customWidth="1"/>
+    <col min="11530" max="11530" width="9.26953125" style="10" customWidth="1"/>
+    <col min="11531" max="11531" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11532" max="11532" width="7.1796875" style="10" customWidth="1"/>
+    <col min="11533" max="11533" width="10.54296875" style="10" customWidth="1"/>
     <col min="11534" max="11534" width="10" style="10" customWidth="1"/>
-    <col min="11535" max="11535" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11778" max="11778" width="7.5703125" style="10" customWidth="1"/>
+    <col min="11535" max="11535" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11536" max="11536" width="9.1796875" style="10"/>
+    <col min="11537" max="11537" width="9.54296875" style="10" customWidth="1"/>
+    <col min="11538" max="11776" width="9.1796875" style="10"/>
+    <col min="11777" max="11777" width="4.7265625" style="10" customWidth="1"/>
+    <col min="11778" max="11778" width="7.54296875" style="10" customWidth="1"/>
     <col min="11779" max="11779" width="9" style="10" customWidth="1"/>
-    <col min="11780" max="11780" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11789" max="11789" width="10.5703125" style="10" customWidth="1"/>
+    <col min="11780" max="11780" width="8.26953125" style="10" customWidth="1"/>
+    <col min="11781" max="11781" width="8.1796875" style="10" customWidth="1"/>
+    <col min="11782" max="11782" width="10.1796875" style="10" customWidth="1"/>
+    <col min="11783" max="11783" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11784" max="11784" width="9.1796875" style="10"/>
+    <col min="11785" max="11785" width="8.453125" style="10" customWidth="1"/>
+    <col min="11786" max="11786" width="9.26953125" style="10" customWidth="1"/>
+    <col min="11787" max="11787" width="8.7265625" style="10" customWidth="1"/>
+    <col min="11788" max="11788" width="7.1796875" style="10" customWidth="1"/>
+    <col min="11789" max="11789" width="10.54296875" style="10" customWidth="1"/>
     <col min="11790" max="11790" width="10" style="10" customWidth="1"/>
-    <col min="11791" max="11791" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12034" max="12034" width="7.5703125" style="10" customWidth="1"/>
+    <col min="11791" max="11791" width="8.81640625" style="10" customWidth="1"/>
+    <col min="11792" max="11792" width="9.1796875" style="10"/>
+    <col min="11793" max="11793" width="9.54296875" style="10" customWidth="1"/>
+    <col min="11794" max="12032" width="9.1796875" style="10"/>
+    <col min="12033" max="12033" width="4.7265625" style="10" customWidth="1"/>
+    <col min="12034" max="12034" width="7.54296875" style="10" customWidth="1"/>
     <col min="12035" max="12035" width="9" style="10" customWidth="1"/>
-    <col min="12036" max="12036" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12045" max="12045" width="10.5703125" style="10" customWidth="1"/>
+    <col min="12036" max="12036" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12037" max="12037" width="8.1796875" style="10" customWidth="1"/>
+    <col min="12038" max="12038" width="10.1796875" style="10" customWidth="1"/>
+    <col min="12039" max="12039" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12040" max="12040" width="9.1796875" style="10"/>
+    <col min="12041" max="12041" width="8.453125" style="10" customWidth="1"/>
+    <col min="12042" max="12042" width="9.26953125" style="10" customWidth="1"/>
+    <col min="12043" max="12043" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12044" max="12044" width="7.1796875" style="10" customWidth="1"/>
+    <col min="12045" max="12045" width="10.54296875" style="10" customWidth="1"/>
     <col min="12046" max="12046" width="10" style="10" customWidth="1"/>
-    <col min="12047" max="12047" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12290" max="12290" width="7.5703125" style="10" customWidth="1"/>
+    <col min="12047" max="12047" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12048" max="12048" width="9.1796875" style="10"/>
+    <col min="12049" max="12049" width="9.54296875" style="10" customWidth="1"/>
+    <col min="12050" max="12288" width="9.1796875" style="10"/>
+    <col min="12289" max="12289" width="4.7265625" style="10" customWidth="1"/>
+    <col min="12290" max="12290" width="7.54296875" style="10" customWidth="1"/>
     <col min="12291" max="12291" width="9" style="10" customWidth="1"/>
-    <col min="12292" max="12292" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12301" max="12301" width="10.5703125" style="10" customWidth="1"/>
+    <col min="12292" max="12292" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12293" max="12293" width="8.1796875" style="10" customWidth="1"/>
+    <col min="12294" max="12294" width="10.1796875" style="10" customWidth="1"/>
+    <col min="12295" max="12295" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12296" max="12296" width="9.1796875" style="10"/>
+    <col min="12297" max="12297" width="8.453125" style="10" customWidth="1"/>
+    <col min="12298" max="12298" width="9.26953125" style="10" customWidth="1"/>
+    <col min="12299" max="12299" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12300" max="12300" width="7.1796875" style="10" customWidth="1"/>
+    <col min="12301" max="12301" width="10.54296875" style="10" customWidth="1"/>
     <col min="12302" max="12302" width="10" style="10" customWidth="1"/>
-    <col min="12303" max="12303" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12546" max="12546" width="7.5703125" style="10" customWidth="1"/>
+    <col min="12303" max="12303" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12304" max="12304" width="9.1796875" style="10"/>
+    <col min="12305" max="12305" width="9.54296875" style="10" customWidth="1"/>
+    <col min="12306" max="12544" width="9.1796875" style="10"/>
+    <col min="12545" max="12545" width="4.7265625" style="10" customWidth="1"/>
+    <col min="12546" max="12546" width="7.54296875" style="10" customWidth="1"/>
     <col min="12547" max="12547" width="9" style="10" customWidth="1"/>
-    <col min="12548" max="12548" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12557" max="12557" width="10.5703125" style="10" customWidth="1"/>
+    <col min="12548" max="12548" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12549" max="12549" width="8.1796875" style="10" customWidth="1"/>
+    <col min="12550" max="12550" width="10.1796875" style="10" customWidth="1"/>
+    <col min="12551" max="12551" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12552" max="12552" width="9.1796875" style="10"/>
+    <col min="12553" max="12553" width="8.453125" style="10" customWidth="1"/>
+    <col min="12554" max="12554" width="9.26953125" style="10" customWidth="1"/>
+    <col min="12555" max="12555" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12556" max="12556" width="7.1796875" style="10" customWidth="1"/>
+    <col min="12557" max="12557" width="10.54296875" style="10" customWidth="1"/>
     <col min="12558" max="12558" width="10" style="10" customWidth="1"/>
-    <col min="12559" max="12559" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12802" max="12802" width="7.5703125" style="10" customWidth="1"/>
+    <col min="12559" max="12559" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12560" max="12560" width="9.1796875" style="10"/>
+    <col min="12561" max="12561" width="9.54296875" style="10" customWidth="1"/>
+    <col min="12562" max="12800" width="9.1796875" style="10"/>
+    <col min="12801" max="12801" width="4.7265625" style="10" customWidth="1"/>
+    <col min="12802" max="12802" width="7.54296875" style="10" customWidth="1"/>
     <col min="12803" max="12803" width="9" style="10" customWidth="1"/>
-    <col min="12804" max="12804" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12813" max="12813" width="10.5703125" style="10" customWidth="1"/>
+    <col min="12804" max="12804" width="8.26953125" style="10" customWidth="1"/>
+    <col min="12805" max="12805" width="8.1796875" style="10" customWidth="1"/>
+    <col min="12806" max="12806" width="10.1796875" style="10" customWidth="1"/>
+    <col min="12807" max="12807" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12808" max="12808" width="9.1796875" style="10"/>
+    <col min="12809" max="12809" width="8.453125" style="10" customWidth="1"/>
+    <col min="12810" max="12810" width="9.26953125" style="10" customWidth="1"/>
+    <col min="12811" max="12811" width="8.7265625" style="10" customWidth="1"/>
+    <col min="12812" max="12812" width="7.1796875" style="10" customWidth="1"/>
+    <col min="12813" max="12813" width="10.54296875" style="10" customWidth="1"/>
     <col min="12814" max="12814" width="10" style="10" customWidth="1"/>
-    <col min="12815" max="12815" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13058" max="13058" width="7.5703125" style="10" customWidth="1"/>
+    <col min="12815" max="12815" width="8.81640625" style="10" customWidth="1"/>
+    <col min="12816" max="12816" width="9.1796875" style="10"/>
+    <col min="12817" max="12817" width="9.54296875" style="10" customWidth="1"/>
+    <col min="12818" max="13056" width="9.1796875" style="10"/>
+    <col min="13057" max="13057" width="4.7265625" style="10" customWidth="1"/>
+    <col min="13058" max="13058" width="7.54296875" style="10" customWidth="1"/>
     <col min="13059" max="13059" width="9" style="10" customWidth="1"/>
-    <col min="13060" max="13060" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13069" max="13069" width="10.5703125" style="10" customWidth="1"/>
+    <col min="13060" max="13060" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13061" max="13061" width="8.1796875" style="10" customWidth="1"/>
+    <col min="13062" max="13062" width="10.1796875" style="10" customWidth="1"/>
+    <col min="13063" max="13063" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13064" max="13064" width="9.1796875" style="10"/>
+    <col min="13065" max="13065" width="8.453125" style="10" customWidth="1"/>
+    <col min="13066" max="13066" width="9.26953125" style="10" customWidth="1"/>
+    <col min="13067" max="13067" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13068" max="13068" width="7.1796875" style="10" customWidth="1"/>
+    <col min="13069" max="13069" width="10.54296875" style="10" customWidth="1"/>
     <col min="13070" max="13070" width="10" style="10" customWidth="1"/>
-    <col min="13071" max="13071" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13314" max="13314" width="7.5703125" style="10" customWidth="1"/>
+    <col min="13071" max="13071" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13072" max="13072" width="9.1796875" style="10"/>
+    <col min="13073" max="13073" width="9.54296875" style="10" customWidth="1"/>
+    <col min="13074" max="13312" width="9.1796875" style="10"/>
+    <col min="13313" max="13313" width="4.7265625" style="10" customWidth="1"/>
+    <col min="13314" max="13314" width="7.54296875" style="10" customWidth="1"/>
     <col min="13315" max="13315" width="9" style="10" customWidth="1"/>
-    <col min="13316" max="13316" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13325" max="13325" width="10.5703125" style="10" customWidth="1"/>
+    <col min="13316" max="13316" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13317" max="13317" width="8.1796875" style="10" customWidth="1"/>
+    <col min="13318" max="13318" width="10.1796875" style="10" customWidth="1"/>
+    <col min="13319" max="13319" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13320" max="13320" width="9.1796875" style="10"/>
+    <col min="13321" max="13321" width="8.453125" style="10" customWidth="1"/>
+    <col min="13322" max="13322" width="9.26953125" style="10" customWidth="1"/>
+    <col min="13323" max="13323" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13324" max="13324" width="7.1796875" style="10" customWidth="1"/>
+    <col min="13325" max="13325" width="10.54296875" style="10" customWidth="1"/>
     <col min="13326" max="13326" width="10" style="10" customWidth="1"/>
-    <col min="13327" max="13327" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13570" max="13570" width="7.5703125" style="10" customWidth="1"/>
+    <col min="13327" max="13327" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13328" max="13328" width="9.1796875" style="10"/>
+    <col min="13329" max="13329" width="9.54296875" style="10" customWidth="1"/>
+    <col min="13330" max="13568" width="9.1796875" style="10"/>
+    <col min="13569" max="13569" width="4.7265625" style="10" customWidth="1"/>
+    <col min="13570" max="13570" width="7.54296875" style="10" customWidth="1"/>
     <col min="13571" max="13571" width="9" style="10" customWidth="1"/>
-    <col min="13572" max="13572" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13581" max="13581" width="10.5703125" style="10" customWidth="1"/>
+    <col min="13572" max="13572" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13573" max="13573" width="8.1796875" style="10" customWidth="1"/>
+    <col min="13574" max="13574" width="10.1796875" style="10" customWidth="1"/>
+    <col min="13575" max="13575" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13576" max="13576" width="9.1796875" style="10"/>
+    <col min="13577" max="13577" width="8.453125" style="10" customWidth="1"/>
+    <col min="13578" max="13578" width="9.26953125" style="10" customWidth="1"/>
+    <col min="13579" max="13579" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13580" max="13580" width="7.1796875" style="10" customWidth="1"/>
+    <col min="13581" max="13581" width="10.54296875" style="10" customWidth="1"/>
     <col min="13582" max="13582" width="10" style="10" customWidth="1"/>
-    <col min="13583" max="13583" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13826" max="13826" width="7.5703125" style="10" customWidth="1"/>
+    <col min="13583" max="13583" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13584" max="13584" width="9.1796875" style="10"/>
+    <col min="13585" max="13585" width="9.54296875" style="10" customWidth="1"/>
+    <col min="13586" max="13824" width="9.1796875" style="10"/>
+    <col min="13825" max="13825" width="4.7265625" style="10" customWidth="1"/>
+    <col min="13826" max="13826" width="7.54296875" style="10" customWidth="1"/>
     <col min="13827" max="13827" width="9" style="10" customWidth="1"/>
-    <col min="13828" max="13828" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13837" max="13837" width="10.5703125" style="10" customWidth="1"/>
+    <col min="13828" max="13828" width="8.26953125" style="10" customWidth="1"/>
+    <col min="13829" max="13829" width="8.1796875" style="10" customWidth="1"/>
+    <col min="13830" max="13830" width="10.1796875" style="10" customWidth="1"/>
+    <col min="13831" max="13831" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13832" max="13832" width="9.1796875" style="10"/>
+    <col min="13833" max="13833" width="8.453125" style="10" customWidth="1"/>
+    <col min="13834" max="13834" width="9.26953125" style="10" customWidth="1"/>
+    <col min="13835" max="13835" width="8.7265625" style="10" customWidth="1"/>
+    <col min="13836" max="13836" width="7.1796875" style="10" customWidth="1"/>
+    <col min="13837" max="13837" width="10.54296875" style="10" customWidth="1"/>
     <col min="13838" max="13838" width="10" style="10" customWidth="1"/>
-    <col min="13839" max="13839" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14082" max="14082" width="7.5703125" style="10" customWidth="1"/>
+    <col min="13839" max="13839" width="8.81640625" style="10" customWidth="1"/>
+    <col min="13840" max="13840" width="9.1796875" style="10"/>
+    <col min="13841" max="13841" width="9.54296875" style="10" customWidth="1"/>
+    <col min="13842" max="14080" width="9.1796875" style="10"/>
+    <col min="14081" max="14081" width="4.7265625" style="10" customWidth="1"/>
+    <col min="14082" max="14082" width="7.54296875" style="10" customWidth="1"/>
     <col min="14083" max="14083" width="9" style="10" customWidth="1"/>
-    <col min="14084" max="14084" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14093" max="14093" width="10.5703125" style="10" customWidth="1"/>
+    <col min="14084" max="14084" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14085" max="14085" width="8.1796875" style="10" customWidth="1"/>
+    <col min="14086" max="14086" width="10.1796875" style="10" customWidth="1"/>
+    <col min="14087" max="14087" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14088" max="14088" width="9.1796875" style="10"/>
+    <col min="14089" max="14089" width="8.453125" style="10" customWidth="1"/>
+    <col min="14090" max="14090" width="9.26953125" style="10" customWidth="1"/>
+    <col min="14091" max="14091" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14092" max="14092" width="7.1796875" style="10" customWidth="1"/>
+    <col min="14093" max="14093" width="10.54296875" style="10" customWidth="1"/>
     <col min="14094" max="14094" width="10" style="10" customWidth="1"/>
-    <col min="14095" max="14095" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14338" max="14338" width="7.5703125" style="10" customWidth="1"/>
+    <col min="14095" max="14095" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14096" max="14096" width="9.1796875" style="10"/>
+    <col min="14097" max="14097" width="9.54296875" style="10" customWidth="1"/>
+    <col min="14098" max="14336" width="9.1796875" style="10"/>
+    <col min="14337" max="14337" width="4.7265625" style="10" customWidth="1"/>
+    <col min="14338" max="14338" width="7.54296875" style="10" customWidth="1"/>
     <col min="14339" max="14339" width="9" style="10" customWidth="1"/>
-    <col min="14340" max="14340" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14349" max="14349" width="10.5703125" style="10" customWidth="1"/>
+    <col min="14340" max="14340" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14341" max="14341" width="8.1796875" style="10" customWidth="1"/>
+    <col min="14342" max="14342" width="10.1796875" style="10" customWidth="1"/>
+    <col min="14343" max="14343" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14344" max="14344" width="9.1796875" style="10"/>
+    <col min="14345" max="14345" width="8.453125" style="10" customWidth="1"/>
+    <col min="14346" max="14346" width="9.26953125" style="10" customWidth="1"/>
+    <col min="14347" max="14347" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14348" max="14348" width="7.1796875" style="10" customWidth="1"/>
+    <col min="14349" max="14349" width="10.54296875" style="10" customWidth="1"/>
     <col min="14350" max="14350" width="10" style="10" customWidth="1"/>
-    <col min="14351" max="14351" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14594" max="14594" width="7.5703125" style="10" customWidth="1"/>
+    <col min="14351" max="14351" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14352" max="14352" width="9.1796875" style="10"/>
+    <col min="14353" max="14353" width="9.54296875" style="10" customWidth="1"/>
+    <col min="14354" max="14592" width="9.1796875" style="10"/>
+    <col min="14593" max="14593" width="4.7265625" style="10" customWidth="1"/>
+    <col min="14594" max="14594" width="7.54296875" style="10" customWidth="1"/>
     <col min="14595" max="14595" width="9" style="10" customWidth="1"/>
-    <col min="14596" max="14596" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14605" max="14605" width="10.5703125" style="10" customWidth="1"/>
+    <col min="14596" max="14596" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14597" max="14597" width="8.1796875" style="10" customWidth="1"/>
+    <col min="14598" max="14598" width="10.1796875" style="10" customWidth="1"/>
+    <col min="14599" max="14599" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14600" max="14600" width="9.1796875" style="10"/>
+    <col min="14601" max="14601" width="8.453125" style="10" customWidth="1"/>
+    <col min="14602" max="14602" width="9.26953125" style="10" customWidth="1"/>
+    <col min="14603" max="14603" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14604" max="14604" width="7.1796875" style="10" customWidth="1"/>
+    <col min="14605" max="14605" width="10.54296875" style="10" customWidth="1"/>
     <col min="14606" max="14606" width="10" style="10" customWidth="1"/>
-    <col min="14607" max="14607" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14850" max="14850" width="7.5703125" style="10" customWidth="1"/>
+    <col min="14607" max="14607" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14608" max="14608" width="9.1796875" style="10"/>
+    <col min="14609" max="14609" width="9.54296875" style="10" customWidth="1"/>
+    <col min="14610" max="14848" width="9.1796875" style="10"/>
+    <col min="14849" max="14849" width="4.7265625" style="10" customWidth="1"/>
+    <col min="14850" max="14850" width="7.54296875" style="10" customWidth="1"/>
     <col min="14851" max="14851" width="9" style="10" customWidth="1"/>
-    <col min="14852" max="14852" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14861" max="14861" width="10.5703125" style="10" customWidth="1"/>
+    <col min="14852" max="14852" width="8.26953125" style="10" customWidth="1"/>
+    <col min="14853" max="14853" width="8.1796875" style="10" customWidth="1"/>
+    <col min="14854" max="14854" width="10.1796875" style="10" customWidth="1"/>
+    <col min="14855" max="14855" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14856" max="14856" width="9.1796875" style="10"/>
+    <col min="14857" max="14857" width="8.453125" style="10" customWidth="1"/>
+    <col min="14858" max="14858" width="9.26953125" style="10" customWidth="1"/>
+    <col min="14859" max="14859" width="8.7265625" style="10" customWidth="1"/>
+    <col min="14860" max="14860" width="7.1796875" style="10" customWidth="1"/>
+    <col min="14861" max="14861" width="10.54296875" style="10" customWidth="1"/>
     <col min="14862" max="14862" width="10" style="10" customWidth="1"/>
-    <col min="14863" max="14863" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15106" max="15106" width="7.5703125" style="10" customWidth="1"/>
+    <col min="14863" max="14863" width="8.81640625" style="10" customWidth="1"/>
+    <col min="14864" max="14864" width="9.1796875" style="10"/>
+    <col min="14865" max="14865" width="9.54296875" style="10" customWidth="1"/>
+    <col min="14866" max="15104" width="9.1796875" style="10"/>
+    <col min="15105" max="15105" width="4.7265625" style="10" customWidth="1"/>
+    <col min="15106" max="15106" width="7.54296875" style="10" customWidth="1"/>
     <col min="15107" max="15107" width="9" style="10" customWidth="1"/>
-    <col min="15108" max="15108" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="15117" max="15117" width="10.5703125" style="10" customWidth="1"/>
+    <col min="15108" max="15108" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15109" max="15109" width="8.1796875" style="10" customWidth="1"/>
+    <col min="15110" max="15110" width="10.1796875" style="10" customWidth="1"/>
+    <col min="15111" max="15111" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15112" max="15112" width="9.1796875" style="10"/>
+    <col min="15113" max="15113" width="8.453125" style="10" customWidth="1"/>
+    <col min="15114" max="15114" width="9.26953125" style="10" customWidth="1"/>
+    <col min="15115" max="15115" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15116" max="15116" width="7.1796875" style="10" customWidth="1"/>
+    <col min="15117" max="15117" width="10.54296875" style="10" customWidth="1"/>
     <col min="15118" max="15118" width="10" style="10" customWidth="1"/>
-    <col min="15119" max="15119" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15362" max="15362" width="7.5703125" style="10" customWidth="1"/>
+    <col min="15119" max="15119" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15120" max="15120" width="9.1796875" style="10"/>
+    <col min="15121" max="15121" width="9.54296875" style="10" customWidth="1"/>
+    <col min="15122" max="15360" width="9.1796875" style="10"/>
+    <col min="15361" max="15361" width="4.7265625" style="10" customWidth="1"/>
+    <col min="15362" max="15362" width="7.54296875" style="10" customWidth="1"/>
     <col min="15363" max="15363" width="9" style="10" customWidth="1"/>
-    <col min="15364" max="15364" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="15373" max="15373" width="10.5703125" style="10" customWidth="1"/>
+    <col min="15364" max="15364" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15365" max="15365" width="8.1796875" style="10" customWidth="1"/>
+    <col min="15366" max="15366" width="10.1796875" style="10" customWidth="1"/>
+    <col min="15367" max="15367" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15368" max="15368" width="9.1796875" style="10"/>
+    <col min="15369" max="15369" width="8.453125" style="10" customWidth="1"/>
+    <col min="15370" max="15370" width="9.26953125" style="10" customWidth="1"/>
+    <col min="15371" max="15371" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15372" max="15372" width="7.1796875" style="10" customWidth="1"/>
+    <col min="15373" max="15373" width="10.54296875" style="10" customWidth="1"/>
     <col min="15374" max="15374" width="10" style="10" customWidth="1"/>
-    <col min="15375" max="15375" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15618" max="15618" width="7.5703125" style="10" customWidth="1"/>
+    <col min="15375" max="15375" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15376" max="15376" width="9.1796875" style="10"/>
+    <col min="15377" max="15377" width="9.54296875" style="10" customWidth="1"/>
+    <col min="15378" max="15616" width="9.1796875" style="10"/>
+    <col min="15617" max="15617" width="4.7265625" style="10" customWidth="1"/>
+    <col min="15618" max="15618" width="7.54296875" style="10" customWidth="1"/>
     <col min="15619" max="15619" width="9" style="10" customWidth="1"/>
-    <col min="15620" max="15620" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="15629" max="15629" width="10.5703125" style="10" customWidth="1"/>
+    <col min="15620" max="15620" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15621" max="15621" width="8.1796875" style="10" customWidth="1"/>
+    <col min="15622" max="15622" width="10.1796875" style="10" customWidth="1"/>
+    <col min="15623" max="15623" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15624" max="15624" width="9.1796875" style="10"/>
+    <col min="15625" max="15625" width="8.453125" style="10" customWidth="1"/>
+    <col min="15626" max="15626" width="9.26953125" style="10" customWidth="1"/>
+    <col min="15627" max="15627" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15628" max="15628" width="7.1796875" style="10" customWidth="1"/>
+    <col min="15629" max="15629" width="10.54296875" style="10" customWidth="1"/>
     <col min="15630" max="15630" width="10" style="10" customWidth="1"/>
-    <col min="15631" max="15631" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15874" max="15874" width="7.5703125" style="10" customWidth="1"/>
+    <col min="15631" max="15631" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15632" max="15632" width="9.1796875" style="10"/>
+    <col min="15633" max="15633" width="9.54296875" style="10" customWidth="1"/>
+    <col min="15634" max="15872" width="9.1796875" style="10"/>
+    <col min="15873" max="15873" width="4.7265625" style="10" customWidth="1"/>
+    <col min="15874" max="15874" width="7.54296875" style="10" customWidth="1"/>
     <col min="15875" max="15875" width="9" style="10" customWidth="1"/>
-    <col min="15876" max="15876" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="15885" max="15885" width="10.5703125" style="10" customWidth="1"/>
+    <col min="15876" max="15876" width="8.26953125" style="10" customWidth="1"/>
+    <col min="15877" max="15877" width="8.1796875" style="10" customWidth="1"/>
+    <col min="15878" max="15878" width="10.1796875" style="10" customWidth="1"/>
+    <col min="15879" max="15879" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15880" max="15880" width="9.1796875" style="10"/>
+    <col min="15881" max="15881" width="8.453125" style="10" customWidth="1"/>
+    <col min="15882" max="15882" width="9.26953125" style="10" customWidth="1"/>
+    <col min="15883" max="15883" width="8.7265625" style="10" customWidth="1"/>
+    <col min="15884" max="15884" width="7.1796875" style="10" customWidth="1"/>
+    <col min="15885" max="15885" width="10.54296875" style="10" customWidth="1"/>
     <col min="15886" max="15886" width="10" style="10" customWidth="1"/>
-    <col min="15887" max="15887" width="8.85546875" style="10" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16130" max="16130" width="7.5703125" style="10" customWidth="1"/>
+    <col min="15887" max="15887" width="8.81640625" style="10" customWidth="1"/>
+    <col min="15888" max="15888" width="9.1796875" style="10"/>
+    <col min="15889" max="15889" width="9.54296875" style="10" customWidth="1"/>
+    <col min="15890" max="16128" width="9.1796875" style="10"/>
+    <col min="16129" max="16129" width="4.7265625" style="10" customWidth="1"/>
+    <col min="16130" max="16130" width="7.54296875" style="10" customWidth="1"/>
     <col min="16131" max="16131" width="9" style="10" customWidth="1"/>
-    <col min="16132" max="16132" width="8.28515625" style="10" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16141" max="16141" width="10.5703125" style="10" customWidth="1"/>
+    <col min="16132" max="16132" width="8.26953125" style="10" customWidth="1"/>
+    <col min="16133" max="16133" width="8.1796875" style="10" customWidth="1"/>
+    <col min="16134" max="16134" width="10.1796875" style="10" customWidth="1"/>
+    <col min="16135" max="16135" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16136" max="16136" width="9.1796875" style="10"/>
+    <col min="16137" max="16137" width="8.453125" style="10" customWidth="1"/>
+    <col min="16138" max="16138" width="9.26953125" style="10" customWidth="1"/>
+    <col min="16139" max="16139" width="8.7265625" style="10" customWidth="1"/>
+    <col min="16140" max="16140" width="7.1796875" style="10" customWidth="1"/>
+    <col min="16141" max="16141" width="10.54296875" style="10" customWidth="1"/>
     <col min="16142" max="16142" width="10" style="10" customWidth="1"/>
-    <col min="16143" max="16143" width="8.85546875" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16146" max="16384" width="9.140625" style="10"/>
+    <col min="16143" max="16143" width="8.81640625" style="10" customWidth="1"/>
+    <col min="16144" max="16144" width="9.1796875" style="10"/>
+    <col min="16145" max="16145" width="9.54296875" style="10" customWidth="1"/>
+    <col min="16146" max="16384" width="9.1796875" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="39" t="s">
         <v>107</v>
       </c>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="39"/>
       <c r="I2" s="39"/>
       <c r="J2" s="39"/>
       <c r="K2" s="39"/>
       <c r="L2" s="39"/>
       <c r="M2" s="39"/>
       <c r="N2" s="39"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
     </row>
-    <row r="3" spans="1:19" s="18" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:19" s="18" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>47</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>48</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>50</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>51</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>52</v>
       </c>
       <c r="L3" s="5" t="s">
         <v>53</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>54</v>
       </c>
       <c r="N3" s="5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="4" spans="1:19" s="18" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" s="18" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="L4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="M4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="N4" s="13" t="s">
         <v>56</v>
       </c>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
     </row>
-    <row r="5" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>2025</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C5" s="8">
         <v>10403.950000000001</v>
       </c>
       <c r="D5" s="8">
         <v>52504.36</v>
       </c>
       <c r="E5" s="8">
         <v>81.69</v>
       </c>
       <c r="F5" s="8">
         <v>5499.74</v>
       </c>
       <c r="G5" s="8">
         <v>10885.42</v>
       </c>
       <c r="H5" s="8">
         <v>4921.53</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J5" s="9">
         <v>0</v>
       </c>
       <c r="K5" s="8">
         <v>262</v>
       </c>
       <c r="L5" s="8">
         <v>2057.4499999999998</v>
       </c>
       <c r="M5" s="8">
         <v>726.42</v>
       </c>
       <c r="N5" s="8">
         <v>351.46</v>
       </c>
       <c r="S5" s="4"/>
     </row>
-    <row r="6" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2025</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C6" s="8">
         <v>8992.75</v>
       </c>
       <c r="D6" s="8">
         <v>44576.34</v>
       </c>
       <c r="E6" s="8">
         <v>37.76</v>
       </c>
       <c r="F6" s="8">
         <v>5386.39</v>
       </c>
       <c r="G6" s="8">
         <v>10403.17</v>
       </c>
       <c r="H6" s="8">
         <v>4422.87</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J6" s="9">
         <v>0</v>
       </c>
       <c r="K6" s="8">
         <v>210.43</v>
       </c>
       <c r="L6" s="8">
         <v>1529.11</v>
       </c>
       <c r="M6" s="8">
         <v>528.02</v>
       </c>
       <c r="N6" s="8">
         <v>386.59</v>
       </c>
     </row>
-    <row r="7" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>2025</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C7" s="8">
         <v>10361.299999999999</v>
       </c>
       <c r="D7" s="8">
         <v>51442.6</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F7" s="8">
         <v>5891.85</v>
       </c>
       <c r="G7" s="8">
         <v>10788.36</v>
       </c>
       <c r="H7" s="8">
         <v>4626.96</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J7" s="9">
         <v>0</v>
       </c>
       <c r="K7" s="8">
         <v>221.28</v>
       </c>
       <c r="L7" s="8">
         <v>1788.41</v>
       </c>
       <c r="M7" s="8">
         <v>674.46</v>
       </c>
       <c r="N7" s="8">
         <v>385.82</v>
       </c>
     </row>
-    <row r="8" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>2025</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C8" s="8">
         <v>10254.33</v>
       </c>
       <c r="D8" s="8">
         <v>50577.23</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F8" s="8">
         <v>5241.91</v>
       </c>
       <c r="G8" s="8">
         <v>11158.27</v>
       </c>
       <c r="H8" s="8">
         <v>4801.01</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J8" s="9">
         <v>0</v>
       </c>
       <c r="K8" s="8">
         <v>389.82</v>
       </c>
       <c r="L8" s="8">
         <v>1896.63</v>
       </c>
       <c r="M8" s="8">
         <v>622.98</v>
       </c>
       <c r="N8" s="8">
         <v>349.23</v>
       </c>
     </row>
-    <row r="9" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>2025</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C9" s="8">
         <v>9755.7199999999993</v>
       </c>
       <c r="D9" s="8">
         <v>51680.36</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F9" s="8">
         <v>5517.36</v>
       </c>
       <c r="G9" s="8">
         <v>10978.07</v>
       </c>
       <c r="H9" s="8">
         <v>4917.01</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J9" s="9">
         <v>0</v>
       </c>
       <c r="K9" s="8">
         <v>274.02999999999997</v>
       </c>
       <c r="L9" s="8">
         <v>1606.63</v>
       </c>
       <c r="M9" s="8">
         <v>658.28</v>
       </c>
       <c r="N9" s="8">
         <v>350.78</v>
       </c>
     </row>
-    <row r="10" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>2025</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C10" s="8">
         <v>8882.36</v>
       </c>
       <c r="D10" s="8">
         <v>45106.37</v>
       </c>
       <c r="E10" s="9">
         <v>0</v>
       </c>
       <c r="F10" s="8">
         <v>4854.0200000000004</v>
       </c>
       <c r="G10" s="8">
         <v>10182.120000000001</v>
       </c>
       <c r="H10" s="8">
         <v>5250.13</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J10" s="9">
         <v>0</v>
       </c>
       <c r="K10" s="8">
         <v>327.39999999999998</v>
       </c>
       <c r="L10" s="8">
         <v>1666.28</v>
       </c>
       <c r="M10" s="8">
         <v>640.09</v>
       </c>
       <c r="N10" s="8">
         <v>346.27</v>
       </c>
     </row>
-    <row r="11" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>2025</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C11" s="8">
         <v>9801.16</v>
       </c>
       <c r="D11" s="8">
         <v>48233.32</v>
       </c>
       <c r="E11" s="9">
         <v>0</v>
       </c>
       <c r="F11" s="8">
         <v>4687.37</v>
       </c>
       <c r="G11" s="8">
         <v>10812.04</v>
       </c>
       <c r="H11" s="8">
         <v>5165.18</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="9">
         <v>0</v>
       </c>
       <c r="K11" s="8">
         <v>343.86</v>
       </c>
       <c r="L11" s="8">
         <v>1669.84</v>
       </c>
       <c r="M11" s="8">
         <v>554.22</v>
       </c>
       <c r="N11" s="8">
         <v>269.20999999999998</v>
       </c>
     </row>
-    <row r="12" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>2025</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C12" s="8">
         <v>8975.4500000000007</v>
       </c>
       <c r="D12" s="8">
         <v>49035.07</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F12" s="8">
         <v>5332.81</v>
       </c>
       <c r="G12" s="8">
         <v>10294.469999999999</v>
       </c>
       <c r="H12" s="8">
         <v>4842.79</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="8">
         <v>235.29</v>
       </c>
       <c r="L12" s="8">
         <v>1994.27</v>
       </c>
       <c r="M12" s="8">
         <v>575.78</v>
       </c>
       <c r="N12" s="8">
         <v>303.88</v>
       </c>
     </row>
-    <row r="13" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>2025</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C13" s="8">
         <v>9820.7999999999993</v>
       </c>
       <c r="D13" s="8">
         <v>44540.639999999999</v>
       </c>
       <c r="E13" s="9">
         <v>0</v>
       </c>
       <c r="F13" s="8">
         <v>5819.38</v>
       </c>
       <c r="G13" s="8">
         <v>10805.11</v>
       </c>
       <c r="H13" s="8">
         <v>4956.68</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="9">
         <v>0</v>
       </c>
       <c r="K13" s="8">
         <v>268.8</v>
       </c>
       <c r="L13" s="8">
         <v>1953.49</v>
       </c>
       <c r="M13" s="8">
         <v>571.77</v>
       </c>
       <c r="N13" s="8">
         <v>380.86</v>
       </c>
     </row>
-    <row r="14" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>2025</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="8">
         <v>10184.1</v>
       </c>
       <c r="D14" s="8">
         <v>43795.62</v>
       </c>
       <c r="E14" s="8">
         <v>113.74</v>
       </c>
       <c r="F14" s="8">
         <v>5522.62</v>
       </c>
       <c r="G14" s="8">
         <v>11405.05</v>
       </c>
       <c r="H14" s="8">
         <v>4795.25</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="9">
         <v>0</v>
       </c>
       <c r="K14" s="8">
         <v>373.78</v>
       </c>
       <c r="L14" s="8">
         <v>2190.34</v>
       </c>
       <c r="M14" s="8">
         <v>631.4</v>
       </c>
       <c r="N14" s="8">
         <v>493.71</v>
       </c>
     </row>
-    <row r="15" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>2025</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="8">
         <v>9268.01</v>
       </c>
       <c r="D15" s="8">
         <v>45306.68</v>
       </c>
       <c r="E15" s="8">
         <v>38.47</v>
       </c>
       <c r="F15" s="8">
         <v>5480.85</v>
       </c>
       <c r="G15" s="8">
         <v>10177.61</v>
       </c>
       <c r="H15" s="8">
         <v>4017.61</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="9">
         <v>0</v>
       </c>
       <c r="K15" s="8">
         <v>250.38</v>
       </c>
       <c r="L15" s="8">
         <v>2059.21</v>
       </c>
       <c r="M15" s="8">
         <v>601.04</v>
       </c>
       <c r="N15" s="8">
         <v>438.01</v>
       </c>
     </row>
-    <row r="16" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:19" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7">
         <v>2025</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="9"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="22" spans="1:18" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:18" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="39" t="s">
         <v>108</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="39"/>
       <c r="J22" s="39"/>
       <c r="K22" s="39"/>
       <c r="L22" s="39"/>
       <c r="M22" s="39"/>
       <c r="N22" s="39"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
     </row>
-    <row r="23" spans="1:18" s="21" customFormat="1" ht="134.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" s="21" customFormat="1" ht="134.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B23" s="42"/>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>61</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>62</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>65</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>66</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>67</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>109</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>68</v>
       </c>
       <c r="O23" s="19" t="s">
         <v>69</v>
       </c>
       <c r="P23" s="20" t="s">
         <v>70</v>
       </c>
       <c r="Q23" s="5" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="24" spans="1:18" s="18" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:18" s="18" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>72</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I24" s="13" t="s">
@@ -12043,51 +12043,51 @@
       <c r="J24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="L24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="M24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="N24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="O24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="P24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="Q24" s="13" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="25" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7">
         <v>2025</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C25" s="8">
         <v>3874.93</v>
       </c>
       <c r="D25" s="8">
         <v>10977.36</v>
       </c>
       <c r="E25" s="8">
         <v>1263.1199999999999</v>
       </c>
       <c r="F25" s="8">
         <v>1287.1099999999999</v>
       </c>
       <c r="G25" s="8">
         <v>784.15</v>
       </c>
       <c r="H25" s="8">
         <v>1216.0999999999999</v>
       </c>
       <c r="I25" s="8" t="s">
@@ -12097,51 +12097,51 @@
         <v>78</v>
       </c>
       <c r="K25" s="8">
         <v>1728.92</v>
       </c>
       <c r="L25" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M25" s="8">
         <v>101.15</v>
       </c>
       <c r="N25" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O25" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P25" s="8">
         <v>3233.85</v>
       </c>
       <c r="Q25" s="8">
         <v>3757.73</v>
       </c>
       <c r="R25" s="22"/>
     </row>
-    <row r="26" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="7">
         <v>2025</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="8">
         <v>3549.1</v>
       </c>
       <c r="D26" s="8">
         <v>10268.15</v>
       </c>
       <c r="E26" s="8">
         <v>1177.33</v>
       </c>
       <c r="F26" s="8">
         <v>1169.53</v>
       </c>
       <c r="G26" s="8">
         <v>755.1</v>
       </c>
       <c r="H26" s="8">
         <v>1282.47</v>
       </c>
       <c r="I26" s="8" t="s">
@@ -12150,51 +12150,51 @@
       <c r="J26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K26" s="8">
         <v>1803.44</v>
       </c>
       <c r="L26" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="N26" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O26" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P26" s="8">
         <v>2639.83</v>
       </c>
       <c r="Q26" s="8">
         <v>4045.1</v>
       </c>
     </row>
-    <row r="27" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="7">
         <v>2025</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>80</v>
       </c>
       <c r="C27" s="8">
         <v>4048.18</v>
       </c>
       <c r="D27" s="8">
         <v>11075.84</v>
       </c>
       <c r="E27" s="8">
         <v>1273.56</v>
       </c>
       <c r="F27" s="8">
         <v>1150.24</v>
       </c>
       <c r="G27" s="8">
         <v>773.97</v>
       </c>
       <c r="H27" s="8">
         <v>1294.67</v>
       </c>
       <c r="I27" s="8" t="s">
@@ -12203,51 +12203,51 @@
       <c r="J27" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K27" s="8">
         <v>1841.27</v>
       </c>
       <c r="L27" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M27" s="8">
         <v>98.61</v>
       </c>
       <c r="N27" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O27" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P27" s="8">
         <v>3199.75</v>
       </c>
       <c r="Q27" s="8">
         <v>3904.11</v>
       </c>
     </row>
-    <row r="28" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="7">
         <v>2025</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="8">
         <v>4289.54</v>
       </c>
       <c r="D28" s="8">
         <v>11713.27</v>
       </c>
       <c r="E28" s="8">
         <v>1108.56</v>
       </c>
       <c r="F28" s="8">
         <v>1260.3</v>
       </c>
       <c r="G28" s="8">
         <v>807.55</v>
       </c>
       <c r="H28" s="8">
         <v>1179.9000000000001</v>
       </c>
       <c r="I28" s="8" t="s">
@@ -12256,51 +12256,51 @@
       <c r="J28" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K28" s="8">
         <v>2045.9</v>
       </c>
       <c r="L28" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M28" s="8">
         <v>113.26</v>
       </c>
       <c r="N28" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O28" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P28" s="8">
         <v>3176.82</v>
       </c>
       <c r="Q28" s="8">
         <v>4588.2700000000004</v>
       </c>
     </row>
-    <row r="29" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="7">
         <v>2025</v>
       </c>
       <c r="B29" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="8">
         <v>4209.6499999999996</v>
       </c>
       <c r="D29" s="8">
         <v>11840.35</v>
       </c>
       <c r="E29" s="8">
         <v>1313.05</v>
       </c>
       <c r="F29" s="8">
         <v>1141.77</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>78</v>
       </c>
       <c r="H29" s="8">
         <v>1316.45</v>
       </c>
       <c r="I29" s="8" t="s">
@@ -12309,51 +12309,51 @@
       <c r="J29" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K29" s="8">
         <v>1901.7</v>
       </c>
       <c r="L29" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M29" s="8" t="s">
         <v>78</v>
       </c>
       <c r="N29" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O29" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P29" s="8">
         <v>3218.21</v>
       </c>
       <c r="Q29" s="8" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="30" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="7">
         <v>2025</v>
       </c>
       <c r="B30" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C30" s="8">
         <v>3968.88</v>
       </c>
       <c r="D30" s="8">
         <v>11205.97</v>
       </c>
       <c r="E30" s="8">
         <v>1213.48</v>
       </c>
       <c r="F30" s="8">
         <v>988.77</v>
       </c>
       <c r="G30" s="8">
         <v>615.13</v>
       </c>
       <c r="H30" s="8">
         <v>1158.4000000000001</v>
       </c>
       <c r="I30" s="8" t="s">
@@ -12362,51 +12362,51 @@
       <c r="J30" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K30" s="8">
         <v>1673.36</v>
       </c>
       <c r="L30" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M30" s="8">
         <v>117.26</v>
       </c>
       <c r="N30" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O30" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P30" s="8">
         <v>2694.69</v>
       </c>
       <c r="Q30" s="8">
         <v>4879.09</v>
       </c>
     </row>
-    <row r="31" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="7">
         <v>2025</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C31" s="8">
         <v>4196.6499999999996</v>
       </c>
       <c r="D31" s="8">
         <v>11728.85</v>
       </c>
       <c r="E31" s="8">
         <v>1017.97</v>
       </c>
       <c r="F31" s="8">
         <v>1032.79</v>
       </c>
       <c r="G31" s="8">
         <v>624.4</v>
       </c>
       <c r="H31" s="8">
         <v>1197.92</v>
       </c>
       <c r="I31" s="8" t="s">
@@ -12415,51 +12415,51 @@
       <c r="J31" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K31" s="8">
         <v>1698.16</v>
       </c>
       <c r="L31" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M31" s="8" t="s">
         <v>78</v>
       </c>
       <c r="N31" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O31" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P31" s="8">
         <v>3015.74</v>
       </c>
       <c r="Q31" s="8">
         <v>5034.82</v>
       </c>
     </row>
-    <row r="32" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="7">
         <v>2025</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C32" s="8">
         <v>4126.7299999999996</v>
       </c>
       <c r="D32" s="8">
         <v>11136.41</v>
       </c>
       <c r="E32" s="8">
         <v>1019.89</v>
       </c>
       <c r="F32" s="8">
         <v>1004.67</v>
       </c>
       <c r="G32" s="8">
         <v>745.8</v>
       </c>
       <c r="H32" s="8">
         <v>1357.33</v>
       </c>
       <c r="I32" s="8" t="s">
@@ -12468,51 +12468,51 @@
       <c r="J32" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K32" s="8">
         <v>1627.01</v>
       </c>
       <c r="L32" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M32" s="8">
         <v>139.58000000000001</v>
       </c>
       <c r="N32" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O32" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P32" s="8">
         <v>3098.75</v>
       </c>
       <c r="Q32" s="8">
         <v>3947.37</v>
       </c>
     </row>
-    <row r="33" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>2025</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C33" s="8">
         <v>3860.73</v>
       </c>
       <c r="D33" s="8">
         <v>11377.6</v>
       </c>
       <c r="E33" s="8">
         <v>1291.3699999999999</v>
       </c>
       <c r="F33" s="8">
         <v>1214.74</v>
       </c>
       <c r="G33" s="8">
         <v>693.98</v>
       </c>
       <c r="H33" s="8">
         <v>1238.95</v>
       </c>
       <c r="I33" s="8" t="s">
@@ -12521,51 +12521,51 @@
       <c r="J33" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K33" s="8">
         <v>1509.32</v>
       </c>
       <c r="L33" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M33" s="8">
         <v>115.29</v>
       </c>
       <c r="N33" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O33" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P33" s="8">
         <v>2855.21</v>
       </c>
       <c r="Q33" s="8">
         <v>5941.65</v>
       </c>
     </row>
-    <row r="34" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="7">
         <v>2025</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="8">
         <v>3983.86</v>
       </c>
       <c r="D34" s="8">
         <v>11602.27</v>
       </c>
       <c r="E34" s="8">
         <v>1203.48</v>
       </c>
       <c r="F34" s="8">
         <v>1295.1600000000001</v>
       </c>
       <c r="G34" s="8">
         <v>795.68</v>
       </c>
       <c r="H34" s="8">
         <v>1251.77</v>
       </c>
       <c r="I34" s="8" t="s">
@@ -12574,51 +12574,51 @@
       <c r="J34" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K34" s="8">
         <v>1479.3</v>
       </c>
       <c r="L34" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M34" s="8">
         <v>190.49</v>
       </c>
       <c r="N34" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O34" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P34" s="8">
         <v>2164.16</v>
       </c>
       <c r="Q34" s="8">
         <v>5370.81</v>
       </c>
     </row>
-    <row r="35" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="7">
         <v>2025</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="8">
         <v>3697.7</v>
       </c>
       <c r="D35" s="8">
         <v>11189.32</v>
       </c>
       <c r="E35" s="8">
         <v>1324.78</v>
       </c>
       <c r="F35" s="8">
         <v>1008.35</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>78</v>
       </c>
       <c r="H35" s="8">
         <v>1446.18</v>
       </c>
       <c r="I35" s="8" t="s">
@@ -12627,90 +12627,90 @@
       <c r="J35" s="8" t="s">
         <v>78</v>
       </c>
       <c r="K35" s="8">
         <v>1725.39</v>
       </c>
       <c r="L35" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M35" s="8">
         <v>166.81</v>
       </c>
       <c r="N35" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O35" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P35" s="8">
         <v>2467.94</v>
       </c>
       <c r="Q35" s="8">
         <v>4810.62</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="7">
         <v>2025</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="28" t="s">
         <v>110</v>
       </c>
       <c r="M36" s="8"/>
       <c r="N36" s="28" t="s">
         <v>110</v>
       </c>
       <c r="O36" s="28" t="s">
         <v>110</v>
       </c>
       <c r="P36" s="8"/>
       <c r="Q36" s="8"/>
     </row>
-    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A38" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A22:N22"/>
     <mergeCell ref="A23:B23"/>
   </mergeCells>
   <pageMargins left="0.17" right="0.17" top="0.67" bottom="0.6" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>