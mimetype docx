--- v0 (2025-10-04)
+++ v1 (2026-01-21)
@@ -1,53 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="0219BC12" w14:textId="77777777" w:rsidR="00432ADE" w:rsidRDefault="00432ADE" w:rsidP="003977FD">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41D178EA" w14:textId="63919866" w:rsidR="00440EE6" w:rsidRDefault="00440EE6" w:rsidP="003977FD">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4FB4F2CC" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="00AA4ED1" w:rsidP="005119E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
@@ -193,52 +223,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="658B1329" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Formulář A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236AF28C" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005E02E1" w:rsidRDefault="005E02E1" w:rsidP="005E02E1">
       <w:pPr>
         <w:keepNext/>
@@ -1013,51 +1041,51 @@
       <w:r w:rsidR="00754CCA" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>smlouva</w:t>
       </w:r>
       <w:r w:rsidR="005119E2" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>) pro akce v podprogramu 129 </w:t>
       </w:r>
       <w:r w:rsidR="00374BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>432</w:t>
       </w:r>
       <w:r w:rsidR="005119E2" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0591C2" w14:textId="7AAE6333" w:rsidR="00012948" w:rsidRPr="00C76E2E" w:rsidRDefault="005119E2" w:rsidP="00211C99">
+    <w:p w14:paraId="5F0591C2" w14:textId="63B66349" w:rsidR="00012948" w:rsidRPr="00C76E2E" w:rsidRDefault="005119E2" w:rsidP="00211C99">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pravomocné stavební povolení</w:t>
       </w:r>
       <w:r w:rsidR="00107F84" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nebo společné povolení</w:t>
       </w:r>
       <w:r w:rsidRPr="00C76E2E">
         <w:rPr>
@@ -1079,67 +1107,85 @@
       </w:r>
       <w:r w:rsidR="009B2D00" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pro ak</w:t>
       </w:r>
       <w:r w:rsidR="00E226BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ce v </w:t>
       </w:r>
       <w:r w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>podprogram</w:t>
       </w:r>
+      <w:r w:rsidR="00B92D57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92D57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidR="00374BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 129</w:t>
+        <w:t>433</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92D57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 129 434</w:t>
       </w:r>
       <w:r w:rsidR="00374BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 433, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00012948" w:rsidRPr="00C76E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s výjimkou předmětu podpory přeložky inženýrských sítí</w:t>
       </w:r>
       <w:r w:rsidR="00374BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B5B27D" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00C76E2E" w:rsidRDefault="005119E2" w:rsidP="00211C99">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -3280,108 +3326,144 @@
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E18200A" w14:textId="77777777" w:rsidR="002467AF" w:rsidRPr="005119E2" w:rsidRDefault="002467AF" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C54A366" w14:textId="78DB75E4" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
+    <w:p w14:paraId="7C54A366" w14:textId="670BCC99" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Členění stavby na stavební objekty </w:t>
       </w:r>
       <w:r w:rsidRPr="005A03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(pouze u podprogram 129</w:t>
+        <w:t>(pouze u podprogram</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ů</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A03C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A03C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A03C7">
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> a 129 434</w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>33)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005A03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560D7132" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3503,170 +3585,246 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34638EF7" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Přehledná situace v měřítku 1 : 50 000 nebo 1 : 25 000</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A706901" w14:textId="70EFD6D6" w:rsidR="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
+        <w:t xml:space="preserve">Přehledná situace v měřítku </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1 :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50 000 nebo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1 :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A706901" w14:textId="57776028" w:rsidR="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zákres navržené </w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>stavby</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s vyznačením </w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">příp. </w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>objektů (u podprogram</w:t>
+        <w:t xml:space="preserve">objektů (u </w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6" w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podprogram</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ů</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6" w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>129</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 129</w:t>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 129 434</w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-        <w:t>33)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C11C1A2" w14:textId="77777777" w:rsidR="002467AF" w:rsidRPr="005119E2" w:rsidRDefault="002467AF" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4497C1EC" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF760DD" w14:textId="2912BB94" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
+    <w:p w14:paraId="0CF760DD" w14:textId="4AFFA4F5" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:right="-2" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Projektová dokumentace, která byla schválena ve stavebním řízení</w:t>
       </w:r>
       <w:r w:rsidR="002A43DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3689,91 +3847,115 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>resp. prováděcí dokumentace, je-li zpracovaná)</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, včetně položkového rozpočtu</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (u podprogram</w:t>
+        <w:t xml:space="preserve"> (u </w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6" w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podprogram</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ů</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6" w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>129</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005119E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002467AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 129 434</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="008674CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> příp.</w:t>
       </w:r>
       <w:r w:rsidRPr="005119E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> realizační dokumentace.</w:t>
       </w:r>
@@ -4867,51 +5049,51 @@
       <w:r w:rsidR="00325D21" w:rsidRPr="003977FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ZZVZ</w:t>
       </w:r>
       <w:r w:rsidR="00BE5E92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00325D21" w:rsidRPr="00E2540D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E3FA96" w14:textId="49114981" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="00704885" w:rsidP="00704885">
+    <w:p w14:paraId="36E3FA96" w14:textId="0B3CFF3E" w:rsidR="005119E2" w:rsidRPr="005119E2" w:rsidRDefault="00704885" w:rsidP="00704885">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oboustranně podepsaná </w:t>
       </w:r>
       <w:r w:rsidRPr="008E72B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -4921,81 +5103,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="008E72B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> o dílo, </w:t>
       </w:r>
       <w:r w:rsidR="000F2613">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">u akcí </w:t>
       </w:r>
+      <w:r w:rsidR="007451C6" w:rsidRPr="008E72B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podprogram</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ů </w:t>
+      </w:r>
       <w:r w:rsidR="000F2613" w:rsidRPr="008E72B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>podprogram</w:t>
+        <w:t>129</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="000F2613">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">u </w:t>
-[...7 lines deleted...]
-        <w:t>129</w:t>
+        <w:t>433</w:t>
+      </w:r>
+      <w:r w:rsidR="007451C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 129 434</w:t>
       </w:r>
       <w:r w:rsidR="000F2613">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 433 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E72B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>včetně položkového rozpočtu</w:t>
       </w:r>
       <w:r w:rsidR="000F2613">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631111A6" w14:textId="77777777" w:rsidR="00016BC6" w:rsidRPr="00016BC6" w:rsidRDefault="005119E2" w:rsidP="00704885">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0"/>
@@ -6778,52 +6984,52 @@
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7747"/>
-        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="7621"/>
+        <w:gridCol w:w="1441"/>
       </w:tblGrid>
       <w:tr w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w14:paraId="0B48D44A" w14:textId="77777777" w:rsidTr="00D9563D">
         <w:trPr>
           <w:trHeight w:val="648"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4A0099AA" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Název a sídlo vykazující jednotky</w:t>
@@ -6933,54 +7139,54 @@
       <w:r w:rsidRPr="00AE0EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                              tis. Kč </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="760"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1524"/>
+        <w:gridCol w:w="746"/>
+        <w:gridCol w:w="3323"/>
+        <w:gridCol w:w="3464"/>
+        <w:gridCol w:w="1493"/>
       </w:tblGrid>
       <w:tr w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w14:paraId="6E286613" w14:textId="77777777" w:rsidTr="00D9563D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B30FEE" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7900,176 +8106,206 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF6E66E" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56F30345" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>V ……………………..dne ……………………</w:t>
+        <w:t>V ………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>……..dne</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D14AE7" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4606"/>
-        <w:gridCol w:w="4606"/>
+        <w:gridCol w:w="4531"/>
+        <w:gridCol w:w="4531"/>
       </w:tblGrid>
       <w:tr w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w14:paraId="0A93DB30" w14:textId="77777777" w:rsidTr="00D9563D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4F335BC8" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sestavil:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0054D5A9" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51956B3E" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>telefon:                           podpis:</w:t>
+              <w:t xml:space="preserve">telefon:   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AE0EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                        podpis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6C4001DD" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Zkontroloval a schválil:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E94696D" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E9D7B66" w14:textId="77777777" w:rsidR="005119E2" w:rsidRPr="00AE0EB3" w:rsidRDefault="005119E2" w:rsidP="005119E2">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AE0EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>telefon:                             podpis:</w:t>
+              <w:t xml:space="preserve">telefon:   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AE0EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          podpis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="722C58EF" w14:textId="30515118" w:rsidR="007D4DB1" w:rsidRPr="00AE0EB3" w:rsidRDefault="005B4265" w:rsidP="00AE0EB3">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="428ADAE2" w14:textId="00B8D661" w:rsidR="007D4DB1" w:rsidRDefault="007D4DB1" w:rsidP="007D4DB1">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -8104,86 +8340,106 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50424BA1" w14:textId="77777777" w:rsidR="00C9745C" w:rsidRPr="009F6213" w:rsidRDefault="00C9745C" w:rsidP="00C9745C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F6213">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Zpráva o plnění závazných ukazatelů a podmínek čerpání dotace, stanovených v platném Rozhodnutí - pro závěrečné vyhodnocení akce</w:t>
+        <w:t xml:space="preserve">Zpráva o plnění závazných ukazatelů a podmínek čerpání dotace, stanovených v platném </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F6213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rozhodnutí - pro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F6213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> závěrečné vyhodnocení akce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5C49E4" w14:textId="77777777" w:rsidR="00C9745C" w:rsidRPr="004A2D22" w:rsidRDefault="00C9745C" w:rsidP="00C9745C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3037"/>
-        <w:gridCol w:w="6175"/>
+        <w:gridCol w:w="3002"/>
+        <w:gridCol w:w="6060"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C9745C" w:rsidRPr="004A2D22" w14:paraId="6FE1370D" w14:textId="77777777" w:rsidTr="00D9563D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="618B609B" w14:textId="57EBE03E" w:rsidR="00C9745C" w:rsidRPr="009F6213" w:rsidRDefault="00C9745C" w:rsidP="003A7A8B">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F6213">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8416,54 +8672,54 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plnění závazných ukazatelů:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1295"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2425"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="3222"/>
+        <w:gridCol w:w="2180"/>
+        <w:gridCol w:w="2385"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C9745C" w:rsidRPr="009F6213" w14:paraId="1267C184" w14:textId="77777777" w:rsidTr="00A77004">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A93EE98" w14:textId="77777777" w:rsidR="00C9745C" w:rsidRPr="009F6213" w:rsidRDefault="00C9745C" w:rsidP="00D9563D">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9599,227 +9855,227 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F6213">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podpis statutárního zástupce (jméno, příjmení a funkci), razítko účastníka programu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2852D54B" w14:textId="77777777" w:rsidR="00C9745C" w:rsidRDefault="00C9745C" w:rsidP="00C9745C"/>
     <w:p w14:paraId="0CCD78D6" w14:textId="77777777" w:rsidR="007D4DB1" w:rsidRPr="003977FD" w:rsidRDefault="007D4DB1" w:rsidP="003977FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007D4DB1" w:rsidRPr="003977FD" w:rsidSect="00E74EDE">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5710F42B" w14:textId="77777777" w:rsidR="006F1F78" w:rsidRDefault="006F1F78" w:rsidP="00AC0471">
+    <w:p w14:paraId="667C4590" w14:textId="77777777" w:rsidR="002570BB" w:rsidRDefault="002570BB" w:rsidP="00AC0471">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B1DCEE2" w14:textId="77777777" w:rsidR="006F1F78" w:rsidRDefault="006F1F78" w:rsidP="00AC0471">
+    <w:p w14:paraId="4A1D2B45" w14:textId="77777777" w:rsidR="002570BB" w:rsidRDefault="002570BB" w:rsidP="00AC0471">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1495411169"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4318D282" w14:textId="0AE3CDBC" w:rsidR="00FB04F4" w:rsidRDefault="00FB04F4">
+      <w:p w14:paraId="4318D282" w14:textId="7485BBDA" w:rsidR="00FB04F4" w:rsidRDefault="00FB04F4">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C51566">
+        <w:r w:rsidR="00A21DDB">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2A50904E" w14:textId="77777777" w:rsidR="00FB04F4" w:rsidRDefault="00FB04F4">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64CD8F32" w14:textId="77777777" w:rsidR="006F1F78" w:rsidRDefault="006F1F78" w:rsidP="00AC0471">
+    <w:p w14:paraId="7C8DB819" w14:textId="77777777" w:rsidR="002570BB" w:rsidRDefault="002570BB" w:rsidP="00AC0471">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10E366BE" w14:textId="77777777" w:rsidR="006F1F78" w:rsidRDefault="006F1F78" w:rsidP="00AC0471">
+    <w:p w14:paraId="20D85AF1" w14:textId="77777777" w:rsidR="002570BB" w:rsidRDefault="002570BB" w:rsidP="00AC0471">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B7E68FFC"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01717C89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06F2B9B8"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -14202,1190 +14458,1308 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2104295699">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="213665933">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1795249776">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1464227860">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="765465597">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="472334254">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="235629152">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1869637409">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="478309647">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1922107372">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1104350587">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1705204684">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="255602909">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1292130319">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="423963997">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="96029668">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="571502865">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1546912357">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="481584772">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="205798803">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="252251298">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1171871653">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="179247203">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1569682398">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="187914889">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="646130293">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="334648691">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1243027566">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="748503648">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2003658696">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="2139642738">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="451438684">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1425954160">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1019552229">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="318925754">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="493686797">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1718240699">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="310789469">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1418286584">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1505437523">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1786924770">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="199517680">
     <w:abstractNumId w:val="37"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="2025790093">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="88476721">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="2032686412">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="74280799">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="98766167">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1872456896">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="1859659860">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00274DA6"/>
     <w:rsid w:val="00001088"/>
     <w:rsid w:val="00001416"/>
     <w:rsid w:val="00004C1E"/>
     <w:rsid w:val="00005905"/>
     <w:rsid w:val="00012948"/>
     <w:rsid w:val="00012EB8"/>
     <w:rsid w:val="00013F14"/>
     <w:rsid w:val="00016BC6"/>
     <w:rsid w:val="00025FB8"/>
     <w:rsid w:val="000278CA"/>
     <w:rsid w:val="00043B7A"/>
     <w:rsid w:val="0005025A"/>
     <w:rsid w:val="000530E5"/>
     <w:rsid w:val="00053570"/>
+    <w:rsid w:val="00053B84"/>
     <w:rsid w:val="00057D44"/>
     <w:rsid w:val="0006068D"/>
     <w:rsid w:val="00063160"/>
     <w:rsid w:val="0006563D"/>
     <w:rsid w:val="00070A10"/>
     <w:rsid w:val="000739E4"/>
     <w:rsid w:val="00073DBB"/>
     <w:rsid w:val="000743DD"/>
     <w:rsid w:val="00075B5C"/>
+    <w:rsid w:val="00085E66"/>
     <w:rsid w:val="00085F6F"/>
     <w:rsid w:val="00090466"/>
     <w:rsid w:val="000926FA"/>
     <w:rsid w:val="00094DC8"/>
     <w:rsid w:val="00095076"/>
     <w:rsid w:val="00096B64"/>
     <w:rsid w:val="00097E85"/>
     <w:rsid w:val="000A1C26"/>
     <w:rsid w:val="000A2034"/>
     <w:rsid w:val="000B1637"/>
     <w:rsid w:val="000B1C3D"/>
+    <w:rsid w:val="000B56F7"/>
     <w:rsid w:val="000C5007"/>
     <w:rsid w:val="000C71CA"/>
     <w:rsid w:val="000D283A"/>
     <w:rsid w:val="000E493B"/>
+    <w:rsid w:val="000E60EE"/>
     <w:rsid w:val="000F0759"/>
     <w:rsid w:val="000F101A"/>
     <w:rsid w:val="000F2613"/>
     <w:rsid w:val="000F5E00"/>
     <w:rsid w:val="0010201D"/>
     <w:rsid w:val="001034DE"/>
     <w:rsid w:val="00104B90"/>
+    <w:rsid w:val="00106E2A"/>
     <w:rsid w:val="00107F84"/>
     <w:rsid w:val="001135EA"/>
+    <w:rsid w:val="001139B6"/>
     <w:rsid w:val="0011414E"/>
     <w:rsid w:val="00115C5E"/>
     <w:rsid w:val="00127449"/>
     <w:rsid w:val="00127A75"/>
     <w:rsid w:val="001360E2"/>
     <w:rsid w:val="0013661F"/>
     <w:rsid w:val="001368C1"/>
     <w:rsid w:val="00140F2C"/>
     <w:rsid w:val="001412E6"/>
     <w:rsid w:val="00141506"/>
+    <w:rsid w:val="001434AF"/>
     <w:rsid w:val="0014554F"/>
     <w:rsid w:val="00146100"/>
     <w:rsid w:val="00146209"/>
     <w:rsid w:val="00146A29"/>
     <w:rsid w:val="00152330"/>
     <w:rsid w:val="001607C6"/>
     <w:rsid w:val="001648FE"/>
     <w:rsid w:val="001657FA"/>
     <w:rsid w:val="00177F07"/>
     <w:rsid w:val="0018126A"/>
     <w:rsid w:val="001812A4"/>
     <w:rsid w:val="00182953"/>
     <w:rsid w:val="00183AF2"/>
     <w:rsid w:val="00183F28"/>
     <w:rsid w:val="00183F76"/>
     <w:rsid w:val="0018451B"/>
     <w:rsid w:val="00185BD8"/>
     <w:rsid w:val="00186769"/>
     <w:rsid w:val="00192CB4"/>
+    <w:rsid w:val="00192CE0"/>
     <w:rsid w:val="00192DE4"/>
     <w:rsid w:val="001A0B72"/>
     <w:rsid w:val="001A3B10"/>
     <w:rsid w:val="001A3C0F"/>
     <w:rsid w:val="001A6D44"/>
+    <w:rsid w:val="001B17DF"/>
     <w:rsid w:val="001B4447"/>
     <w:rsid w:val="001B446C"/>
+    <w:rsid w:val="001B4781"/>
     <w:rsid w:val="001C0660"/>
     <w:rsid w:val="001C2134"/>
     <w:rsid w:val="001C3405"/>
     <w:rsid w:val="001C5128"/>
     <w:rsid w:val="001D104B"/>
     <w:rsid w:val="001D26ED"/>
     <w:rsid w:val="001D2C87"/>
     <w:rsid w:val="001D3BE8"/>
     <w:rsid w:val="001D6307"/>
+    <w:rsid w:val="001E0364"/>
     <w:rsid w:val="001E1B0D"/>
     <w:rsid w:val="001E57AA"/>
     <w:rsid w:val="001F2617"/>
     <w:rsid w:val="001F2705"/>
     <w:rsid w:val="001F73C4"/>
     <w:rsid w:val="0020120F"/>
+    <w:rsid w:val="00204A72"/>
     <w:rsid w:val="002053F8"/>
+    <w:rsid w:val="00206658"/>
     <w:rsid w:val="002119DF"/>
     <w:rsid w:val="00211C99"/>
     <w:rsid w:val="00211E84"/>
     <w:rsid w:val="002123D0"/>
     <w:rsid w:val="00212984"/>
+    <w:rsid w:val="00213081"/>
     <w:rsid w:val="00215DBD"/>
     <w:rsid w:val="00220243"/>
     <w:rsid w:val="00220933"/>
     <w:rsid w:val="00226041"/>
+    <w:rsid w:val="00226851"/>
     <w:rsid w:val="002308F3"/>
     <w:rsid w:val="0023149C"/>
     <w:rsid w:val="0023158B"/>
     <w:rsid w:val="0023203D"/>
     <w:rsid w:val="0023637D"/>
     <w:rsid w:val="0024282F"/>
+    <w:rsid w:val="00242849"/>
     <w:rsid w:val="00242B6D"/>
     <w:rsid w:val="00243803"/>
     <w:rsid w:val="002467AF"/>
     <w:rsid w:val="00247F7C"/>
     <w:rsid w:val="002560EF"/>
+    <w:rsid w:val="002564E7"/>
+    <w:rsid w:val="002570BB"/>
     <w:rsid w:val="0026034A"/>
+    <w:rsid w:val="00261D4E"/>
     <w:rsid w:val="00262088"/>
     <w:rsid w:val="00263EA3"/>
     <w:rsid w:val="002640BD"/>
     <w:rsid w:val="00266979"/>
     <w:rsid w:val="00267CA9"/>
     <w:rsid w:val="00274DA6"/>
     <w:rsid w:val="002753EC"/>
     <w:rsid w:val="0027570F"/>
     <w:rsid w:val="00275B33"/>
     <w:rsid w:val="00277820"/>
+    <w:rsid w:val="00280AF1"/>
     <w:rsid w:val="002819CB"/>
     <w:rsid w:val="00293FFF"/>
     <w:rsid w:val="002949EF"/>
+    <w:rsid w:val="002975DB"/>
     <w:rsid w:val="002A3CC8"/>
     <w:rsid w:val="002A43DC"/>
     <w:rsid w:val="002A4BCF"/>
     <w:rsid w:val="002A5C11"/>
+    <w:rsid w:val="002B23EB"/>
     <w:rsid w:val="002B2DF7"/>
     <w:rsid w:val="002B47BB"/>
     <w:rsid w:val="002B6584"/>
+    <w:rsid w:val="002C0846"/>
     <w:rsid w:val="002C26AD"/>
     <w:rsid w:val="002C40C8"/>
+    <w:rsid w:val="002C4A13"/>
     <w:rsid w:val="002C5CF2"/>
     <w:rsid w:val="002C5DE7"/>
     <w:rsid w:val="002C7032"/>
     <w:rsid w:val="002D14D1"/>
     <w:rsid w:val="002D1A09"/>
     <w:rsid w:val="002D238A"/>
     <w:rsid w:val="002D46FE"/>
     <w:rsid w:val="002D5FA1"/>
     <w:rsid w:val="002D6981"/>
     <w:rsid w:val="002E08A7"/>
+    <w:rsid w:val="002E3560"/>
     <w:rsid w:val="002E5440"/>
     <w:rsid w:val="002E72C4"/>
     <w:rsid w:val="002E7ED1"/>
     <w:rsid w:val="002F12E0"/>
     <w:rsid w:val="002F180D"/>
+    <w:rsid w:val="002F4D7A"/>
     <w:rsid w:val="00311570"/>
     <w:rsid w:val="00316DAA"/>
     <w:rsid w:val="003200EA"/>
     <w:rsid w:val="00320D26"/>
     <w:rsid w:val="00321D30"/>
     <w:rsid w:val="00322934"/>
     <w:rsid w:val="00325D21"/>
     <w:rsid w:val="00331CE2"/>
     <w:rsid w:val="00333B35"/>
     <w:rsid w:val="003342F9"/>
     <w:rsid w:val="003427A1"/>
     <w:rsid w:val="00346016"/>
     <w:rsid w:val="00347F1B"/>
     <w:rsid w:val="00350492"/>
     <w:rsid w:val="00351CDB"/>
     <w:rsid w:val="00353031"/>
     <w:rsid w:val="00353467"/>
     <w:rsid w:val="00355809"/>
     <w:rsid w:val="00362FCB"/>
     <w:rsid w:val="00362FE8"/>
     <w:rsid w:val="00370947"/>
     <w:rsid w:val="00371A04"/>
     <w:rsid w:val="00374BD9"/>
     <w:rsid w:val="003767A4"/>
     <w:rsid w:val="00381899"/>
     <w:rsid w:val="003838F1"/>
     <w:rsid w:val="00390941"/>
+    <w:rsid w:val="00391DC8"/>
     <w:rsid w:val="00396541"/>
     <w:rsid w:val="003977FD"/>
     <w:rsid w:val="00397DA1"/>
     <w:rsid w:val="003A5263"/>
     <w:rsid w:val="003A6966"/>
     <w:rsid w:val="003A7A8B"/>
     <w:rsid w:val="003B49D6"/>
     <w:rsid w:val="003B7AB3"/>
+    <w:rsid w:val="003C081E"/>
     <w:rsid w:val="003C5B89"/>
     <w:rsid w:val="003C61EC"/>
     <w:rsid w:val="003C6432"/>
+    <w:rsid w:val="003D0218"/>
     <w:rsid w:val="003D5B8E"/>
     <w:rsid w:val="003D72D6"/>
     <w:rsid w:val="003E0A84"/>
     <w:rsid w:val="003E1114"/>
     <w:rsid w:val="003E262F"/>
+    <w:rsid w:val="003E2927"/>
     <w:rsid w:val="003E3466"/>
     <w:rsid w:val="003E3E16"/>
     <w:rsid w:val="003E683D"/>
     <w:rsid w:val="003E798F"/>
     <w:rsid w:val="003F17C6"/>
     <w:rsid w:val="003F4230"/>
     <w:rsid w:val="00405307"/>
+    <w:rsid w:val="00406724"/>
     <w:rsid w:val="00410166"/>
     <w:rsid w:val="004142AC"/>
+    <w:rsid w:val="00417E8B"/>
+    <w:rsid w:val="00423820"/>
     <w:rsid w:val="00424DC3"/>
     <w:rsid w:val="00424FF6"/>
     <w:rsid w:val="00430670"/>
     <w:rsid w:val="004315CC"/>
     <w:rsid w:val="00432ADE"/>
     <w:rsid w:val="00434450"/>
     <w:rsid w:val="0043492D"/>
     <w:rsid w:val="00434ED3"/>
     <w:rsid w:val="00435565"/>
     <w:rsid w:val="00437827"/>
     <w:rsid w:val="004403AD"/>
     <w:rsid w:val="00440EE6"/>
     <w:rsid w:val="00441DE5"/>
     <w:rsid w:val="00441DE8"/>
     <w:rsid w:val="0044375A"/>
     <w:rsid w:val="00443F45"/>
     <w:rsid w:val="0044699C"/>
     <w:rsid w:val="00452326"/>
     <w:rsid w:val="00452B0B"/>
     <w:rsid w:val="00457E4B"/>
     <w:rsid w:val="00461DEC"/>
+    <w:rsid w:val="00466C8A"/>
     <w:rsid w:val="00471994"/>
     <w:rsid w:val="0047422F"/>
     <w:rsid w:val="00477016"/>
     <w:rsid w:val="0048064D"/>
     <w:rsid w:val="004835ED"/>
     <w:rsid w:val="00483EE4"/>
     <w:rsid w:val="00486A59"/>
     <w:rsid w:val="00486FEC"/>
     <w:rsid w:val="00491D1C"/>
     <w:rsid w:val="00493ECD"/>
     <w:rsid w:val="00496D6D"/>
+    <w:rsid w:val="004A410F"/>
     <w:rsid w:val="004A7013"/>
     <w:rsid w:val="004B2171"/>
     <w:rsid w:val="004B4872"/>
     <w:rsid w:val="004B5238"/>
     <w:rsid w:val="004C02AE"/>
     <w:rsid w:val="004C4D23"/>
     <w:rsid w:val="004C643A"/>
     <w:rsid w:val="004C6770"/>
     <w:rsid w:val="004D1403"/>
     <w:rsid w:val="004D17B0"/>
     <w:rsid w:val="004D17EF"/>
     <w:rsid w:val="004E1A07"/>
     <w:rsid w:val="004E42BA"/>
     <w:rsid w:val="004E48A8"/>
+    <w:rsid w:val="004E5CF6"/>
     <w:rsid w:val="004E7800"/>
     <w:rsid w:val="004F4E23"/>
     <w:rsid w:val="004F5D39"/>
     <w:rsid w:val="004F7AD4"/>
     <w:rsid w:val="005033D1"/>
     <w:rsid w:val="00507EA1"/>
     <w:rsid w:val="0051161B"/>
     <w:rsid w:val="005119E2"/>
     <w:rsid w:val="00513233"/>
     <w:rsid w:val="00514BB0"/>
     <w:rsid w:val="00520439"/>
     <w:rsid w:val="00523CF3"/>
     <w:rsid w:val="00524E83"/>
     <w:rsid w:val="005262B0"/>
     <w:rsid w:val="00534F1F"/>
     <w:rsid w:val="00545BE9"/>
     <w:rsid w:val="00546DB5"/>
     <w:rsid w:val="0055378F"/>
     <w:rsid w:val="00556919"/>
     <w:rsid w:val="00560349"/>
     <w:rsid w:val="00561BF4"/>
     <w:rsid w:val="00563931"/>
     <w:rsid w:val="0056397F"/>
     <w:rsid w:val="005640D1"/>
+    <w:rsid w:val="005673F0"/>
     <w:rsid w:val="0056780F"/>
+    <w:rsid w:val="00573D09"/>
     <w:rsid w:val="00574190"/>
+    <w:rsid w:val="00575B4F"/>
     <w:rsid w:val="0057771B"/>
+    <w:rsid w:val="0058310A"/>
     <w:rsid w:val="0058562D"/>
     <w:rsid w:val="0059059D"/>
     <w:rsid w:val="00592982"/>
     <w:rsid w:val="00594BEB"/>
     <w:rsid w:val="00596E25"/>
     <w:rsid w:val="005A03C7"/>
     <w:rsid w:val="005A1725"/>
+    <w:rsid w:val="005A3170"/>
     <w:rsid w:val="005A68F9"/>
     <w:rsid w:val="005A6D6C"/>
     <w:rsid w:val="005B0D9D"/>
     <w:rsid w:val="005B1D04"/>
     <w:rsid w:val="005B4265"/>
     <w:rsid w:val="005C6ACF"/>
     <w:rsid w:val="005C716D"/>
     <w:rsid w:val="005D0D0D"/>
     <w:rsid w:val="005D173E"/>
     <w:rsid w:val="005D1C1D"/>
+    <w:rsid w:val="005D318A"/>
     <w:rsid w:val="005D5E5A"/>
+    <w:rsid w:val="005D60B7"/>
     <w:rsid w:val="005E02E1"/>
     <w:rsid w:val="005E57FC"/>
     <w:rsid w:val="005E6F70"/>
     <w:rsid w:val="005F0335"/>
     <w:rsid w:val="005F12F9"/>
     <w:rsid w:val="005F1E70"/>
+    <w:rsid w:val="005F529C"/>
     <w:rsid w:val="005F5EE3"/>
     <w:rsid w:val="00603060"/>
     <w:rsid w:val="00604AE7"/>
     <w:rsid w:val="00605A75"/>
     <w:rsid w:val="00605C1C"/>
     <w:rsid w:val="0061130E"/>
     <w:rsid w:val="00611F4E"/>
     <w:rsid w:val="00616A08"/>
     <w:rsid w:val="00620A4D"/>
     <w:rsid w:val="0062137B"/>
     <w:rsid w:val="0062240F"/>
     <w:rsid w:val="00622D83"/>
     <w:rsid w:val="00632FBB"/>
+    <w:rsid w:val="00633093"/>
     <w:rsid w:val="00634C41"/>
     <w:rsid w:val="0063575C"/>
     <w:rsid w:val="00646233"/>
     <w:rsid w:val="006462E8"/>
     <w:rsid w:val="00651303"/>
+    <w:rsid w:val="00661192"/>
     <w:rsid w:val="0066155B"/>
     <w:rsid w:val="00665D6A"/>
     <w:rsid w:val="006739C2"/>
+    <w:rsid w:val="0067425B"/>
     <w:rsid w:val="00675306"/>
+    <w:rsid w:val="0068172B"/>
+    <w:rsid w:val="00681CB3"/>
     <w:rsid w:val="00683921"/>
     <w:rsid w:val="0068420D"/>
     <w:rsid w:val="00685F3C"/>
     <w:rsid w:val="00691070"/>
     <w:rsid w:val="0069429E"/>
     <w:rsid w:val="00697005"/>
     <w:rsid w:val="00697E8A"/>
     <w:rsid w:val="006A0321"/>
+    <w:rsid w:val="006A0C43"/>
     <w:rsid w:val="006B2821"/>
     <w:rsid w:val="006C5C2B"/>
     <w:rsid w:val="006C7071"/>
     <w:rsid w:val="006D15FF"/>
     <w:rsid w:val="006D3645"/>
+    <w:rsid w:val="006D7546"/>
     <w:rsid w:val="006E2BF7"/>
     <w:rsid w:val="006E3BD7"/>
-    <w:rsid w:val="006E7509"/>
     <w:rsid w:val="006F0EB3"/>
     <w:rsid w:val="006F1F78"/>
     <w:rsid w:val="006F3A17"/>
     <w:rsid w:val="006F49A0"/>
     <w:rsid w:val="006F5631"/>
     <w:rsid w:val="006F6B21"/>
     <w:rsid w:val="00703FC9"/>
     <w:rsid w:val="00704885"/>
     <w:rsid w:val="00711B6F"/>
     <w:rsid w:val="007201DD"/>
     <w:rsid w:val="007209F4"/>
     <w:rsid w:val="007240E0"/>
     <w:rsid w:val="00724864"/>
     <w:rsid w:val="00724D88"/>
     <w:rsid w:val="00726765"/>
     <w:rsid w:val="00726C8D"/>
+    <w:rsid w:val="007356B8"/>
     <w:rsid w:val="00736CE5"/>
     <w:rsid w:val="00737BF4"/>
     <w:rsid w:val="00741603"/>
     <w:rsid w:val="00743823"/>
     <w:rsid w:val="00744A2F"/>
+    <w:rsid w:val="007451C6"/>
     <w:rsid w:val="00747EB3"/>
     <w:rsid w:val="007500AE"/>
     <w:rsid w:val="00751324"/>
     <w:rsid w:val="0075255F"/>
     <w:rsid w:val="00754CCA"/>
+    <w:rsid w:val="007557C3"/>
     <w:rsid w:val="007577FD"/>
+    <w:rsid w:val="0076093E"/>
+    <w:rsid w:val="0076104C"/>
     <w:rsid w:val="00761352"/>
     <w:rsid w:val="00761867"/>
-    <w:rsid w:val="00767D5B"/>
+    <w:rsid w:val="00761DE2"/>
     <w:rsid w:val="00772A8C"/>
     <w:rsid w:val="007751F7"/>
     <w:rsid w:val="00776A18"/>
     <w:rsid w:val="00780DAF"/>
     <w:rsid w:val="00780E39"/>
+    <w:rsid w:val="00781D52"/>
     <w:rsid w:val="00782295"/>
     <w:rsid w:val="00787276"/>
     <w:rsid w:val="00791E90"/>
     <w:rsid w:val="00792293"/>
     <w:rsid w:val="0079374E"/>
     <w:rsid w:val="00795EE9"/>
     <w:rsid w:val="007A1F6F"/>
     <w:rsid w:val="007A5E56"/>
     <w:rsid w:val="007A7093"/>
     <w:rsid w:val="007B0DEC"/>
     <w:rsid w:val="007B3897"/>
+    <w:rsid w:val="007B40B9"/>
     <w:rsid w:val="007B4C1C"/>
     <w:rsid w:val="007C1665"/>
     <w:rsid w:val="007C29E4"/>
     <w:rsid w:val="007C78DF"/>
     <w:rsid w:val="007C7A7A"/>
     <w:rsid w:val="007C7D77"/>
     <w:rsid w:val="007D015C"/>
     <w:rsid w:val="007D2C5C"/>
     <w:rsid w:val="007D2FDD"/>
     <w:rsid w:val="007D4DB1"/>
     <w:rsid w:val="007E1CFE"/>
     <w:rsid w:val="007E357B"/>
     <w:rsid w:val="007E3A03"/>
     <w:rsid w:val="007E7BD0"/>
     <w:rsid w:val="007F03F1"/>
     <w:rsid w:val="007F0F8D"/>
     <w:rsid w:val="008026EC"/>
     <w:rsid w:val="008030EA"/>
     <w:rsid w:val="0080370A"/>
     <w:rsid w:val="00806CA4"/>
     <w:rsid w:val="00813310"/>
     <w:rsid w:val="008136B2"/>
     <w:rsid w:val="00821500"/>
     <w:rsid w:val="0082379B"/>
+    <w:rsid w:val="00824A4E"/>
     <w:rsid w:val="0083059D"/>
     <w:rsid w:val="00834429"/>
     <w:rsid w:val="00835553"/>
     <w:rsid w:val="00837401"/>
     <w:rsid w:val="008406F1"/>
     <w:rsid w:val="00840D4C"/>
     <w:rsid w:val="00842767"/>
     <w:rsid w:val="008435A3"/>
     <w:rsid w:val="008438F0"/>
     <w:rsid w:val="00843A70"/>
     <w:rsid w:val="00845F5D"/>
+    <w:rsid w:val="008463D3"/>
     <w:rsid w:val="00850B61"/>
     <w:rsid w:val="00854815"/>
     <w:rsid w:val="00856940"/>
     <w:rsid w:val="0085780B"/>
+    <w:rsid w:val="00862908"/>
     <w:rsid w:val="008674CA"/>
     <w:rsid w:val="0087160E"/>
     <w:rsid w:val="00875372"/>
     <w:rsid w:val="0087538E"/>
     <w:rsid w:val="0087731E"/>
+    <w:rsid w:val="00877FFD"/>
     <w:rsid w:val="00880247"/>
     <w:rsid w:val="00880E42"/>
+    <w:rsid w:val="00882548"/>
     <w:rsid w:val="00884EFE"/>
     <w:rsid w:val="00884F47"/>
     <w:rsid w:val="00884FA4"/>
     <w:rsid w:val="008913EF"/>
     <w:rsid w:val="0089304E"/>
     <w:rsid w:val="00893608"/>
     <w:rsid w:val="008A37E7"/>
     <w:rsid w:val="008A3CA7"/>
+    <w:rsid w:val="008B2CF6"/>
     <w:rsid w:val="008B4C64"/>
     <w:rsid w:val="008B5363"/>
     <w:rsid w:val="008C0C29"/>
     <w:rsid w:val="008C5901"/>
     <w:rsid w:val="008D1C9E"/>
     <w:rsid w:val="008D2445"/>
+    <w:rsid w:val="008D4915"/>
     <w:rsid w:val="008E72B5"/>
     <w:rsid w:val="008F0B9F"/>
     <w:rsid w:val="008F20DE"/>
     <w:rsid w:val="008F31F7"/>
     <w:rsid w:val="008F4295"/>
     <w:rsid w:val="008F59AF"/>
     <w:rsid w:val="008F5D78"/>
+    <w:rsid w:val="009003F8"/>
     <w:rsid w:val="00906224"/>
     <w:rsid w:val="00907335"/>
     <w:rsid w:val="009115FA"/>
     <w:rsid w:val="009135A7"/>
     <w:rsid w:val="00920A99"/>
     <w:rsid w:val="0092598D"/>
     <w:rsid w:val="009259E6"/>
     <w:rsid w:val="009265C6"/>
+    <w:rsid w:val="00926988"/>
+    <w:rsid w:val="00927594"/>
     <w:rsid w:val="00931655"/>
     <w:rsid w:val="009322C1"/>
+    <w:rsid w:val="00935D44"/>
     <w:rsid w:val="009437B2"/>
     <w:rsid w:val="00953730"/>
     <w:rsid w:val="00960030"/>
     <w:rsid w:val="00960D5F"/>
+    <w:rsid w:val="0096272B"/>
     <w:rsid w:val="00963EC8"/>
     <w:rsid w:val="009656FB"/>
     <w:rsid w:val="0096620A"/>
     <w:rsid w:val="009678D4"/>
     <w:rsid w:val="0097225B"/>
     <w:rsid w:val="00972B9B"/>
     <w:rsid w:val="00972E0B"/>
     <w:rsid w:val="00973E13"/>
     <w:rsid w:val="0097753A"/>
     <w:rsid w:val="009851B0"/>
     <w:rsid w:val="009916F8"/>
     <w:rsid w:val="00995A55"/>
     <w:rsid w:val="009A025E"/>
     <w:rsid w:val="009A0347"/>
     <w:rsid w:val="009A2C73"/>
     <w:rsid w:val="009A38F1"/>
     <w:rsid w:val="009A4283"/>
     <w:rsid w:val="009A4C38"/>
     <w:rsid w:val="009B2D00"/>
     <w:rsid w:val="009B4203"/>
     <w:rsid w:val="009B42DA"/>
     <w:rsid w:val="009B75B5"/>
     <w:rsid w:val="009C1C36"/>
     <w:rsid w:val="009C4C40"/>
+    <w:rsid w:val="009C6081"/>
+    <w:rsid w:val="009C6F03"/>
     <w:rsid w:val="009D078F"/>
     <w:rsid w:val="009E2121"/>
     <w:rsid w:val="009E29C9"/>
     <w:rsid w:val="009E6F27"/>
     <w:rsid w:val="009E707A"/>
     <w:rsid w:val="009E7430"/>
     <w:rsid w:val="009E7EA6"/>
     <w:rsid w:val="009F0672"/>
+    <w:rsid w:val="009F4F97"/>
     <w:rsid w:val="00A0149C"/>
     <w:rsid w:val="00A05072"/>
     <w:rsid w:val="00A055FF"/>
+    <w:rsid w:val="00A06833"/>
     <w:rsid w:val="00A06BAC"/>
     <w:rsid w:val="00A07ACA"/>
     <w:rsid w:val="00A1263C"/>
     <w:rsid w:val="00A162BB"/>
     <w:rsid w:val="00A21DDB"/>
     <w:rsid w:val="00A23EE8"/>
+    <w:rsid w:val="00A30047"/>
     <w:rsid w:val="00A35E09"/>
     <w:rsid w:val="00A36922"/>
     <w:rsid w:val="00A45E4D"/>
     <w:rsid w:val="00A46EE1"/>
     <w:rsid w:val="00A51D25"/>
     <w:rsid w:val="00A527A1"/>
     <w:rsid w:val="00A5518E"/>
     <w:rsid w:val="00A56E20"/>
     <w:rsid w:val="00A619E0"/>
     <w:rsid w:val="00A6212C"/>
     <w:rsid w:val="00A62A53"/>
     <w:rsid w:val="00A6491D"/>
+    <w:rsid w:val="00A65B88"/>
     <w:rsid w:val="00A71BE2"/>
     <w:rsid w:val="00A72742"/>
     <w:rsid w:val="00A7278E"/>
     <w:rsid w:val="00A734B4"/>
     <w:rsid w:val="00A74EAB"/>
     <w:rsid w:val="00A759EA"/>
     <w:rsid w:val="00A7614B"/>
     <w:rsid w:val="00A77004"/>
     <w:rsid w:val="00A83D26"/>
     <w:rsid w:val="00A90B9D"/>
     <w:rsid w:val="00A90E93"/>
+    <w:rsid w:val="00A96F6E"/>
     <w:rsid w:val="00A9702C"/>
     <w:rsid w:val="00AA16B4"/>
+    <w:rsid w:val="00AA40D1"/>
     <w:rsid w:val="00AA4ED1"/>
     <w:rsid w:val="00AA77CF"/>
     <w:rsid w:val="00AB08F7"/>
     <w:rsid w:val="00AB54CB"/>
     <w:rsid w:val="00AB6F0D"/>
     <w:rsid w:val="00AC0471"/>
+    <w:rsid w:val="00AC1EF3"/>
     <w:rsid w:val="00AC4072"/>
     <w:rsid w:val="00AC4997"/>
     <w:rsid w:val="00AC5FF7"/>
     <w:rsid w:val="00AC726D"/>
     <w:rsid w:val="00AD034C"/>
     <w:rsid w:val="00AD1952"/>
     <w:rsid w:val="00AD274B"/>
     <w:rsid w:val="00AE0EB3"/>
     <w:rsid w:val="00AE467E"/>
     <w:rsid w:val="00AE58F8"/>
     <w:rsid w:val="00AE5D76"/>
     <w:rsid w:val="00AE770D"/>
     <w:rsid w:val="00AE778F"/>
     <w:rsid w:val="00AF2827"/>
     <w:rsid w:val="00AF46D5"/>
     <w:rsid w:val="00B0524D"/>
     <w:rsid w:val="00B149D2"/>
     <w:rsid w:val="00B15627"/>
     <w:rsid w:val="00B1569E"/>
+    <w:rsid w:val="00B15AAC"/>
     <w:rsid w:val="00B21E7F"/>
     <w:rsid w:val="00B22E05"/>
     <w:rsid w:val="00B238D7"/>
     <w:rsid w:val="00B23F54"/>
     <w:rsid w:val="00B248C6"/>
     <w:rsid w:val="00B27E33"/>
     <w:rsid w:val="00B33F7F"/>
     <w:rsid w:val="00B34216"/>
     <w:rsid w:val="00B403F4"/>
     <w:rsid w:val="00B427D2"/>
     <w:rsid w:val="00B43153"/>
     <w:rsid w:val="00B43438"/>
     <w:rsid w:val="00B43F1B"/>
     <w:rsid w:val="00B51482"/>
     <w:rsid w:val="00B537F1"/>
     <w:rsid w:val="00B55918"/>
     <w:rsid w:val="00B65DF8"/>
     <w:rsid w:val="00B665E8"/>
     <w:rsid w:val="00B709B5"/>
+    <w:rsid w:val="00B735A2"/>
     <w:rsid w:val="00B7797C"/>
     <w:rsid w:val="00B77BC0"/>
     <w:rsid w:val="00B8134C"/>
+    <w:rsid w:val="00B81890"/>
     <w:rsid w:val="00B8275A"/>
     <w:rsid w:val="00B82ECF"/>
     <w:rsid w:val="00B83313"/>
+    <w:rsid w:val="00B92D57"/>
     <w:rsid w:val="00B9503C"/>
     <w:rsid w:val="00B96467"/>
     <w:rsid w:val="00B96F72"/>
     <w:rsid w:val="00BA117A"/>
     <w:rsid w:val="00BA15E8"/>
+    <w:rsid w:val="00BA2AD2"/>
     <w:rsid w:val="00BA6B12"/>
     <w:rsid w:val="00BB6CE9"/>
     <w:rsid w:val="00BB6EF6"/>
     <w:rsid w:val="00BC0FFF"/>
+    <w:rsid w:val="00BC1547"/>
     <w:rsid w:val="00BC3A72"/>
     <w:rsid w:val="00BC3DF5"/>
     <w:rsid w:val="00BD2573"/>
     <w:rsid w:val="00BD4313"/>
     <w:rsid w:val="00BD5BAE"/>
     <w:rsid w:val="00BD625F"/>
     <w:rsid w:val="00BD757C"/>
     <w:rsid w:val="00BD7A12"/>
     <w:rsid w:val="00BD7B74"/>
     <w:rsid w:val="00BE174E"/>
     <w:rsid w:val="00BE1808"/>
+    <w:rsid w:val="00BE3DAE"/>
     <w:rsid w:val="00BE49BB"/>
     <w:rsid w:val="00BE4A8C"/>
     <w:rsid w:val="00BE560A"/>
     <w:rsid w:val="00BE5E92"/>
     <w:rsid w:val="00BF577A"/>
+    <w:rsid w:val="00BF7105"/>
     <w:rsid w:val="00BF7AE2"/>
     <w:rsid w:val="00C0128B"/>
     <w:rsid w:val="00C02F39"/>
     <w:rsid w:val="00C04B50"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C0766D"/>
     <w:rsid w:val="00C07AA6"/>
     <w:rsid w:val="00C1028A"/>
     <w:rsid w:val="00C1686C"/>
     <w:rsid w:val="00C17F13"/>
     <w:rsid w:val="00C251CD"/>
+    <w:rsid w:val="00C25611"/>
     <w:rsid w:val="00C259C2"/>
+    <w:rsid w:val="00C3531B"/>
     <w:rsid w:val="00C35B1B"/>
     <w:rsid w:val="00C366F5"/>
     <w:rsid w:val="00C368C4"/>
     <w:rsid w:val="00C371A4"/>
     <w:rsid w:val="00C4049A"/>
     <w:rsid w:val="00C42E73"/>
     <w:rsid w:val="00C4623B"/>
     <w:rsid w:val="00C47CD0"/>
     <w:rsid w:val="00C47E89"/>
     <w:rsid w:val="00C5129A"/>
     <w:rsid w:val="00C51417"/>
-    <w:rsid w:val="00C51566"/>
+    <w:rsid w:val="00C523EB"/>
     <w:rsid w:val="00C52987"/>
     <w:rsid w:val="00C553B0"/>
     <w:rsid w:val="00C55634"/>
     <w:rsid w:val="00C56BCB"/>
     <w:rsid w:val="00C56F45"/>
     <w:rsid w:val="00C601FB"/>
     <w:rsid w:val="00C6058E"/>
+    <w:rsid w:val="00C66652"/>
+    <w:rsid w:val="00C70AFF"/>
     <w:rsid w:val="00C76E2E"/>
     <w:rsid w:val="00C7764A"/>
+    <w:rsid w:val="00C803D2"/>
     <w:rsid w:val="00C81127"/>
+    <w:rsid w:val="00C81ACD"/>
     <w:rsid w:val="00C82565"/>
     <w:rsid w:val="00C841E0"/>
     <w:rsid w:val="00C85B3B"/>
     <w:rsid w:val="00C85F37"/>
     <w:rsid w:val="00C8674B"/>
     <w:rsid w:val="00C871B6"/>
     <w:rsid w:val="00C9001D"/>
     <w:rsid w:val="00C969AB"/>
     <w:rsid w:val="00C96EC8"/>
     <w:rsid w:val="00C9745C"/>
     <w:rsid w:val="00CA027C"/>
     <w:rsid w:val="00CA326E"/>
     <w:rsid w:val="00CA337E"/>
     <w:rsid w:val="00CA34A8"/>
     <w:rsid w:val="00CA6CBA"/>
     <w:rsid w:val="00CB22D3"/>
     <w:rsid w:val="00CB40B0"/>
     <w:rsid w:val="00CC1FB9"/>
     <w:rsid w:val="00CC2E79"/>
     <w:rsid w:val="00CD1032"/>
     <w:rsid w:val="00CD59E4"/>
     <w:rsid w:val="00CD662A"/>
     <w:rsid w:val="00CE235A"/>
     <w:rsid w:val="00CE3CFD"/>
+    <w:rsid w:val="00CE53EF"/>
     <w:rsid w:val="00CE58EB"/>
     <w:rsid w:val="00CE61D8"/>
     <w:rsid w:val="00CE7498"/>
+    <w:rsid w:val="00CF5880"/>
     <w:rsid w:val="00D016FE"/>
     <w:rsid w:val="00D02BAD"/>
     <w:rsid w:val="00D05880"/>
     <w:rsid w:val="00D11AB2"/>
     <w:rsid w:val="00D12751"/>
     <w:rsid w:val="00D148FD"/>
+    <w:rsid w:val="00D1654A"/>
     <w:rsid w:val="00D16DEF"/>
     <w:rsid w:val="00D20255"/>
     <w:rsid w:val="00D27E36"/>
     <w:rsid w:val="00D30AFC"/>
     <w:rsid w:val="00D34165"/>
     <w:rsid w:val="00D3636E"/>
     <w:rsid w:val="00D376D8"/>
     <w:rsid w:val="00D42F9D"/>
     <w:rsid w:val="00D477D3"/>
     <w:rsid w:val="00D47822"/>
     <w:rsid w:val="00D505EE"/>
     <w:rsid w:val="00D54C3C"/>
+    <w:rsid w:val="00D60391"/>
     <w:rsid w:val="00D6097F"/>
+    <w:rsid w:val="00D62CEA"/>
     <w:rsid w:val="00D64394"/>
     <w:rsid w:val="00D650DB"/>
     <w:rsid w:val="00D66DE6"/>
     <w:rsid w:val="00D73480"/>
     <w:rsid w:val="00D75030"/>
     <w:rsid w:val="00D764B5"/>
+    <w:rsid w:val="00D770C8"/>
     <w:rsid w:val="00D80AC0"/>
     <w:rsid w:val="00D80C18"/>
     <w:rsid w:val="00D82022"/>
     <w:rsid w:val="00D90B74"/>
     <w:rsid w:val="00D91041"/>
     <w:rsid w:val="00D92CA5"/>
     <w:rsid w:val="00D94C01"/>
     <w:rsid w:val="00D9563D"/>
     <w:rsid w:val="00DA2183"/>
     <w:rsid w:val="00DA28AD"/>
     <w:rsid w:val="00DA31AC"/>
     <w:rsid w:val="00DB0F62"/>
     <w:rsid w:val="00DB0FA2"/>
     <w:rsid w:val="00DB29E1"/>
     <w:rsid w:val="00DB526A"/>
     <w:rsid w:val="00DB7FF4"/>
     <w:rsid w:val="00DC1406"/>
     <w:rsid w:val="00DC16CD"/>
+    <w:rsid w:val="00DC2159"/>
     <w:rsid w:val="00DD34E5"/>
     <w:rsid w:val="00DD37DD"/>
     <w:rsid w:val="00DD43DA"/>
     <w:rsid w:val="00DD51C6"/>
     <w:rsid w:val="00DD58C0"/>
     <w:rsid w:val="00DD6B4E"/>
+    <w:rsid w:val="00DE040F"/>
     <w:rsid w:val="00DE5F0E"/>
     <w:rsid w:val="00DE6E18"/>
     <w:rsid w:val="00DE7192"/>
     <w:rsid w:val="00DE77F9"/>
     <w:rsid w:val="00DF1515"/>
+    <w:rsid w:val="00DF2976"/>
     <w:rsid w:val="00DF340A"/>
+    <w:rsid w:val="00DF3BA8"/>
     <w:rsid w:val="00E01580"/>
     <w:rsid w:val="00E026DF"/>
+    <w:rsid w:val="00E03BBC"/>
     <w:rsid w:val="00E0455E"/>
     <w:rsid w:val="00E050CF"/>
     <w:rsid w:val="00E05D11"/>
     <w:rsid w:val="00E07E2F"/>
     <w:rsid w:val="00E11DC0"/>
+    <w:rsid w:val="00E12086"/>
     <w:rsid w:val="00E12F54"/>
     <w:rsid w:val="00E226BF"/>
+    <w:rsid w:val="00E22719"/>
     <w:rsid w:val="00E22F32"/>
     <w:rsid w:val="00E2540D"/>
     <w:rsid w:val="00E375EC"/>
     <w:rsid w:val="00E379BC"/>
     <w:rsid w:val="00E37C03"/>
     <w:rsid w:val="00E407D4"/>
     <w:rsid w:val="00E42FFC"/>
     <w:rsid w:val="00E44DC6"/>
     <w:rsid w:val="00E45C3F"/>
+    <w:rsid w:val="00E53B39"/>
     <w:rsid w:val="00E54DB6"/>
     <w:rsid w:val="00E621B7"/>
+    <w:rsid w:val="00E6470B"/>
     <w:rsid w:val="00E679E7"/>
     <w:rsid w:val="00E70717"/>
     <w:rsid w:val="00E738E9"/>
     <w:rsid w:val="00E74EDE"/>
     <w:rsid w:val="00E813AB"/>
     <w:rsid w:val="00E86D28"/>
     <w:rsid w:val="00E878ED"/>
+    <w:rsid w:val="00E93789"/>
     <w:rsid w:val="00E93D05"/>
     <w:rsid w:val="00E94762"/>
     <w:rsid w:val="00E963BA"/>
     <w:rsid w:val="00E97762"/>
+    <w:rsid w:val="00EA0FC8"/>
     <w:rsid w:val="00EA3724"/>
     <w:rsid w:val="00EA382B"/>
     <w:rsid w:val="00EA415F"/>
     <w:rsid w:val="00EA4200"/>
     <w:rsid w:val="00EA542A"/>
     <w:rsid w:val="00EA7FE6"/>
     <w:rsid w:val="00EB2054"/>
     <w:rsid w:val="00EB3B3F"/>
     <w:rsid w:val="00EB4FA0"/>
     <w:rsid w:val="00EB6CF2"/>
     <w:rsid w:val="00EC07B0"/>
+    <w:rsid w:val="00EC0894"/>
     <w:rsid w:val="00EC1F33"/>
     <w:rsid w:val="00EC5C23"/>
     <w:rsid w:val="00ED16B9"/>
     <w:rsid w:val="00ED7BFB"/>
     <w:rsid w:val="00ED7F7D"/>
     <w:rsid w:val="00EE127A"/>
     <w:rsid w:val="00EE6200"/>
     <w:rsid w:val="00EE68BF"/>
     <w:rsid w:val="00EE7B2D"/>
+    <w:rsid w:val="00EF00BA"/>
     <w:rsid w:val="00EF526F"/>
     <w:rsid w:val="00EF6180"/>
     <w:rsid w:val="00F063D6"/>
     <w:rsid w:val="00F12706"/>
     <w:rsid w:val="00F13CAC"/>
     <w:rsid w:val="00F2509C"/>
     <w:rsid w:val="00F352E4"/>
+    <w:rsid w:val="00F356B7"/>
+    <w:rsid w:val="00F40855"/>
     <w:rsid w:val="00F43CF4"/>
     <w:rsid w:val="00F4503A"/>
     <w:rsid w:val="00F47A3F"/>
+    <w:rsid w:val="00F52C6A"/>
     <w:rsid w:val="00F603BD"/>
     <w:rsid w:val="00F604E2"/>
     <w:rsid w:val="00F6514C"/>
     <w:rsid w:val="00F675D7"/>
     <w:rsid w:val="00F70C5C"/>
     <w:rsid w:val="00F72992"/>
     <w:rsid w:val="00F84370"/>
     <w:rsid w:val="00F866EF"/>
     <w:rsid w:val="00F87129"/>
     <w:rsid w:val="00F9031B"/>
     <w:rsid w:val="00F91B0C"/>
     <w:rsid w:val="00F92661"/>
     <w:rsid w:val="00F967C9"/>
+    <w:rsid w:val="00FA0A33"/>
     <w:rsid w:val="00FA0D7C"/>
     <w:rsid w:val="00FA1997"/>
     <w:rsid w:val="00FA3F6F"/>
     <w:rsid w:val="00FA5D46"/>
     <w:rsid w:val="00FA6349"/>
     <w:rsid w:val="00FA6884"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB2E5F"/>
     <w:rsid w:val="00FB3D7A"/>
+    <w:rsid w:val="00FC087C"/>
     <w:rsid w:val="00FC24A7"/>
     <w:rsid w:val="00FC411D"/>
     <w:rsid w:val="00FC57AC"/>
     <w:rsid w:val="00FD3C4C"/>
     <w:rsid w:val="00FD4437"/>
     <w:rsid w:val="00FD4E61"/>
     <w:rsid w:val="00FE3506"/>
     <w:rsid w:val="00FE6E6A"/>
     <w:rsid w:val="00FF171F"/>
     <w:rsid w:val="00FF2314"/>
     <w:rsid w:val="00FF3675"/>
     <w:rsid w:val="00FF3FFD"/>
     <w:rsid w:val="00FF7D72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1CAE693F"/>
   <w15:docId w15:val="{AA95871E-03D1-445A-8DCE-16E9E8C847BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15713,50 +16087,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AC0471"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00AC0471"/>
     <w:pPr>
@@ -16368,55 +16747,71 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="006A0321"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="120"/>
       <w:ind w:left="283" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZkladntextodsazenChar">
     <w:name w:val="Základní text odsazený Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zkladntextodsazen"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0321"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revize">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C6F03"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="187259211">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="505442444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16525,51 +16920,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1936817454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16815,83 +17210,395 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009E80F5F6C5CE5F4782D8DC573FB786A0" ma:contentTypeVersion="13" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="54e55bfeaff6c92b35cc5c77469abb9b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="299abc7f-d377-4404-be4d-881a1d984be2" xmlns:ns3="f330bf4c-7d0e-4728-ac38-8ec30312c613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57c2a4a7f049d1226a9e11a1451eef7e" ns2:_="" ns3:_="">
+    <xsd:import namespace="299abc7f-d377-4404-be4d-881a1d984be2"/>
+    <xsd:import namespace="f330bf4c-7d0e-4728-ac38-8ec30312c613"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="299abc7f-d377-4404-be4d-881a1d984be2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Značky obrázků" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8390ab5a-1228-4de9-8883-f9df055fbe4b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f330bf4c-7d0e-4728-ac38-8ec30312c613" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6d062eb8-31b5-4b99-9fab-e4dcdacbef83}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f330bf4c-7d0e-4728-ac38-8ec30312c613">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ obsahu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Nadpis"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f330bf4c-7d0e-4728-ac38-8ec30312c613" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="299abc7f-d377-4404-be4d-881a1d984be2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4CA4DA5-4EC7-489E-BFF5-4D4CD09218B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22F1E8F4-4401-43E1-AB2F-13FC364F382D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="299abc7f-d377-4404-be4d-881a1d984be2"/>
+    <ds:schemaRef ds:uri="f330bf4c-7d0e-4728-ac38-8ec30312c613"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84BD5247-AE9D-4141-8439-F684D3B169B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD7623E8-730E-4D1F-9622-343EE82B57B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f330bf4c-7d0e-4728-ac38-8ec30312c613"/>
+    <ds:schemaRef ds:uri="299abc7f-d377-4404-be4d-881a1d984be2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F06135D-C9C8-4728-BDF8-B127F4BF5B51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1546</Words>
-  <Characters>9127</Characters>
+  <Words>1515</Words>
+  <Characters>9213</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>270</Lines>
+  <Paragraphs>132</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MZe ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10652</CharactersWithSpaces>
+  <CharactersWithSpaces>10596</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Havelkova Dana Ing.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_SetDate">
+    <vt:lpwstr>2025-07-08T07:54:19Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_Name">
+    <vt:lpwstr>Interní</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_SiteId">
+    <vt:lpwstr>e84ea0de-38e7-4864-b153-a909a7746ff0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_ActionId">
+    <vt:lpwstr>efd4919c-f7e2-457c-a33f-396b3fa857b5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101009E80F5F6C5CE5F4782D8DC573FB786A0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>