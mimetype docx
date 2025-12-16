--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,102 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5DB96893" w14:textId="082DA79E" w:rsidR="00DD658B" w:rsidRPr="00596C30" w:rsidRDefault="00DD658B" w:rsidP="00BD5226">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596C30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Žádost vyplňujte na počítači; kolonky se </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> automaticky podle množství textu</w:t>
+        <w:t>Žádost vyplňujte na počítači; kolonky se zvětší automaticky podle množství textu</w:t>
       </w:r>
       <w:r w:rsidR="00596C30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.       ---       </w:t>
       </w:r>
       <w:r w:rsidR="00596C30" w:rsidRPr="00596C30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Vyplňujte jen bílé kolonky</w:t>
       </w:r>
@@ -6791,83 +6766,65 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
           </w:tcPr>
           <w:p w14:paraId="180CD84E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Objekty a </w:t>
-[...8 lines deleted...]
-              <w:t>prostory</w:t>
+              <w:t>Objekty a prostory</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>druh</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> a umístění objektu v areálu zařízení, zabezpečení proti přístupu cizích osob a nežádoucích živočichů, způsob ostrahy a zabezpečení proti úniku zvířat (možno doplnit orientačním plánkem jako přílohou)</w:t>
+              <w:t>druh a umístění objektu v areálu zařízení, zabezpečení proti přístupu cizích osob a nežádoucích živočichů, způsob ostrahy a zabezpečení proti úniku zvířat (možno doplnit orientačním plánkem jako přílohou)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="07455AF1" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1866FF4E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6966,980 +6923,860 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AB84606" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Popis prostor pro zvířata a jejich vybavení pro jednotlivé </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">druhy - </w:t>
+              <w:t xml:space="preserve">Popis prostor pro zvířata a jejich vybavení pro jednotlivé druhy - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>použitá</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>použitá technologie - např. rozměry prostor, typ a velikost akvárií, typ a velikost klecí, velikost boxů, možnost výběhů apod.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="690854EC" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="3454A7C4" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EB4CC24" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="56368A0B" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAEC563" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED75721" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zoohygienické podmínky - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> technologie - např. rozměry prostor, typ a velikost akvárií, typ a velikost klecí, velikost boxů, možnost výběhů apod.</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="690854EC" w14:textId="77777777" w:rsidTr="00BD5226">
+              <w:t>způsob zajištění v jednotlivých prostorách podle systému chovu a druhů zvířat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="32B086EF" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="3454A7C4" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="055AA7FC" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...9 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="56368A0B" w14:textId="77777777" w:rsidTr="00BD5226">
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EB15D0" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Větrání</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - typ, technologie, způsob kontroly a její evidence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="6AC4D6BF" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAEC563" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="39354569" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BB49BAB" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="32A6BD75" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6F3F3F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED75721" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">podmínky - </w:t>
+          <w:p w14:paraId="72DA100D" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Podtlak / přetlak - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>způsob</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>stanovené hodnoty, způsob kontroly a její evidence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="4CD92735" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BEF95C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56711FAE" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="357F5BEE" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C203A8" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1310FB" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teplota - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> zajištění v jednotlivých prostorách podle systému chovu a druhů zvířat</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="32B086EF" w14:textId="77777777" w:rsidTr="00BD5226">
+              <w:t>stanovené hodnoty, způsob kontroly a její evidence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="3B43B74A" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="055AA7FC" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="71F67EC4" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="186A2615" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="20B142ED" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDB6C8C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01EB15D0" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="0FE00876" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:ind w:left="425"/>
-              <w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> - typ</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Osvětlení - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>, technologie, způsob kontroly a její evidence</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="6AC4D6BF" w14:textId="77777777" w:rsidTr="00BD5226">
+              <w:t>stanovené hodnoty, způsob kontroly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="1BBD6B3F" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="39354569" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="4B615072" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4BB49BAB" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F57F0CA" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="32A6BD75" w14:textId="77777777" w:rsidTr="00BD5226">
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="7E82E56F" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6F3F3F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="4CC81F16" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72DA100D" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="345D689C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:ind w:left="425"/>
-              <w:rPr>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>stanovené</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Podestýlka - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> hodnoty, způsob kontroly a její evidence</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="4CD92735" w14:textId="77777777" w:rsidTr="00BD5226">
+              <w:t>druh, intervaly výměny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="5F07D14D" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="41BEF95C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="7EA8DF70" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="56711FAE" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F90BF4E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="357F5BEE" w14:textId="77777777" w:rsidTr="00BD5226">
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="2FD27A0D" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="41C203A8" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="49F55921" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1310FB" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="64691EE1" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Teplota - </w:t>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Signalizační systémy, bezpečnostní opatření, havarijní plány apod.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="1E87882F" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A1162C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DC5A79" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="4619BACC" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="50803DB4" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CBF8EE" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Výživa a napájení - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>stanovené</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>popis technologie, způsob krmení, dodavatel krmiv, záruky zdravotní nezávadnosti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="6493F3A1" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="641FF302" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38BA77D5" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="11505AA2" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF64BBF" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C49335" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program dezinfekce, dezinsekce a deratizace - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> hodnoty, způsob kontroly a její evidence</w:t>
-[...517 lines deleted...]
-              <w:t xml:space="preserve"> DDD provádí, četnost, používané prostředky, koncentrace, spotřeba na 1 m</w:t>
+              <w:t>kdo DDD provádí, četnost, používané prostředky, koncentrace, spotřeba na 1 m</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> atd., způsob kontroly a její evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="35EE73C4" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
@@ -8049,291 +7886,243 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A6DE5E2" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sklad </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">krmiv - </w:t>
+              <w:t xml:space="preserve">Sklad krmiv - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>základní</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>základní vybavení, zabezpečení proti škodlivým hlodavcům, režim čištění a úklidu apod.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="0B9E2231" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A705768" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D62034" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="2FAB3DC7" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C926739" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="278EE31B" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prostory pro asanaci odpadů živočišného původu - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> vybavení, zabezpečení proti škodlivým hlodavcům, režim čištění a úklidu apod.</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="0B9E2231" w14:textId="77777777" w:rsidTr="00BD5226">
+              <w:t>místo pro ukládání biologického materiálu, příp. kafilerní box, způsob likvidace podestýlky, spalovna apod., způsob kontroly a její evidence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="7AE8A74D" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="5A705768" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="576DD342" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22D62034" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
-[...8 lines deleted...]
-      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="2FAB3DC7" w14:textId="77777777" w:rsidTr="00BD5226">
+          <w:p w14:paraId="2B4E6E42" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="63B194B0" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
-          <w:p w14:paraId="4C926739" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="4A672032" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="278EE31B" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">původu - </w:t>
+          <w:p w14:paraId="714AF54E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ostatní pomocné prostory a jejich využití - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>místo</w:t>
-[...116 lines deleted...]
-              <w:t xml:space="preserve"> pomůcek, sklad obalů na přepravu zvířat, prostor pro desinfekci dopravních prostředků atd., způsob kontroly a její evidence</w:t>
+              <w:t>umývárna pomůcek, sklad obalů na přepravu zvířat, prostor pro desinfekci dopravních prostředků atd., způsob kontroly a její evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="4EDFB903" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="2EA21EBF" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8426,268 +8215,236 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E4207EF" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Způsob zajištění stálé veterinární </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">péče - </w:t>
+              <w:t xml:space="preserve">Způsob zajištění stálé veterinární péče - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>smluvně</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>smluvně, vlastním veterinárním lékařem - jméno, registrační číslo KVL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="0664089B" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A7832D" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F602478" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="7AFED71E" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AAE332" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DADA8B" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Systém a výsledky preventivních kontrol zdravotního stavu zvířat, nezávadnosti krmiv a napájecí vody</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="35A52436" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F84D3" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E74DEC" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="3D535504" w14:textId="77777777" w:rsidTr="00BD5226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6AFE6A" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AEF754" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vybavení pro speciální zákroky na zvířatech - </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>, vlastním veterinárním lékařem - jméno, registrační číslo KVL</w:t>
-[...192 lines deleted...]
-              <w:t>, odběry vzorků, operační zákroky</w:t>
+              <w:t>anestézie, odběry vzorků, operační zákroky</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="1AB1C702" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="40F14BE7" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8848,91 +8605,71 @@
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="CCFFCC" w:fill="CCFF99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15B5FDC9" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:pStyle w:val="Nadpis8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:caps w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinární </w:t>
-[...7 lines deleted...]
-              <w:t>dokumentace</w:t>
+              <w:t>Veterinární dokumentace</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:caps w:val="0"/>
               </w:rPr>
-              <w:t>osoba</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> odpovědná za vedení a archivaci dokumentace; evidence a doklady o původu zvířat, osvědčení při přesunech, výsledky kontrolních vyšetření, záznamy o DDD, asanaci a likvidaci odpadů živočišného původu, záznamy o akcích veterinárního dozoru apod.</w:t>
+              <w:t>osoba odpovědná za vedení a archivaci dokumentace; evidence a doklady o původu zvířat, osvědčení při přesunech, výsledky kontrolních vyšetření, záznamy o DDD, asanaci a likvidaci odpadů živočišného původu, záznamy o akcích veterinárního dozoru apod.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A07CC" w:rsidRPr="00596C30" w14:paraId="01C20ED1" w14:textId="77777777" w:rsidTr="00BD5226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="7F3C0C2B" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9064,332 +8801,368 @@
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající z platných veterinárních předpisů, zejména ze </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>zákona č. 166/1999 Sb., o veterinární péči, ve znění pozdějších předpisů, a z jeho prováděcích vyhlášek,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> především z:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16F6662C" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="05BA599D" w14:textId="269C0A90" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> vyhlášky</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> č. 94/2010 Sb., o některých veterinárních a hygienických požadavcích na přepravu a zpracování vedlejších živočišných produktů, ve znění vyhlášky č. 291/2012 Sb., </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="05BA599D" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+              <w:t xml:space="preserve"> č. 176/2023 Sb., o zdraví zvířat a jeho ochraně a o oprávnění a odborné způsobilosti k výkonu některých odborných veterinárních činností, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590C9547" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> vyhlášky</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> č. 176/2023 Sb., o zdraví zvířat a jeho ochraně a o oprávnění a odborné způsobilosti k výkonu některých odborných veterinárních činností, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="590C9547" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+              <w:t xml:space="preserve"> č. 356/2004 Sb., o sledování (monitoringu) zoonóz a původců zoonóz a o změně vyhlášky č. 299/2003 Sb., o opatřeních pro předcházení a zdolávání nákaz a nemocí přenosných ze zvířat na člověka,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C7BC4E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5226">
-[...13 lines deleted...]
-          <w:p w14:paraId="52C7BC4E" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          </w:p>
+          <w:p w14:paraId="080BB0AD" w14:textId="5E945A69" w:rsidR="0080685C" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="0080685C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající z </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D1C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>nařízení (EU) č. 2016/429, o nákazách zvířat a o změně a zrušení některých aktů v oblasti zdraví zvířat („právní rámec pro zdraví zvířat“) v platném znění, a z jeho prováděcích předpisů,</w:t>
+            </w:r>
+            <w:r w:rsidR="0080685C" w:rsidRPr="0080685C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7780C5" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="538FCB4F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+          <w:p w14:paraId="5993F50F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
+              <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající ze </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>zákona č. 246/1992 Sb., na ochranu zvířat proti týrání, ve znění pozdějších předpisů, a z jeho prováděcích vyhlášek,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> především z:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C2D2515" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vyhlášky č. 419/2012 Sb., o ochraně pokusných zvířat, ve znění pozdějších předpisů,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF447EF" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5878633B" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
               <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající z </w:t>
             </w:r>
             <w:r w:rsidRPr="004D1C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
-              <w:t>nařízení (EU) č. 2016/429, o nákazách zvířat a o změně a zrušení některých aktů v oblasti zdraví zvířat („právní rámec pro zdraví zvířat“) v platném znění, a z jeho prováděcích předpisů,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E7780C5" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+              <w:t>nařízení (ES) č. 1099/2009, o ochraně zvířat při usmrcování,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D83AC3F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F73B03F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající ze </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D1C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>zákona č. 154/2000 Sb., o šlechtění plemenitbě a evidenci hospodářských zvířat (plemenářský zákon), ve znění pozdějších přepisů, a z jeho prováděcích vyhlášek,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> především z:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743D4609" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="5993F50F" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vyhlášky č. 136/2004 Sb., kterou se stanoví podrobnosti označování zvířat a jejich evidence a evidence hospodářství a osob stanovených plemenářským zákonem, ve znění pozdějších předpisů,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DB4CFB6" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5226">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BD5226">
+          </w:p>
+          <w:p w14:paraId="7C5D4DF9" w14:textId="50CF537C" w:rsidR="0080685C" w:rsidRPr="0080685C" w:rsidRDefault="008A07CC" w:rsidP="0080685C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- jsou mu známy povinnosti vyplývající z </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D1C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
-              <w:t>zákona č. 246/1992 Sb., na ochranu zvířat proti týrání, ve znění pozdějších předpisů, a z jeho prováděcích vyhlášek,</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="1C2D2515" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
+              <w:t>nařízení (ES) č. 1069/2009, o hygienických pravidlech pro vedlejší produkty živočišného původu a získané produkty, které nejsou určeny k lidské spotřebě,</w:t>
+            </w:r>
+            <w:r w:rsidR="0080685C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0080685C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>konkrétně</w:t>
+            </w:r>
+            <w:r w:rsidR="0080685C" w:rsidRPr="0080685C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228555E0" w14:textId="31A25EBB" w:rsidR="0080685C" w:rsidRPr="00BD5226" w:rsidRDefault="0080685C" w:rsidP="0080685C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5226">
-[...130 lines deleted...]
-              <w:t>nařízení (ES) č. 1069/2009, o hygienických pravidlech pro vedlejší produkty živočišného původu a získané produkty, které nejsou určeny k lidské spotřebě,</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080685C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>nařízení (EU) č. 142/2011, kterým se provádí nařízení (ES) č. 1069/2009 o hygienických pravidlech pro vedlejší produkty živočišného původu a získané produkty, které nejsou určeny k lidské spotřebě, a provádí směrnice Rady 97/78/ES, pokud jde o určité vzorky a předměty osvobozené od veterinárních kontrol na hranici podle uvedené směrnice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0294DFCD" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="245A6908" w14:textId="77777777" w:rsidR="008A07CC" w:rsidRPr="00BD5226" w:rsidRDefault="008A07CC" w:rsidP="008A07CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>- údaje uvedené v této žádosti jsou pravdivé.</w:t>
             </w:r>
           </w:p>
@@ -9778,236 +9551,238 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F33B31F" w14:textId="77777777" w:rsidR="004D1C5F" w:rsidRPr="004D1C5F" w:rsidRDefault="004D1C5F" w:rsidP="004D1C5F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004D1C5F" w:rsidRPr="004D1C5F" w:rsidSect="00145B9B">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5C7EAC57" w14:textId="77777777" w:rsidR="00145B9B" w:rsidRDefault="00145B9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="456E95A7" w14:textId="77777777" w:rsidR="00145B9B" w:rsidRDefault="00145B9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E4C4834" w14:textId="77777777" w:rsidR="00773599" w:rsidRDefault="00773599">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00321761">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6F7ABD84" w14:textId="77777777" w:rsidR="00773599" w:rsidRDefault="00773599">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C5607A0" w14:textId="77777777" w:rsidR="00145B9B" w:rsidRDefault="00145B9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="67D4FB58" w14:textId="77777777" w:rsidR="00145B9B" w:rsidRDefault="00145B9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD658B"/>
     <w:rsid w:val="00011753"/>
     <w:rsid w:val="00034804"/>
     <w:rsid w:val="00122649"/>
     <w:rsid w:val="0013341E"/>
     <w:rsid w:val="00145B9B"/>
     <w:rsid w:val="0019581C"/>
     <w:rsid w:val="00212FF6"/>
+    <w:rsid w:val="00250A24"/>
+    <w:rsid w:val="002B15C6"/>
     <w:rsid w:val="002B4991"/>
     <w:rsid w:val="002D06F6"/>
     <w:rsid w:val="00321761"/>
     <w:rsid w:val="00374DF6"/>
     <w:rsid w:val="003E4DFE"/>
     <w:rsid w:val="003F36BA"/>
     <w:rsid w:val="003F74F5"/>
     <w:rsid w:val="0044426E"/>
     <w:rsid w:val="00480D28"/>
     <w:rsid w:val="004B028C"/>
     <w:rsid w:val="004D1C5F"/>
     <w:rsid w:val="004D4B22"/>
     <w:rsid w:val="0052686F"/>
     <w:rsid w:val="00574406"/>
     <w:rsid w:val="0058386D"/>
     <w:rsid w:val="00595826"/>
     <w:rsid w:val="00596C30"/>
     <w:rsid w:val="005B4481"/>
     <w:rsid w:val="005B781F"/>
     <w:rsid w:val="005F0908"/>
     <w:rsid w:val="006158C9"/>
     <w:rsid w:val="00651CF5"/>
     <w:rsid w:val="00655902"/>
     <w:rsid w:val="00657E9D"/>
     <w:rsid w:val="006800CC"/>
     <w:rsid w:val="006B19EF"/>
     <w:rsid w:val="006D37D5"/>
     <w:rsid w:val="00734E2B"/>
     <w:rsid w:val="00771D5A"/>
     <w:rsid w:val="00773599"/>
+    <w:rsid w:val="0080685C"/>
     <w:rsid w:val="00823700"/>
     <w:rsid w:val="008616CE"/>
     <w:rsid w:val="008803CC"/>
     <w:rsid w:val="00891DAF"/>
     <w:rsid w:val="008A07CC"/>
     <w:rsid w:val="008E4752"/>
     <w:rsid w:val="00945141"/>
     <w:rsid w:val="009C001D"/>
     <w:rsid w:val="009D0CA6"/>
     <w:rsid w:val="009D6417"/>
     <w:rsid w:val="00A14097"/>
     <w:rsid w:val="00A15558"/>
     <w:rsid w:val="00A23ED5"/>
     <w:rsid w:val="00A772EC"/>
     <w:rsid w:val="00A86B68"/>
     <w:rsid w:val="00A9212A"/>
     <w:rsid w:val="00A94E54"/>
     <w:rsid w:val="00A97DF4"/>
     <w:rsid w:val="00AE63EF"/>
     <w:rsid w:val="00B55F00"/>
     <w:rsid w:val="00B95DF0"/>
     <w:rsid w:val="00BA7755"/>
     <w:rsid w:val="00BD5226"/>
     <w:rsid w:val="00BD655E"/>
     <w:rsid w:val="00BE2448"/>
@@ -10041,51 +9816,51 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="35905280"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{3201593F-77FA-4011-B1DA-B0280F78A7D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -11338,51 +11113,51 @@
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revize">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00945141"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -11652,70 +11427,99 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E097962-CC6A-45FD-8652-E7623A04BBCF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1552</Words>
-  <Characters>9161</Characters>
+  <Words>1508</Words>
+  <Characters>9387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
+  <Lines>78</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>311/1997 Sb</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MZe CR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10692</CharactersWithSpaces>
+  <CharactersWithSpaces>10874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>311/1997 Sb</dc:title>
   <dc:subject/>
   <dc:creator>JUDr. Petra Zabranská</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_SetDate">
+    <vt:lpwstr>2025-11-26T11:16:51Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Name">
+    <vt:lpwstr>Veřejné</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_SiteId">
+    <vt:lpwstr>e84ea0de-38e7-4864-b153-a909a7746ff0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_ActionId">
+    <vt:lpwstr>c9fd628f-c4a4-4991-af5c-e064596e3192</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8d01bb0b-c2f5-4fc4-bac5-774fe7d62679_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>