--- v0 (2025-12-12)
+++ v1 (2026-01-22)
@@ -1,209 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/chartsheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ministerstvozemedelstvi-my.sharepoint.com/personal/diana_silhanova_mze_gov_cz/Documents/Dokumenty/web/statistika koně/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="259" documentId="8_{99DA7723-C802-4B23-9CF6-0FD72F652DE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1CEFF010-0D30-4C77-9271-0330EC06F0B8}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{87AC2B71-07CE-4B16-A383-A91762698338}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="14016" tabRatio="877" firstSheet="9" activeTab="13" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="877" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="stavy koní" sheetId="3" r:id="rId1"/>
     <sheet name="GRAF stavy koní 1921-2001" sheetId="19" r:id="rId2"/>
     <sheet name="GRAF stavy koní od 2002" sheetId="20" r:id="rId3"/>
     <sheet name="narozená hříbata" sheetId="9" r:id="rId4"/>
     <sheet name="GRAF narozená hříbata" sheetId="13" r:id="rId5"/>
     <sheet name="zastoupení plemen" sheetId="11" r:id="rId6"/>
-    <sheet name="GRAF zastoupení plemen (%)" sheetId="27" r:id="rId7"/>
-[...6 lines deleted...]
-    <sheet name="zastoupení barev" sheetId="23" r:id="rId14"/>
+    <sheet name="GRAF zastoupení plemen" sheetId="17" r:id="rId7"/>
+    <sheet name="dovoz a vývoz" sheetId="10" r:id="rId8"/>
+    <sheet name="GRAF dovoz a vývoz" sheetId="14" r:id="rId9"/>
+    <sheet name="změny majitelů" sheetId="21" r:id="rId10"/>
+    <sheet name="GRAF změny majitelů" sheetId="22" r:id="rId11"/>
+    <sheet name="zastoupení barev" sheetId="23" r:id="rId12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'dovoz a vývoz'!$A$9:$W$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'dovoz a vývoz'!$A$9:$X$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="U49" i="11" l="1"/>
+  <c r="V49" i="11" l="1"/>
+  <c r="V48" i="11"/>
+  <c r="V47" i="11"/>
+  <c r="V46" i="11"/>
+  <c r="V45" i="11"/>
+  <c r="V44" i="11"/>
+  <c r="V43" i="11"/>
+  <c r="V42" i="11"/>
+  <c r="V41" i="11"/>
+  <c r="V40" i="11"/>
+  <c r="V39" i="11"/>
+  <c r="V38" i="11"/>
+  <c r="V37" i="11"/>
+  <c r="V36" i="11"/>
+  <c r="V35" i="11"/>
+  <c r="V34" i="11"/>
+  <c r="V33" i="11"/>
+  <c r="V32" i="11"/>
+  <c r="V31" i="11"/>
+  <c r="V30" i="11"/>
+  <c r="V29" i="11"/>
+  <c r="W60" i="10" l="1"/>
+  <c r="W62" i="10" s="1"/>
+  <c r="B60" i="10"/>
+  <c r="C60" i="10"/>
+  <c r="D60" i="10"/>
+  <c r="E60" i="10"/>
+  <c r="F60" i="10"/>
+  <c r="G60" i="10"/>
+  <c r="H60" i="10"/>
+  <c r="I60" i="10"/>
+  <c r="J60" i="10"/>
+  <c r="K60" i="10"/>
+  <c r="L60" i="10"/>
+  <c r="M60" i="10"/>
+  <c r="N60" i="10"/>
+  <c r="O60" i="10"/>
+  <c r="P60" i="10"/>
+  <c r="Q60" i="10"/>
+  <c r="R60" i="10"/>
+  <c r="S60" i="10"/>
+  <c r="T60" i="10"/>
+  <c r="U60" i="10"/>
+  <c r="V60" i="10"/>
+  <c r="X60" i="10"/>
+  <c r="X62" i="10" s="1"/>
+  <c r="V62" i="10"/>
+  <c r="U49" i="11"/>
   <c r="U48" i="11"/>
   <c r="U47" i="11"/>
   <c r="U46" i="11"/>
   <c r="U45" i="11"/>
   <c r="U44" i="11"/>
   <c r="U43" i="11"/>
   <c r="U42" i="11"/>
   <c r="U41" i="11"/>
   <c r="U40" i="11"/>
   <c r="U39" i="11"/>
   <c r="U38" i="11"/>
   <c r="U37" i="11"/>
   <c r="U36" i="11"/>
   <c r="U35" i="11"/>
   <c r="U34" i="11"/>
   <c r="U33" i="11"/>
   <c r="U32" i="11"/>
   <c r="U31" i="11"/>
   <c r="U30" i="11"/>
   <c r="U29" i="11"/>
-  <c r="V60" i="10"/>
-  <c r="V62" i="10" s="1"/>
   <c r="T25" i="11" l="1"/>
   <c r="T49" i="11" s="1"/>
   <c r="T23" i="11"/>
   <c r="E109" i="3"/>
-  <c r="U60" i="10"/>
-  <c r="U62" i="10" s="1"/>
+  <c r="U62" i="10"/>
   <c r="S23" i="11"/>
   <c r="S25" i="11" l="1"/>
   <c r="T34" i="11"/>
   <c r="T42" i="11"/>
   <c r="T35" i="11"/>
   <c r="T43" i="11"/>
   <c r="T45" i="11"/>
   <c r="T30" i="11"/>
   <c r="T38" i="11"/>
   <c r="T46" i="11"/>
   <c r="T36" i="11"/>
   <c r="T37" i="11"/>
   <c r="T31" i="11"/>
   <c r="T39" i="11"/>
   <c r="T32" i="11"/>
   <c r="T40" i="11"/>
   <c r="T48" i="11"/>
   <c r="T44" i="11"/>
   <c r="T29" i="11"/>
   <c r="T47" i="11"/>
   <c r="T33" i="11"/>
   <c r="T41" i="11"/>
-  <c r="O60" i="10"/>
-[...20 lines deleted...]
-  <c r="B60" i="10"/>
+  <c r="R62" i="10"/>
+  <c r="S62" i="10"/>
+  <c r="T62" i="10"/>
   <c r="R49" i="11"/>
   <c r="R48" i="11"/>
   <c r="R30" i="11"/>
   <c r="R31" i="11"/>
   <c r="R32" i="11"/>
   <c r="R33" i="11"/>
   <c r="R34" i="11"/>
   <c r="R35" i="11"/>
   <c r="R36" i="11"/>
   <c r="R37" i="11"/>
   <c r="R38" i="11"/>
   <c r="R39" i="11"/>
   <c r="R40" i="11"/>
   <c r="R41" i="11"/>
   <c r="R42" i="11"/>
   <c r="R43" i="11"/>
   <c r="R44" i="11"/>
   <c r="R45" i="11"/>
   <c r="R46" i="11"/>
   <c r="R29" i="11"/>
   <c r="R23" i="11"/>
   <c r="R47" i="11" s="1"/>
   <c r="Q49" i="11"/>
   <c r="Q48" i="11"/>
   <c r="Q47" i="11"/>
@@ -563,51 +575,51 @@
   <c r="O34" i="11"/>
   <c r="O29" i="11"/>
   <c r="O43" i="11"/>
   <c r="O41" i="11"/>
   <c r="O38" i="11"/>
   <c r="O31" i="11"/>
   <c r="O36" i="11"/>
   <c r="O32" i="11"/>
   <c r="O45" i="11"/>
   <c r="O42" i="11"/>
   <c r="O35" i="11"/>
   <c r="O40" i="11"/>
   <c r="O33" i="11"/>
   <c r="O49" i="11"/>
   <c r="O30" i="11"/>
   <c r="O46" i="11"/>
   <c r="O39" i="11"/>
   <c r="O44" i="11"/>
   <c r="O37" i="11"/>
   <c r="O47" i="11"/>
   <c r="O48" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="117">
   <si>
     <t>rok</t>
   </si>
   <si>
     <t>český teplokrevník</t>
   </si>
   <si>
     <t>koně bez plemenné příslušnosti</t>
   </si>
   <si>
     <t>anglický plnokrevník</t>
   </si>
   <si>
     <t>českomoravský belgický kůň</t>
   </si>
   <si>
     <t>klusák</t>
   </si>
   <si>
     <t>starokladrubský kůň</t>
   </si>
   <si>
     <t xml:space="preserve">huculský kůň </t>
   </si>
   <si>
@@ -924,53 +936,53 @@
     <t>indonésie</t>
   </si>
   <si>
     <t>Írán</t>
   </si>
   <si>
     <t>Kazašská republika</t>
   </si>
   <si>
     <t>Korea - jižní</t>
   </si>
   <si>
     <t>Mexiko</t>
   </si>
   <si>
     <t>procentické zastoupení</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _K_č_-;\-* #,##0.00\ _K_č_-;_-* &quot;-&quot;??\ _K_č_-;_-@_-"/>
-    <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="44" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1259,50 +1271,87 @@
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF20254D"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF3300"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF3300"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF3300"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -1459,51 +1508,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1932,50 +1981,76 @@
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="28" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="29" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="30" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="7" borderId="31" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="8" borderId="32" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="8" borderId="31" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="33" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
@@ -2032,51 +2107,51 @@
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="40" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="158">
+  <cellXfs count="162">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="7" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
@@ -2186,95 +2261,97 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="8" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="7" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="7" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="21" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="5" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="11" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="5" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="11" fillId="4" borderId="12" xfId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="56"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="35" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="35" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="35" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="35" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="35" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="7" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="40" fillId="0" borderId="0" xfId="90" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="26" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="23" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="26" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="20" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="24" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="17" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="24" xfId="96" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="17" xfId="96" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="25" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="23" xfId="96" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="7" fillId="35" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="35" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="47" fillId="35" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="97">
     <cellStyle name="20 % – Zvýraznění 1" xfId="28" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 1 2" xfId="72" xr:uid="{9154CBB0-7779-4B3F-BB34-BB8F88481932}"/>
     <cellStyle name="20 % – Zvýraznění 2" xfId="32" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 2 2" xfId="75" xr:uid="{39CA2CDB-66B1-4A64-BC96-46709B73A7A9}"/>
     <cellStyle name="20 % – Zvýraznění 3" xfId="36" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 3 2" xfId="78" xr:uid="{19B2A8C9-AA99-4124-95BD-F4F47DEBFFBD}"/>
     <cellStyle name="20 % – Zvýraznění 4" xfId="40" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 4 2" xfId="81" xr:uid="{646DA3E3-8B22-4BBC-9242-10672D138E5C}"/>
     <cellStyle name="20 % – Zvýraznění 5" xfId="44" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 5 2" xfId="84" xr:uid="{3472CFBA-8BBE-4A41-B9DF-64B0D725A517}"/>
     <cellStyle name="20 % – Zvýraznění 6" xfId="48" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20 % – Zvýraznění 6 2" xfId="87" xr:uid="{A4061143-6421-47AD-81F7-D4427F7AF945}"/>
     <cellStyle name="40 % – Zvýraznění 1" xfId="29" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % – Zvýraznění 1 2" xfId="73" xr:uid="{E33AF914-C868-4E1B-8713-BCF8CC9FEA87}"/>
     <cellStyle name="40 % – Zvýraznění 2" xfId="33" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % – Zvýraznění 2 2" xfId="76" xr:uid="{08E6D8CB-9B1D-424B-866E-DDF511498361}"/>
     <cellStyle name="40 % – Zvýraznění 3" xfId="37" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % – Zvýraznění 3 2" xfId="79" xr:uid="{3DE0FDF2-0102-4E76-BA98-FFE59C17AB4C}"/>
     <cellStyle name="40 % – Zvýraznění 4" xfId="41" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % – Zvýraznění 4 2" xfId="82" xr:uid="{99EFAFCA-2F1A-46DF-A1D7-803271C3EC05}"/>
     <cellStyle name="40 % – Zvýraznění 5" xfId="45" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % – Zvýraznění 5 2" xfId="85" xr:uid="{8B6B93CD-1126-4ED3-A95A-BAB9C85D60A8}"/>
     <cellStyle name="40 % – Zvýraznění 6" xfId="49" builtinId="51" customBuiltin="1"/>
@@ -2354,71 +2431,63 @@
     <cellStyle name="Zvýraznění 6" xfId="47" builtinId="49" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF3300"/>
       <color rgb="FF1CA2B0"/>
       <color rgb="FFD583D7"/>
       <color rgb="FFAB51C7"/>
       <color rgb="FF50FAFE"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet8.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -3042,142 +3111,132 @@
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="1800" b="1" i="0" baseline="0">
-[...2 lines deleted...]
-              <a:t>Stavy koňovitých v ČR 2002 - 2018</a:t>
+              <a:rPr lang="cs-CZ"/>
+              <a:t>Stavy koňovitých v ČR 2002 - 2025</a:t>
             </a:r>
-            <a:endParaRPr lang="cs-CZ">
-[...1 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="1000" b="0" i="0" baseline="0">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="cs-CZ"/>
               <a:t>(zdroj: ČSÚ - soupis hospodářských zvířat, Ústřední evidence koní)</a:t>
             </a:r>
-            <a:endParaRPr lang="cs-CZ" sz="1000">
-[...1 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.31761017299175015"/>
-          <c:y val="1.2684274855709311E-2"/>
+          <c:x val="0.17969854901932955"/>
+          <c:y val="4.2107391194911494E-3"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="9.9231397943938066E-2"/>
+          <c:x val="8.8307754038810499E-2"/>
           <c:y val="0.11051894500639212"/>
-          <c:w val="0.88984320292216446"/>
-          <c:h val="0.73654292331800897"/>
+          <c:w val="0.90076693801727614"/>
+          <c:h val="0.68146502496102257"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'stavy koní'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ČSÚ koně celkem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="10"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'stavy koní'!$A$88:$A$110</c:f>
+              <c:f>'stavy koní'!$A$88:$A$111</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3202,50 +3261,53 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'stavy koní'!$B$88:$B$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="21"/>
                 <c:pt idx="0">
                   <c:v>20891</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>20140</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>20371</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20561</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>22883</c:v>
                 </c:pt>
@@ -3322,54 +3384,54 @@
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="plus"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'stavy koní'!$A$88:$A$110</c:f>
+              <c:f>'stavy koní'!$A$88:$A$111</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3394,60 +3456,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'stavy koní'!$C$88:$C$110</c:f>
+              <c:f>'stavy koní'!$C$88:$C$111</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>38766</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43725</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>49512</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>54956</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>59165</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>63196</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>66671</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>71515</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3472,85 +3537,88 @@
                   <c:v>88347</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>91365</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>94013</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>96314</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>98702</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>100899</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>103662</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>106643</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>109488</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>112197</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-BC22-44A8-8F9C-53D97C898DC6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'stavy koní'!$D$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ÚEK koně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="circle"/>
             <c:size val="6"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'stavy koní'!$A$88:$A$110</c:f>
+              <c:f>'stavy koní'!$A$88:$A$111</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3575,60 +3643,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'stavy koní'!$D$88:$D$110</c:f>
+              <c:f>'stavy koní'!$D$88:$D$111</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>38754</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43708</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>49482</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>54884</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>59022</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>63033</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>66386</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>71223</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3653,100 +3724,103 @@
                   <c:v>87287</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>90219</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>92735</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>94906</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>97172</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>99260</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>101887</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>104771</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>107518</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>110086</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-BC22-44A8-8F9C-53D97C898DC6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'stavy koní'!$E$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ÚEK osli a ostatní</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'stavy koní'!$A$88:$A$110</c:f>
+              <c:f>'stavy koní'!$A$88:$A$111</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3771,60 +3845,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'stavy koní'!$E$88:$E$110</c:f>
+              <c:f>'stavy koní'!$E$88:$E$111</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>30</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>72</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>143</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>163</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="General">
                   <c:v>285</c:v>
                 </c:pt>
                 <c:pt idx="7" formatCode="General">
                   <c:v>292</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="General">
@@ -3849,50 +3926,53 @@
                   <c:v>1060</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="General">
                   <c:v>1146</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="General">
                   <c:v>1278</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="General">
                   <c:v>1408</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="General">
                   <c:v>1530</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="General">
                   <c:v>1639</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="General">
                   <c:v>1775</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="General">
                   <c:v>1872</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="General">
                   <c:v>1970</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="General">
+                  <c:v>2111</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-B5C6-4904-AFC2-4C1F2F2A6D8F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="50047232"/>
         <c:axId val="50692480"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -3921,57 +4001,57 @@
                   <a:ln>
                     <a:solidFill>
                       <a:srgbClr val="FF0000"/>
                     </a:solidFill>
                   </a:ln>
                 </c:spPr>
                 <c:marker>
                   <c:symbol val="diamond"/>
                   <c:size val="7"/>
                   <c:spPr>
                     <a:solidFill>
                       <a:srgbClr val="FF0000"/>
                     </a:solidFill>
                     <a:ln>
                       <a:solidFill>
                         <a:srgbClr val="FF0000"/>
                       </a:solidFill>
                     </a:ln>
                   </c:spPr>
                 </c:marker>
                 <c:cat>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>'stavy koní'!$A$88:$A$110</c15:sqref>
+                          <c15:sqref>'stavy koní'!$A$88:$A$111</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
-                      <c:ptCount val="23"/>
+                      <c:ptCount val="24"/>
                       <c:pt idx="0">
                         <c:v>2002</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>2005</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>2006</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>2007</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>2008</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>2009</c:v>
                       </c:pt>
                       <c:pt idx="8">
@@ -3996,50 +4076,53 @@
                         <c:v>2016</c:v>
                       </c:pt>
                       <c:pt idx="15">
                         <c:v>2017</c:v>
                       </c:pt>
                       <c:pt idx="16">
                         <c:v>2018</c:v>
                       </c:pt>
                       <c:pt idx="17">
                         <c:v>2019</c:v>
                       </c:pt>
                       <c:pt idx="18">
                         <c:v>2020</c:v>
                       </c:pt>
                       <c:pt idx="19">
                         <c:v>2021</c:v>
                       </c:pt>
                       <c:pt idx="20">
                         <c:v>2022</c:v>
                       </c:pt>
                       <c:pt idx="21">
                         <c:v>2023</c:v>
                       </c:pt>
                       <c:pt idx="22">
                         <c:v>2024</c:v>
+                      </c:pt>
+                      <c:pt idx="23">
+                        <c:v>2025</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'stavy koní'!$A$88:$A$109</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
                       <c:ptCount val="22"/>
                       <c:pt idx="0">
                         <c:v>2002</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2004</c:v>
                       </c:pt>
@@ -4106,150 +4189,155 @@
                 <c:smooth val="0"/>
                 <c:extLst>
                   <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                     <c16:uniqueId val="{00000000-BC22-44A8-8F9C-53D97C898DC6}"/>
                   </c:ext>
                 </c:extLst>
               </c15:ser>
             </c15:filteredLineSeries>
           </c:ext>
         </c:extLst>
       </c:lineChart>
       <c:catAx>
         <c:axId val="50047232"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="cs-CZ"/>
                   <a:t>rok</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
-              <c:x val="7.4834070313832282E-2"/>
-              <c:y val="0.86409227917774367"/>
+              <c:x val="3.6601152449842932E-2"/>
+              <c:y val="0.81113273786280793"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="50692480"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="50692480"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="110000"/>
+          <c:max val="120000"/>
           <c:min val="0"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="cs-CZ"/>
                   <a:t>počet (ks)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="50047232"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
         <c:majorUnit val="10000"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.19602449589812099"/>
-          <c:y val="0.89835045252983436"/>
+          <c:x val="0.18646629427187661"/>
+          <c:y val="0.84327256696124386"/>
           <c:w val="0.58968547284010264"/>
           <c:h val="3.8306483560786753E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
+  <c:spPr>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="cs-CZ"/>
+    </a:p>
+  </c:txPr>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="105"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="5"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
@@ -4379,106 +4467,130 @@
       </c:spPr>
     </c:backWall>
     <c:plotArea>
       <c:layout/>
       <c:bar3DChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'narozená hříbata'!$B$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>počet hříbat</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
-                <a:shade val="76000"/>
+                <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:sp3d/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dPt>
             <c:idx val="20"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
-                <a:schemeClr val="accent3"/>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:sp3d/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-3A7D-46FD-AD50-C49DD8208F09}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="21"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
-                <a:srgbClr val="FF3300"/>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:sp3d/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000E-61D6-4441-BEC0-7A7D43C7B7E4}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
+          <c:dPt>
+            <c:idx val="22"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+              <a:sp3d/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000010-6CAA-4BAA-8FB5-A766F4BA9C02}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
           <c:cat>
             <c:numRef>
-              <c:f>'narozená hříbata'!$A$5:$A$26</c:f>
+              <c:f>'narozená hříbata'!$A$5:$A$27</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4500,60 +4612,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'narozená hříbata'!$B$5:$B$26</c:f>
+              <c:f>'narozená hříbata'!$B$5:$B$27</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>5186</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5344</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5223</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4873</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>4922</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>5160</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5187</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>5031</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4568,57 +4683,60 @@
                 <c:pt idx="11">
                   <c:v>3243</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>3117</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>3440</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>3641</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>3529</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>3371</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>3591</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>3739</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>4036</c:v>
+                  <c:v>4240</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>3856</c:v>
+                  <c:v>4106</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2531</c:v>
+                  <c:v>3703</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2302</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000E-3A7D-46FD-AD50-C49DD8208F09}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:shape val="cylinder"/>
         <c:axId val="48132096"/>
         <c:axId val="48134016"/>
         <c:axId val="0"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -4771,57 +4889,57 @@
                   <c:invertIfNegative val="0"/>
                   <c:bubble3D val="0"/>
                   <c:spPr>
                     <a:solidFill>
                       <a:schemeClr val="accent3">
                         <a:tint val="77000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
                     <a:sp3d/>
                   </c:spPr>
                   <c:extLst>
                     <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                       <c16:uniqueId val="{0000000B-CD96-4D86-93E6-851F9B009368}"/>
                     </c:ext>
                   </c:extLst>
                 </c:dPt>
                 <c:cat>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>'narozená hříbata'!$A$5:$A$26</c15:sqref>
+                          <c15:sqref>'narozená hříbata'!$A$5:$A$27</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
-                      <c:ptCount val="22"/>
+                      <c:ptCount val="23"/>
                       <c:pt idx="0">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2005</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>2006</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>2007</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>2008</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>2009</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>2010</c:v>
                       </c:pt>
                       <c:pt idx="8">
@@ -4843,50 +4961,53 @@
                         <c:v>2016</c:v>
                       </c:pt>
                       <c:pt idx="14">
                         <c:v>2017</c:v>
                       </c:pt>
                       <c:pt idx="15">
                         <c:v>2018</c:v>
                       </c:pt>
                       <c:pt idx="16">
                         <c:v>2019</c:v>
                       </c:pt>
                       <c:pt idx="17">
                         <c:v>2020</c:v>
                       </c:pt>
                       <c:pt idx="18">
                         <c:v>2021</c:v>
                       </c:pt>
                       <c:pt idx="19">
                         <c:v>2022</c:v>
                       </c:pt>
                       <c:pt idx="20">
                         <c:v>2023</c:v>
                       </c:pt>
                       <c:pt idx="21">
                         <c:v>2024</c:v>
+                      </c:pt>
+                      <c:pt idx="22">
+                        <c:v>2025</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'narozená hříbata'!$A$5:$A$25</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
                       <c:ptCount val="21"/>
                       <c:pt idx="0">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2005</c:v>
                       </c:pt>
@@ -5210,6937 +5331,50 @@
   <c:userShapes r:id="rId3"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr lang="cs-CZ" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
-[...6885 lines deleted...]
-            <a:pPr>
               <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Procentické zastoupení plemen </a:t>
             </a:r>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1000" b="0"/>
               <a:t>(zdroj: Ústřední evidence koní)</a:t>
             </a:r>
           </a:p>
         </c:rich>
@@ -15467,51 +8701,51 @@
       <a:round/>
     </a:ln>
     <a:effectLst>
       <a:glow>
         <a:schemeClr val="accent1"/>
       </a:glow>
     </a:effectLst>
     <a:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </a:scene3d>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="cs-CZ"/>
     </a:p>
   </c:txPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Počty dovezených a vyvezených koní</a:t>
@@ -15543,54 +8777,54 @@
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'dovoz a vývoz'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>vývoz</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$3:$W$3</c:f>
+              <c:f>'dovoz a vývoz'!$B$3:$X$3</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15612,60 +8846,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$4:$W$4</c:f>
+              <c:f>'dovoz a vývoz'!$B$4:$X$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>427</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>526</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>527</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>754</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>740</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>729</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>726</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>895</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15687,91 +8924,94 @@
                   <c:v>1093</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>1159</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>1088</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>1144</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>918</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>732</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>619</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>603</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>619</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>654</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-B51F-4D56-BD67-C143A19BCEE3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'dovoz a vývoz'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>dovoz</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$3:$W$3</c:f>
+              <c:f>'dovoz a vývoz'!$B$3:$X$3</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15793,60 +9033,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$5:$W$5</c:f>
+              <c:f>'dovoz a vývoz'!$B$5:$X$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>924</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1006</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1077</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1050</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1273</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1416</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1366</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1654</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15868,50 +9111,53 @@
                   <c:v>1300</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>1427</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>1427</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>1212</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>1255</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>1401</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>1614</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>1568</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>1561</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>1681</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-B51F-4D56-BD67-C143A19BCEE3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="48497792"/>
         <c:axId val="48499712"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
@@ -15919,54 +9165,54 @@
           <c:idx val="0"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'dovoz a vývoz'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>euro</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$3:$W$3</c:f>
+              <c:f>'dovoz a vývoz'!$B$3:$X$3</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15988,60 +9234,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'dovoz a vývoz'!$B$6:$W$6</c:f>
+              <c:f>'dovoz a vývoz'!$B$6:$X$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>31.84</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>29.78</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>28.33</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>27.75</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>24.95</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>26.45</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>25.29</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16061,52 +9310,55 @@
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>27.03</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>26.33</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>25.64</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>25.67</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>26.44</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>25.645</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>24.54</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>23.97</c:v>
                 </c:pt>
-                <c:pt idx="21" formatCode="0.00">
+                <c:pt idx="21">
                   <c:v>25.12</c:v>
+                </c:pt>
+                <c:pt idx="22" formatCode="0.00">
+                  <c:v>24.69</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-B51F-4D56-BD67-C143A19BCEE3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="48501888"/>
         <c:axId val="48503424"/>
       </c:lineChart>
       <c:catAx>
@@ -16220,51 +9472,51 @@
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="48501888"/>
         <c:crosses val="max"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1800" b="1" i="0" baseline="0">
                 <a:effectLst/>
@@ -16334,54 +9586,54 @@
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'změny majitelů'!$A$5:$A$26</c:f>
+              <c:f>'změny majitelů'!$A$5:$A$27</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16403,60 +9655,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'změny majitelů'!$C$5:$C$26</c:f>
+              <c:f>'změny majitelů'!$C$5:$C$27</c:f>
               <c:numCache>
                 <c:formatCode>_-* #\ ##0_-;\-* #\ ##0_-;_-* "-"??_-;_-@_-</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>43708</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>49482</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>54884</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>59022</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>63033</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>66386</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>71223</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>73932</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16478,50 +9733,53 @@
                   <c:v>87287</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>90219</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>92735</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>94906</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>97172</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>99260</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>101887</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>104771</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>107518</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>110086</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-AB98-47A0-B5F5-E2552F7188AD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="48554368"/>
         <c:axId val="48555904"/>
       </c:lineChart>
       <c:lineChart>
@@ -16535,54 +9793,54 @@
               <c:f>'změny majitelů'!$B$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>počet změn majitele v ČR</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>'změny majitelů'!$A$5:$A$26</c:f>
+              <c:f>'změny majitelů'!$A$5:$A$27</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16604,60 +9862,63 @@
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'změny majitelů'!$B$5:$B$26</c:f>
+              <c:f>'změny majitelů'!$B$5:$B$27</c:f>
               <c:numCache>
                 <c:formatCode>_-* #\ ##0_-;\-* #\ ##0_-;_-* "-"??_-;_-@_-</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>7550</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>8071</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>8704</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>9169</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>9519</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10407</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>10476</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>11360</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16679,50 +9940,53 @@
                   <c:v>10696</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>9992</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>10209</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8719</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10796</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>10360</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>8450</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>7080</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>7250</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>7137</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-AB98-47A0-B5F5-E2552F7188AD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="240936320"/>
         <c:axId val="234722928"/>
         <c:extLst/>
       </c:lineChart>
@@ -16843,130 +10107,50 @@
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="withinLinear" id="16">
   <a:schemeClr val="accent3"/>
 </cs:colorStyle>
 </file>
 
 <file path=xl/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
-[...78 lines deleted...]
-<file path=xl/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="12">
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
@@ -17400,1056 +10584,50 @@
     </cs:lnRef>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln>
         <a:round/>
       </a:ln>
     </cs:spPr>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
-[...1004 lines deleted...]
-<file path=xl/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="102">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:defRPr sz="1000" b="1" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="1">
       <a:schemeClr val="tx1">
         <a:tint val="75000"/>
       </a:schemeClr>
     </cs:lnRef>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln>
         <a:round/>
       </a:ln>
@@ -18869,313 +11047,238 @@
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
-<file path=xl/chartsheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFFF0000"/>
+    <tabColor theme="9" tint="-0.249977111117893"/>
   </sheetPr>
   <sheetViews>
-    <sheetView zoomScale="85" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFFF0000"/>
+    <tabColor theme="9" tint="0.39997558519241921"/>
   </sheetPr>
   <sheetViews>
-    <sheetView zoomScale="85" workbookViewId="0"/>
+    <sheetView zoomScale="115" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFC00000"/>
+    <tabColor theme="8" tint="-0.249977111117893"/>
   </sheetPr>
   <sheetViews>
     <sheetView zoomScale="85" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{661CF198-2EF1-44C2-AD1F-5BB805CF0798}">
-[...24 lines deleted...]
-<file path=xl/chartsheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFFF0000"/>
+    <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <sheetViews>
     <sheetView zoomScale="115" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
-<file path=xl/chartsheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/chartsheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFC00000"/>
+    <tabColor theme="7" tint="0.39997558519241921"/>
   </sheetPr>
   <sheetViews>
     <sheetView zoomScale="85" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
-<file path=xl/chartsheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/chartsheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
-    <tabColor rgb="FFFF0000"/>
+    <tabColor theme="4" tint="0.39997558519241921"/>
   </sheetPr>
   <sheetViews>
     <sheetView zoomScale="85" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278471" cy="5979459"/>
+    <xdr:ext cx="11601450" cy="7467600"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278471" cy="5979459"/>
+    <xdr:ext cx="11595652" cy="7470913"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
-    <xdr:clientData/>
+    <xdr:clientData fLocksWithSheet="0"/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0</cdr:x>
-      <cdr:y>0.93247</cdr:y>
+      <cdr:x>0.00361</cdr:x>
+      <cdr:y>0.90366</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>1</cdr:x>
       <cdr:y>1</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="2" name="TextovéPole 1"/>
         <cdr:cNvSpPr txBox="1"/>
       </cdr:nvSpPr>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <a:off x="0" y="5601739"/>
-          <a:ext cx="9299408" cy="405695"/>
+          <a:off x="33618" y="5417553"/>
+          <a:ext cx="9267264" cy="577594"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </cdr:spPr>
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" rtlCol="0">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:lvl1pPr marL="0" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl1pPr>
           <a:lvl2pPr marL="457200" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl2pPr>
           <a:lvl3pPr marL="914400" indent="0">
@@ -19209,64 +11312,88 @@
           <a:lvl7pPr marL="2743200" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl7pPr>
           <a:lvl8pPr marL="3200400" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:r>
             <a:rPr lang="cs-CZ" sz="1000"/>
-            <a:t>Pozn: Soupis hospodářských zvířat ČSÚ v roce 2002 zaznamenal změny, které nejsou srovnatelné s předchozí časovou řadou. Publikované výsledky za Českou republiku jsou bez doodhadů počtu zvířat za podlimitní jednotky ("hobby aktivity" obyvatelstva). </a:t>
+            <a:t>Pozn: Soupis hospodářských zvířat ČSÚ v roce 2002 zaznamenal změny, které nejsou srovnatelné s předchozí časovou řadou. Publikované výsledky za Českou republiku jsou bez doodhadů počtu zvířat za </a:t>
           </a:r>
+          <a:r>
+            <a:rPr lang="cs-CZ" sz="1000">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>podlimitní jednotky ("hobby aktivity" obyvatelstva). soupis hospodářských zvířat evidovaný ČSŮ byl od roku 2023 zrušen z důvodu harmonizace referenčního data s požadavky evropské statistiky</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="cs-CZ" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>.</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="cs-CZ" sz="1000">
+              <a:effectLst/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="cs-CZ" sz="1000"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278471" cy="5979459"/>
+    <xdr:ext cx="11598088" cy="7474324"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
@@ -19330,180 +11457,143 @@
             <a:rPr lang="cs-CZ" sz="1000" b="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:rPr>
             <a:t> poslední rok nelze ještě považovat za vypovídající, bude ještě upraven o hříbata později zaregistrovaná</a:t>
           </a:r>
         </a:p>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:endParaRPr lang="cs-CZ" sz="1100" b="1">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278471" cy="5976471"/>
-[...65 lines deleted...]
-    <xdr:ext cx="9276522" cy="5976730"/>
+    <xdr:ext cx="11595652" cy="7470913"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278471" cy="5979459"/>
+    <xdr:ext cx="11598088" cy="7474324"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:absoluteAnchor>
+    <xdr:pos x="0" y="0"/>
+    <xdr:ext cx="11598088" cy="7474324"/>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Graf 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks noGrp="1"/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:absoluteAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19757,106 +11847,109 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I112"/>
+  <sheetPr>
+    <tabColor theme="9" tint="-0.499984740745262"/>
+  </sheetPr>
+  <dimension ref="A1:I113"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C102" sqref="C102"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A94" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B113" sqref="B113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.44140625" customWidth="1"/>
     <col min="3" max="3" width="22.44140625" customWidth="1"/>
     <col min="4" max="4" width="13.109375" style="27" customWidth="1"/>
     <col min="5" max="5" width="19.44140625" customWidth="1"/>
     <col min="6" max="6" width="7.88671875" customWidth="1"/>
     <col min="8" max="8" width="58.33203125" customWidth="1"/>
     <col min="9" max="9" width="25.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="64.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B2" s="93" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B3" s="92" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B4" s="32" t="s">
         <v>60</v>
       </c>
       <c r="F4" s="32"/>
     </row>
     <row r="5" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" s="32"/>
       <c r="F5" s="32"/>
     </row>
     <row r="6" spans="1:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="140" t="s">
+      <c r="A6" s="138" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="79" t="s">
         <v>70</v>
       </c>
       <c r="C6" s="125" t="s">
         <v>57</v>
       </c>
-      <c r="D6" s="128" t="s">
+      <c r="D6" s="127" t="s">
         <v>58</v>
       </c>
       <c r="E6" s="124" t="s">
         <v>59</v>
       </c>
       <c r="G6" s="29"/>
       <c r="H6" s="29"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="113">
         <v>1921</v>
       </c>
       <c r="B7" s="86">
         <v>385806</v>
       </c>
       <c r="C7" s="80" t="s">
         <v>68</v>
       </c>
       <c r="D7" s="80" t="s">
         <v>68</v>
       </c>
       <c r="E7" s="80" t="s">
         <v>68</v>
       </c>
     </row>
@@ -21533,425 +13626,455 @@
       <c r="E107" s="17">
         <v>1639</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="111">
         <v>2022</v>
       </c>
       <c r="B108" s="95">
         <v>37087</v>
       </c>
       <c r="C108" s="27">
         <v>103662</v>
       </c>
       <c r="D108" s="88">
         <v>101887</v>
       </c>
       <c r="E108" s="17">
         <v>1775</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="111">
         <v>2023</v>
       </c>
-      <c r="B109" s="154" t="s">
+      <c r="B109" s="152" t="s">
         <v>107</v>
       </c>
       <c r="C109" s="27">
         <v>106643</v>
       </c>
       <c r="D109" s="88">
         <v>104771</v>
       </c>
       <c r="E109" s="17">
         <f>1799+73</f>
         <v>1872</v>
       </c>
     </row>
-    <row r="110" spans="1:5" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="141">
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A110" s="111">
         <v>2024</v>
       </c>
-      <c r="B110" s="155" t="s">
+      <c r="B110" s="152" t="s">
         <v>107</v>
       </c>
-      <c r="C110" s="77">
+      <c r="C110" s="27">
         <v>109488</v>
       </c>
-      <c r="D110" s="89">
+      <c r="D110" s="88">
         <v>107518</v>
       </c>
-      <c r="E110" s="78">
+      <c r="E110" s="17">
         <v>1970</v>
       </c>
     </row>
-    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A112" s="33" t="s">
+    <row r="111" spans="1:5" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="139">
+        <v>2025</v>
+      </c>
+      <c r="B111" s="153" t="s">
+        <v>107</v>
+      </c>
+      <c r="C111" s="77">
+        <v>112197</v>
+      </c>
+      <c r="D111" s="89">
+        <v>110086</v>
+      </c>
+      <c r="E111" s="78">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A113" s="33" t="s">
         <v>108</v>
       </c>
-      <c r="B112" s="145" t="s">
+      <c r="B113" s="143" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:D26"/>
+  <sheetPr>
+    <tabColor theme="8" tint="-0.499984740745262"/>
+  </sheetPr>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B26" sqref="B26"/>
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="C1" s="72" t="s">
+      <c r="C1" s="158" t="s">
         <v>61</v>
       </c>
-      <c r="D1" s="71">
-        <v>45688</v>
+      <c r="D1" s="159">
+        <v>46036</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="33" t="s">
+      <c r="A2" s="157" t="s">
         <v>71</v>
       </c>
       <c r="C2" s="72"/>
       <c r="D2" s="71"/>
     </row>
     <row r="3" spans="1:4" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
     </row>
     <row r="4" spans="1:4" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="132" t="s">
+      <c r="A4" s="130" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="82" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A5" s="138">
+      <c r="A5" s="136">
         <v>2003</v>
       </c>
       <c r="B5" s="81">
         <v>5186</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A6" s="139">
+      <c r="A6" s="137">
         <v>2004</v>
       </c>
       <c r="B6" s="73">
         <v>5344</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A7" s="139">
+      <c r="A7" s="137">
         <v>2005</v>
       </c>
       <c r="B7" s="73">
         <v>5223</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A8" s="139">
+      <c r="A8" s="137">
         <v>2006</v>
       </c>
       <c r="B8" s="73">
         <v>4873</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A9" s="139">
+      <c r="A9" s="137">
         <v>2007</v>
       </c>
       <c r="B9" s="73">
         <v>4922</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A10" s="139">
+      <c r="A10" s="137">
         <v>2008</v>
       </c>
       <c r="B10" s="73">
         <v>5160</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A11" s="139">
+      <c r="A11" s="137">
         <v>2009</v>
       </c>
       <c r="B11" s="73">
         <v>5187</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A12" s="139">
+      <c r="A12" s="137">
         <v>2010</v>
       </c>
       <c r="B12" s="73">
         <v>5031</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A13" s="139">
+      <c r="A13" s="137">
         <v>2011</v>
       </c>
       <c r="B13" s="73">
         <v>4573</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A14" s="139">
+      <c r="A14" s="137">
         <v>2012</v>
       </c>
       <c r="B14" s="73">
         <v>4369</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A15" s="139">
+      <c r="A15" s="137">
         <v>2013</v>
       </c>
       <c r="B15" s="73">
         <v>3737</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A16" s="139">
+      <c r="A16" s="137">
         <v>2014</v>
       </c>
       <c r="B16" s="73">
         <v>3243</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A17" s="139">
+      <c r="A17" s="137">
         <v>2015</v>
       </c>
       <c r="B17" s="73">
         <v>3117</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A18" s="139">
+      <c r="A18" s="137">
         <v>2016</v>
       </c>
       <c r="B18" s="73">
         <v>3440</v>
       </c>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A19" s="139">
+      <c r="A19" s="137">
         <v>2017</v>
       </c>
       <c r="B19" s="73">
         <v>3641</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A20" s="139">
+      <c r="A20" s="137">
         <v>2018</v>
       </c>
       <c r="B20" s="73">
         <v>3529</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A21" s="139">
+      <c r="A21" s="137">
         <v>2019</v>
       </c>
       <c r="B21" s="73">
         <v>3371</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A22" s="139">
+      <c r="A22" s="137">
         <v>2020</v>
       </c>
       <c r="B22" s="73">
         <v>3591</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A23" s="139">
+      <c r="A23" s="137">
         <v>2021</v>
       </c>
       <c r="B23" s="73">
         <v>3739</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A24" s="139">
+      <c r="A24" s="137">
         <v>2022</v>
       </c>
       <c r="B24" s="73">
-        <v>4036</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A25" s="139">
+      <c r="A25" s="137">
         <v>2023</v>
       </c>
       <c r="B25" s="73">
-        <v>3856</v>
-[...3 lines deleted...]
-      <c r="A26" s="157">
+        <v>4106</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A26" s="154">
         <v>2024</v>
       </c>
-      <c r="B26" s="156">
-        <v>2531</v>
+      <c r="B26" s="155">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="160">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="161">
+        <v>2302</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
+    <tabColor theme="5" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U49"/>
+  <dimension ref="A1:V49"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="V41" sqref="V41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.109375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="8.6640625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="18" max="20" width="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="9" width="8.6640625" customWidth="1"/>
+    <col min="10" max="20" width="8" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:22" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:22" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="16" t="s">
         <v>54</v>
       </c>
       <c r="B3" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="18"/>
     </row>
-    <row r="4" spans="1:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="133" t="s">
+    <row r="4" spans="1:22" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="131" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="134">
+      <c r="B4" s="132">
         <v>2005</v>
       </c>
-      <c r="C4" s="135">
+      <c r="C4" s="133">
         <v>2006</v>
       </c>
-      <c r="D4" s="135">
+      <c r="D4" s="133">
         <v>2007</v>
       </c>
-      <c r="E4" s="135">
+      <c r="E4" s="133">
         <v>2008</v>
       </c>
-      <c r="F4" s="135">
+      <c r="F4" s="133">
         <v>2009</v>
       </c>
-      <c r="G4" s="136">
+      <c r="G4" s="134">
         <v>2010</v>
       </c>
-      <c r="H4" s="136">
+      <c r="H4" s="134">
         <v>2011</v>
       </c>
-      <c r="I4" s="136">
+      <c r="I4" s="134">
         <v>2012</v>
       </c>
-      <c r="J4" s="135">
+      <c r="J4" s="133">
         <v>2013</v>
       </c>
-      <c r="K4" s="136">
+      <c r="K4" s="134">
         <v>2014</v>
       </c>
-      <c r="L4" s="135">
+      <c r="L4" s="133">
         <v>2015</v>
       </c>
-      <c r="M4" s="135">
+      <c r="M4" s="133">
         <v>2016</v>
       </c>
-      <c r="N4" s="135">
+      <c r="N4" s="133">
         <v>2017</v>
       </c>
-      <c r="O4" s="135">
+      <c r="O4" s="133">
         <v>2018</v>
       </c>
-      <c r="P4" s="135">
+      <c r="P4" s="133">
         <v>2019</v>
       </c>
-      <c r="Q4" s="135">
+      <c r="Q4" s="133">
         <v>2020</v>
       </c>
-      <c r="R4" s="135">
+      <c r="R4" s="133">
         <v>2021</v>
       </c>
-      <c r="S4" s="135">
+      <c r="S4" s="133">
         <v>2022</v>
       </c>
-      <c r="T4" s="135">
+      <c r="T4" s="133">
         <v>2023</v>
       </c>
-      <c r="U4" s="137">
+      <c r="U4" s="133">
         <v>2024</v>
       </c>
-    </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V4" s="135">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A5" s="20" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="34">
         <v>10989</v>
       </c>
       <c r="C5" s="33">
         <v>12670</v>
       </c>
       <c r="D5">
         <v>14863</v>
       </c>
       <c r="E5">
         <v>15576</v>
       </c>
       <c r="F5">
         <v>18114</v>
       </c>
       <c r="G5" s="35">
         <v>19885</v>
       </c>
       <c r="H5" s="35">
         <v>21268</v>
       </c>
       <c r="I5" s="35">
@@ -21968,55 +14091,58 @@
       </c>
       <c r="M5">
         <v>26787</v>
       </c>
       <c r="N5">
         <v>27778</v>
       </c>
       <c r="O5">
         <v>28532</v>
       </c>
       <c r="P5">
         <v>29087</v>
       </c>
       <c r="Q5">
         <v>29513</v>
       </c>
       <c r="R5">
         <v>29971</v>
       </c>
       <c r="S5">
         <v>30428</v>
       </c>
       <c r="T5">
         <v>31056</v>
       </c>
-      <c r="U5" s="17">
+      <c r="U5">
         <v>31445</v>
       </c>
-    </row>
-    <row r="6" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V5" s="17">
+        <v>31614</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="20" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="34">
         <v>18990</v>
       </c>
       <c r="C6" s="33">
         <v>19041</v>
       </c>
       <c r="D6">
         <v>19507</v>
       </c>
       <c r="E6">
         <v>19422</v>
       </c>
       <c r="F6">
         <v>20463</v>
       </c>
       <c r="G6" s="35">
         <v>20177</v>
       </c>
       <c r="H6" s="35">
         <v>19512</v>
       </c>
       <c r="I6" s="35">
@@ -22033,55 +14159,58 @@
       </c>
       <c r="M6">
         <v>17835</v>
       </c>
       <c r="N6">
         <v>17812</v>
       </c>
       <c r="O6">
         <v>17673</v>
       </c>
       <c r="P6">
         <v>17515</v>
       </c>
       <c r="Q6">
         <v>17449</v>
       </c>
       <c r="R6">
         <v>17339</v>
       </c>
       <c r="S6">
         <v>17222</v>
       </c>
       <c r="T6">
         <v>17045</v>
       </c>
-      <c r="U6" s="17">
+      <c r="U6">
         <v>16935</v>
       </c>
-    </row>
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V6" s="17">
+        <v>16978</v>
+      </c>
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A7" s="20" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="34">
         <v>6374</v>
       </c>
       <c r="C7" s="33">
         <v>7273</v>
       </c>
       <c r="D7">
         <v>7471</v>
       </c>
       <c r="E7">
         <v>7346</v>
       </c>
       <c r="F7">
         <v>7682</v>
       </c>
       <c r="G7" s="35">
         <v>7736</v>
       </c>
       <c r="H7" s="35">
         <v>8200</v>
       </c>
       <c r="I7" s="35">
@@ -22098,56 +14227,59 @@
       </c>
       <c r="M7">
         <v>8780</v>
       </c>
       <c r="N7">
         <v>8940</v>
       </c>
       <c r="O7">
         <v>9056</v>
       </c>
       <c r="P7">
         <v>8969</v>
       </c>
       <c r="Q7">
         <v>9054</v>
       </c>
       <c r="R7">
         <v>9067</v>
       </c>
       <c r="S7">
         <v>9269</v>
       </c>
       <c r="T7">
         <v>9289</v>
       </c>
-      <c r="U7" s="17">
+      <c r="U7">
         <v>9398</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="142" t="s">
+      <c r="V7" s="17">
+        <v>9508</v>
+      </c>
+    </row>
+    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A8" s="140" t="s">
         <v>87</v>
       </c>
       <c r="B8" s="34">
         <v>963</v>
       </c>
       <c r="C8" s="33">
         <v>1252</v>
       </c>
       <c r="D8">
         <v>1407</v>
       </c>
       <c r="E8">
         <v>1486</v>
       </c>
       <c r="F8">
         <v>1705</v>
       </c>
       <c r="G8" s="35">
         <v>1733</v>
       </c>
       <c r="H8" s="35">
         <v>1944</v>
       </c>
       <c r="I8" s="35">
         <v>1965</v>
@@ -22163,55 +14295,58 @@
       </c>
       <c r="M8">
         <v>2680</v>
       </c>
       <c r="N8">
         <v>2879</v>
       </c>
       <c r="O8">
         <v>3049</v>
       </c>
       <c r="P8">
         <v>3277</v>
       </c>
       <c r="Q8">
         <v>3463</v>
       </c>
       <c r="R8">
         <v>3565</v>
       </c>
       <c r="S8">
         <v>3565</v>
       </c>
       <c r="T8">
         <v>3902</v>
       </c>
-      <c r="U8" s="17">
+      <c r="U8">
         <v>4119</v>
       </c>
-    </row>
-    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V8" s="17">
+        <v>4280</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A9" s="20" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="34">
         <v>935</v>
       </c>
       <c r="C9" s="33">
         <v>986</v>
       </c>
       <c r="D9">
         <v>1079</v>
       </c>
       <c r="E9">
         <v>1134</v>
       </c>
       <c r="F9">
         <v>1351</v>
       </c>
       <c r="G9" s="35">
         <v>1401</v>
       </c>
       <c r="H9" s="35">
         <v>1719</v>
       </c>
       <c r="I9" s="35">
@@ -22228,55 +14363,58 @@
       </c>
       <c r="M9">
         <v>2570</v>
       </c>
       <c r="N9">
         <v>2802</v>
       </c>
       <c r="O9">
         <v>3082</v>
       </c>
       <c r="P9">
         <v>3327</v>
       </c>
       <c r="Q9">
         <v>3540</v>
       </c>
       <c r="R9">
         <v>3753</v>
       </c>
       <c r="S9">
         <v>4057</v>
       </c>
       <c r="T9">
         <v>4311</v>
       </c>
-      <c r="U9" s="17">
+      <c r="U9">
         <v>4580</v>
       </c>
-    </row>
-    <row r="10" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V9" s="17">
+        <v>4838</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="34">
         <v>451</v>
       </c>
       <c r="C10" s="33">
         <v>573</v>
       </c>
       <c r="D10">
         <v>736</v>
       </c>
       <c r="E10">
         <v>843</v>
       </c>
       <c r="F10">
         <v>1105</v>
       </c>
       <c r="G10" s="35">
         <v>1182</v>
       </c>
       <c r="H10" s="35">
         <v>1467</v>
       </c>
       <c r="I10" s="35">
@@ -22293,55 +14431,58 @@
       </c>
       <c r="M10">
         <v>2163</v>
       </c>
       <c r="N10">
         <v>2297</v>
       </c>
       <c r="O10">
         <v>2452</v>
       </c>
       <c r="P10">
         <v>2564</v>
       </c>
       <c r="Q10">
         <v>2716</v>
       </c>
       <c r="R10">
         <v>2837</v>
       </c>
       <c r="S10">
         <v>3050</v>
       </c>
       <c r="T10">
         <v>3245</v>
       </c>
-      <c r="U10" s="17">
+      <c r="U10">
         <v>3450</v>
       </c>
-    </row>
-    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V10" s="17">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A11" s="20" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="34">
         <v>2531</v>
       </c>
       <c r="C11" s="33">
         <v>2526</v>
       </c>
       <c r="D11">
         <v>2557</v>
       </c>
       <c r="E11">
         <v>2470</v>
       </c>
       <c r="F11">
         <v>2620</v>
       </c>
       <c r="G11" s="35">
         <v>2304</v>
       </c>
       <c r="H11" s="35">
         <v>2324</v>
       </c>
       <c r="I11" s="35">
@@ -22358,55 +14499,58 @@
       </c>
       <c r="M11">
         <v>2570</v>
       </c>
       <c r="N11">
         <v>1960</v>
       </c>
       <c r="O11">
         <v>1966</v>
       </c>
       <c r="P11">
         <v>1961</v>
       </c>
       <c r="Q11">
         <v>1971</v>
       </c>
       <c r="R11">
         <v>1996</v>
       </c>
       <c r="S11">
         <v>2018</v>
       </c>
       <c r="T11">
         <v>2038</v>
       </c>
-      <c r="U11" s="17">
+      <c r="U11">
         <v>2074</v>
       </c>
-    </row>
-    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V11" s="17">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="12" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A12" s="20" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="34">
         <v>993</v>
       </c>
       <c r="C12" s="33">
         <v>1052</v>
       </c>
       <c r="D12">
         <v>1164</v>
       </c>
       <c r="E12">
         <v>1186</v>
       </c>
       <c r="F12">
         <v>1455</v>
       </c>
       <c r="G12" s="35">
         <v>1469</v>
       </c>
       <c r="H12" s="35">
         <v>1680</v>
       </c>
       <c r="I12" s="35">
@@ -22423,55 +14567,58 @@
       </c>
       <c r="M12">
         <v>1898</v>
       </c>
       <c r="N12">
         <v>1930</v>
       </c>
       <c r="O12">
         <v>1968</v>
       </c>
       <c r="P12">
         <v>1982</v>
       </c>
       <c r="Q12">
         <v>1972</v>
       </c>
       <c r="R12">
         <v>1968</v>
       </c>
       <c r="S12">
         <v>1971</v>
       </c>
       <c r="T12">
         <v>2006</v>
       </c>
-      <c r="U12" s="17">
+      <c r="U12">
         <v>2024</v>
       </c>
-    </row>
-    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V12" s="17">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A13" s="20" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="34">
         <v>1312</v>
       </c>
       <c r="C13" s="33">
         <v>1376</v>
       </c>
       <c r="D13">
         <v>1432</v>
       </c>
       <c r="E13">
         <v>1392</v>
       </c>
       <c r="F13">
         <v>1616</v>
       </c>
       <c r="G13" s="35">
         <v>1592</v>
       </c>
       <c r="H13" s="35">
         <v>1738</v>
       </c>
       <c r="I13" s="35">
@@ -22488,55 +14635,58 @@
       </c>
       <c r="M13">
         <v>1788</v>
       </c>
       <c r="N13">
         <v>1818</v>
       </c>
       <c r="O13">
         <v>1837</v>
       </c>
       <c r="P13">
         <v>1846</v>
       </c>
       <c r="Q13">
         <v>1902</v>
       </c>
       <c r="R13">
         <v>1922</v>
       </c>
       <c r="S13">
         <v>1952</v>
       </c>
       <c r="T13">
         <v>2015</v>
       </c>
-      <c r="U13" s="17">
+      <c r="U13">
         <v>2051</v>
       </c>
-    </row>
-    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V13" s="17">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A14" s="20" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="34">
         <v>1704</v>
       </c>
       <c r="C14" s="33">
         <v>1797</v>
       </c>
       <c r="D14">
         <v>1713</v>
       </c>
       <c r="E14">
         <v>1670</v>
       </c>
       <c r="F14">
         <v>1668</v>
       </c>
       <c r="G14" s="35">
         <v>1667</v>
       </c>
       <c r="H14" s="35">
         <v>1690</v>
       </c>
       <c r="I14" s="35">
@@ -22553,55 +14703,58 @@
       </c>
       <c r="M14">
         <v>1799</v>
       </c>
       <c r="N14">
         <v>1791</v>
       </c>
       <c r="O14">
         <v>1785</v>
       </c>
       <c r="P14">
         <v>1780</v>
       </c>
       <c r="Q14">
         <v>1790</v>
       </c>
       <c r="R14">
         <v>1787</v>
       </c>
       <c r="S14">
         <v>1741</v>
       </c>
       <c r="T14">
         <v>1745</v>
       </c>
-      <c r="U14" s="17">
+      <c r="U14">
         <v>1741</v>
       </c>
-    </row>
-    <row r="15" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="V14" s="17">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="15" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="34">
         <v>213</v>
       </c>
       <c r="C15" s="33">
         <v>269</v>
       </c>
       <c r="D15" s="36">
         <v>359</v>
       </c>
       <c r="E15" s="36">
         <v>482</v>
       </c>
       <c r="F15" s="36">
         <v>566</v>
       </c>
       <c r="G15" s="36">
         <v>634</v>
       </c>
       <c r="H15" s="36">
         <v>863</v>
       </c>
       <c r="I15" s="36">
@@ -22618,56 +14771,59 @@
       </c>
       <c r="M15">
         <v>1421</v>
       </c>
       <c r="N15">
         <v>1554</v>
       </c>
       <c r="O15">
         <v>1658</v>
       </c>
       <c r="P15">
         <v>1811</v>
       </c>
       <c r="Q15">
         <v>1912</v>
       </c>
       <c r="R15">
         <v>1980</v>
       </c>
       <c r="S15">
         <v>2074</v>
       </c>
       <c r="T15">
         <v>2187</v>
       </c>
-      <c r="U15" s="17">
+      <c r="U15">
         <v>2342</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="131" t="s">
+      <c r="V15" s="17">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A16" s="129" t="s">
         <v>84</v>
       </c>
       <c r="B16" s="34">
         <v>2269</v>
       </c>
       <c r="C16" s="33">
         <v>2260</v>
       </c>
       <c r="D16" s="35">
         <v>2286</v>
       </c>
       <c r="E16">
         <v>2203</v>
       </c>
       <c r="F16">
         <v>2281</v>
       </c>
       <c r="G16" s="35">
         <v>2145</v>
       </c>
       <c r="H16" s="35">
         <v>1891</v>
       </c>
       <c r="I16" s="35">
         <v>1744</v>
@@ -22683,55 +14839,58 @@
       </c>
       <c r="M16">
         <v>1405</v>
       </c>
       <c r="N16">
         <v>1403</v>
       </c>
       <c r="O16">
         <v>1377</v>
       </c>
       <c r="P16">
         <v>1352</v>
       </c>
       <c r="Q16">
         <v>1344</v>
       </c>
       <c r="R16">
         <v>1305</v>
       </c>
       <c r="S16">
         <v>1323</v>
       </c>
       <c r="T16">
         <v>1317</v>
       </c>
-      <c r="U16" s="17">
+      <c r="U16">
         <v>1328</v>
       </c>
-    </row>
-    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V16" s="17">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="20" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="34">
         <v>904</v>
       </c>
       <c r="C17" s="33">
         <v>930</v>
       </c>
       <c r="D17" s="35">
         <v>975</v>
       </c>
       <c r="E17">
         <v>964</v>
       </c>
       <c r="F17">
         <v>1118</v>
       </c>
       <c r="G17" s="35">
         <v>1081</v>
       </c>
       <c r="H17" s="35">
         <v>1130</v>
       </c>
       <c r="I17" s="35">
@@ -22748,55 +14907,58 @@
       </c>
       <c r="M17">
         <v>1421</v>
       </c>
       <c r="N17">
         <v>1250</v>
       </c>
       <c r="O17">
         <v>1294</v>
       </c>
       <c r="P17">
         <v>1330</v>
       </c>
       <c r="Q17">
         <v>1365</v>
       </c>
       <c r="R17">
         <v>1414</v>
       </c>
       <c r="S17">
         <v>1491</v>
       </c>
       <c r="T17">
         <v>1545</v>
       </c>
-      <c r="U17" s="17">
+      <c r="U17">
         <v>1591</v>
       </c>
-    </row>
-    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V17" s="17">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A18" s="20" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="34">
         <v>1303</v>
       </c>
       <c r="C18" s="33">
         <v>1270</v>
       </c>
       <c r="D18" s="35">
         <v>1339</v>
       </c>
       <c r="E18">
         <v>1348</v>
       </c>
       <c r="F18">
         <v>1365</v>
       </c>
       <c r="G18" s="35">
         <v>1325</v>
       </c>
       <c r="H18" s="35">
         <v>1250</v>
       </c>
       <c r="I18" s="35">
@@ -22813,55 +14975,58 @@
       </c>
       <c r="M18">
         <v>1141</v>
       </c>
       <c r="N18">
         <v>1125</v>
       </c>
       <c r="O18">
         <v>1089</v>
       </c>
       <c r="P18">
         <v>1096</v>
       </c>
       <c r="Q18">
         <v>1093</v>
       </c>
       <c r="R18">
         <v>1080</v>
       </c>
       <c r="S18">
         <v>1074</v>
       </c>
       <c r="T18">
         <v>1077</v>
       </c>
-      <c r="U18" s="17">
+      <c r="U18">
         <v>1099</v>
       </c>
-    </row>
-    <row r="19" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="V18" s="17">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="34">
         <v>498</v>
       </c>
       <c r="C19" s="33">
         <v>450</v>
       </c>
       <c r="D19" s="36">
         <v>458</v>
       </c>
       <c r="E19" s="36">
         <v>560</v>
       </c>
       <c r="F19" s="36">
         <v>572</v>
       </c>
       <c r="G19" s="36">
         <v>590</v>
       </c>
       <c r="H19" s="36">
         <v>703</v>
       </c>
       <c r="I19" s="36">
@@ -22878,55 +15043,58 @@
       </c>
       <c r="M19">
         <v>1003</v>
       </c>
       <c r="N19">
         <v>1081</v>
       </c>
       <c r="O19">
         <v>1126</v>
       </c>
       <c r="P19">
         <v>1189</v>
       </c>
       <c r="Q19">
         <v>1268</v>
       </c>
       <c r="R19">
         <v>1340</v>
       </c>
       <c r="S19">
         <v>1408</v>
       </c>
       <c r="T19">
         <v>1461</v>
       </c>
-      <c r="U19" s="17">
+      <c r="U19">
         <v>1505</v>
       </c>
-    </row>
-    <row r="20" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="V19" s="17">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="34">
         <v>444</v>
       </c>
       <c r="C20" s="33">
         <v>487</v>
       </c>
       <c r="D20" s="36">
         <v>521</v>
       </c>
       <c r="E20" s="36">
         <v>549</v>
       </c>
       <c r="F20" s="36">
         <v>606</v>
       </c>
       <c r="G20" s="36">
         <v>629</v>
       </c>
       <c r="H20" s="36">
         <v>688</v>
       </c>
       <c r="I20" s="36">
@@ -22943,55 +15111,58 @@
       </c>
       <c r="M20">
         <v>849</v>
       </c>
       <c r="N20">
         <v>871</v>
       </c>
       <c r="O20">
         <v>868</v>
       </c>
       <c r="P20">
         <v>888</v>
       </c>
       <c r="Q20">
         <v>895</v>
       </c>
       <c r="R20">
         <v>917</v>
       </c>
       <c r="S20">
         <v>916</v>
       </c>
       <c r="T20">
         <v>949</v>
       </c>
-      <c r="U20" s="17">
+      <c r="U20">
         <v>952</v>
       </c>
-    </row>
-    <row r="21" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V20" s="17">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="34">
         <v>743</v>
       </c>
       <c r="C21" s="33">
         <v>725</v>
       </c>
       <c r="D21">
         <v>710</v>
       </c>
       <c r="E21">
         <v>709</v>
       </c>
       <c r="F21">
         <v>736</v>
       </c>
       <c r="G21" s="35">
         <v>720</v>
       </c>
       <c r="H21" s="35">
         <v>717</v>
       </c>
       <c r="I21" s="35">
@@ -23008,55 +15179,58 @@
       </c>
       <c r="M21">
         <v>777</v>
       </c>
       <c r="N21">
         <v>800</v>
       </c>
       <c r="O21">
         <v>810</v>
       </c>
       <c r="P21">
         <v>828</v>
       </c>
       <c r="Q21">
         <v>843</v>
       </c>
       <c r="R21">
         <v>872</v>
       </c>
       <c r="S21">
         <v>885</v>
       </c>
       <c r="T21">
         <v>929</v>
       </c>
-      <c r="U21" s="17">
+      <c r="U21">
         <v>955</v>
       </c>
-    </row>
-    <row r="22" spans="1:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="V21" s="17">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="3">
         <v>3268</v>
       </c>
       <c r="C22" s="33">
         <v>4085</v>
       </c>
       <c r="D22">
         <v>4456</v>
       </c>
       <c r="E22">
         <v>7046</v>
       </c>
       <c r="F22">
         <v>6200</v>
       </c>
       <c r="G22" s="35">
         <v>7662</v>
       </c>
       <c r="H22" s="35">
         <v>7581</v>
       </c>
       <c r="I22" s="35">
@@ -23073,55 +15247,58 @@
       </c>
       <c r="M22">
         <v>10400</v>
       </c>
       <c r="N22">
         <v>12128</v>
       </c>
       <c r="O22">
         <v>13113</v>
       </c>
       <c r="P22">
         <v>14104</v>
       </c>
       <c r="Q22">
         <v>15082</v>
       </c>
       <c r="R22">
         <v>16147</v>
       </c>
       <c r="S22">
         <v>17443</v>
       </c>
       <c r="T22">
         <v>18654</v>
       </c>
-      <c r="U22" s="17">
+      <c r="U22">
         <v>19929</v>
       </c>
-    </row>
-    <row r="23" spans="1:21" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="V22" s="17">
+        <v>21273</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="14">
         <v>54884</v>
       </c>
       <c r="C23" s="7">
         <v>59022</v>
       </c>
       <c r="D23" s="7">
         <v>63033</v>
       </c>
       <c r="E23" s="7">
         <v>66386</v>
       </c>
       <c r="F23" s="7">
         <v>71223</v>
       </c>
       <c r="G23" s="37">
         <v>73932</v>
       </c>
       <c r="H23" s="37">
         <v>76365</v>
       </c>
       <c r="I23" s="37">
@@ -23142,55 +15319,58 @@
       <c r="N23" s="7">
         <v>90219</v>
       </c>
       <c r="O23" s="7">
         <f>SUM(O5:O22)</f>
         <v>92735</v>
       </c>
       <c r="P23" s="7">
         <v>94906</v>
       </c>
       <c r="Q23" s="7">
         <v>97172</v>
       </c>
       <c r="R23" s="7">
         <f>SUM(R5:R22)</f>
         <v>99260</v>
       </c>
       <c r="S23" s="7">
         <f>SUM(S5:S22)</f>
         <v>101887</v>
       </c>
       <c r="T23" s="7">
         <f>SUM(T5:T22)</f>
         <v>104771</v>
       </c>
-      <c r="U23" s="19">
+      <c r="U23" s="7">
         <v>107518</v>
       </c>
-    </row>
-    <row r="24" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V23" s="19">
+        <v>110086</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A24" s="20" t="s">
         <v>45</v>
       </c>
       <c r="B24" s="3">
         <v>72</v>
       </c>
       <c r="C24">
         <v>143</v>
       </c>
       <c r="D24">
         <v>163</v>
       </c>
       <c r="E24">
         <v>285</v>
       </c>
       <c r="F24">
         <v>292</v>
       </c>
       <c r="G24" s="35">
         <v>373</v>
       </c>
       <c r="H24" s="35">
         <v>470</v>
       </c>
       <c r="I24" s="35">
@@ -23207,55 +15387,58 @@
       </c>
       <c r="M24">
         <v>1060</v>
       </c>
       <c r="N24">
         <v>1146</v>
       </c>
       <c r="O24">
         <v>1278</v>
       </c>
       <c r="P24">
         <v>1408</v>
       </c>
       <c r="Q24">
         <v>1530</v>
       </c>
       <c r="R24">
         <v>1639</v>
       </c>
       <c r="S24">
         <v>1775</v>
       </c>
       <c r="T24">
         <v>1872</v>
       </c>
-      <c r="U24" s="17">
+      <c r="U24">
         <v>1970</v>
       </c>
-    </row>
-    <row r="25" spans="1:21" s="1" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="V24" s="156">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22" s="1" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="22" t="s">
         <v>46</v>
       </c>
       <c r="B25" s="38">
         <v>54956</v>
       </c>
       <c r="C25" s="39">
         <v>59165</v>
       </c>
       <c r="D25" s="39">
         <v>63196</v>
       </c>
       <c r="E25" s="39">
         <v>66671</v>
       </c>
       <c r="F25" s="39">
         <v>71515</v>
       </c>
       <c r="G25" s="39">
         <v>74305</v>
       </c>
       <c r="H25" s="39">
         <v>76835</v>
       </c>
       <c r="I25" s="39">
@@ -23275,128 +15458,134 @@
       </c>
       <c r="N25" s="5">
         <v>91365</v>
       </c>
       <c r="O25" s="5">
         <f>O23+O24</f>
         <v>94013</v>
       </c>
       <c r="P25" s="5">
         <v>96314</v>
       </c>
       <c r="Q25" s="5">
         <v>98702</v>
       </c>
       <c r="R25" s="5">
         <v>100899</v>
       </c>
       <c r="S25" s="5">
         <f>SUM(S23:S24)</f>
         <v>103662</v>
       </c>
       <c r="T25" s="5">
         <f>SUM(T23:T24)</f>
         <v>106643</v>
       </c>
-      <c r="U25" s="102">
+      <c r="U25" s="5">
         <v>109488</v>
       </c>
-    </row>
-    <row r="27" spans="1:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="V25" s="102">
+        <v>112197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="16" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="133" t="s">
+    <row r="28" spans="1:22" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="131" t="s">
         <v>13</v>
       </c>
-      <c r="B28" s="134">
+      <c r="B28" s="132">
         <v>2005</v>
       </c>
-      <c r="C28" s="135">
+      <c r="C28" s="133">
         <v>2006</v>
       </c>
-      <c r="D28" s="135">
+      <c r="D28" s="133">
         <v>2007</v>
       </c>
-      <c r="E28" s="135">
+      <c r="E28" s="133">
         <v>2008</v>
       </c>
-      <c r="F28" s="135">
+      <c r="F28" s="133">
         <v>2009</v>
       </c>
-      <c r="G28" s="136">
+      <c r="G28" s="134">
         <v>2010</v>
       </c>
-      <c r="H28" s="136">
+      <c r="H28" s="134">
         <v>2011</v>
       </c>
-      <c r="I28" s="136">
+      <c r="I28" s="134">
         <v>2012</v>
       </c>
-      <c r="J28" s="135">
+      <c r="J28" s="133">
         <v>2013</v>
       </c>
-      <c r="K28" s="136">
+      <c r="K28" s="134">
         <v>2014</v>
       </c>
-      <c r="L28" s="135">
+      <c r="L28" s="133">
         <v>2015</v>
       </c>
-      <c r="M28" s="135">
+      <c r="M28" s="133">
         <v>2016</v>
       </c>
-      <c r="N28" s="135">
+      <c r="N28" s="133">
         <v>2017</v>
       </c>
-      <c r="O28" s="135">
+      <c r="O28" s="133">
         <v>2018</v>
       </c>
-      <c r="P28" s="135">
+      <c r="P28" s="133">
         <v>2019</v>
       </c>
-      <c r="Q28" s="135">
+      <c r="Q28" s="133">
         <v>2020</v>
       </c>
-      <c r="R28" s="135">
+      <c r="R28" s="133">
         <v>2021</v>
       </c>
-      <c r="S28" s="135">
+      <c r="S28" s="133">
         <v>2022</v>
       </c>
-      <c r="T28" s="135">
+      <c r="T28" s="133">
         <v>2023</v>
       </c>
-      <c r="U28" s="137">
+      <c r="U28" s="133">
         <v>2024</v>
       </c>
-    </row>
-    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V28" s="135">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="24" t="s">
         <v>2</v>
       </c>
       <c r="B29" s="103">
         <f t="shared" ref="B29:H29" si="0">B5/B$25</f>
         <v>0.19995996797437951</v>
       </c>
       <c r="C29" s="104">
         <f t="shared" si="0"/>
         <v>0.21414687737682753</v>
       </c>
       <c r="D29" s="104">
         <f t="shared" si="0"/>
         <v>0.23518893600860813</v>
       </c>
       <c r="E29" s="104">
         <f t="shared" si="0"/>
         <v>0.23362481438706484</v>
       </c>
       <c r="F29" s="104">
         <f t="shared" si="0"/>
         <v>0.25328951968118579</v>
       </c>
       <c r="G29" s="104">
         <f t="shared" si="0"/>
@@ -23429,59 +15618,63 @@
       <c r="N29" s="104">
         <f t="shared" si="1"/>
         <v>0.30403327313522682</v>
       </c>
       <c r="O29" s="104">
         <f t="shared" si="1"/>
         <v>0.30348994288023995</v>
       </c>
       <c r="P29" s="104">
         <f t="shared" si="1"/>
         <v>0.302001785825529</v>
       </c>
       <c r="Q29" s="104">
         <f t="shared" si="1"/>
         <v>0.29901116492067031</v>
       </c>
       <c r="R29" s="104">
         <f t="shared" si="1"/>
         <v>0.29703961387129701</v>
       </c>
       <c r="S29" s="104">
         <f t="shared" si="1"/>
         <v>0.29353089849703845</v>
       </c>
       <c r="T29" s="104">
-        <f t="shared" ref="T29:U29" si="2">T5/T$25</f>
+        <f t="shared" ref="T29" si="2">T5/T$25</f>
         <v>0.29121461324231313</v>
       </c>
-      <c r="U29" s="15">
-        <f t="shared" ref="U29" si="3">U5/U$25</f>
+      <c r="U29" s="104">
+        <f t="shared" ref="U29:V29" si="3">U5/U$25</f>
         <v>0.28720042379073507</v>
       </c>
-    </row>
-    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V29" s="15">
+        <f t="shared" si="3"/>
+        <v>0.28177223989946254</v>
+      </c>
+    </row>
+    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="57">
         <f t="shared" ref="B30:H30" si="4">B6/B$25</f>
         <v>0.34554916660601209</v>
       </c>
       <c r="C30" s="26">
         <f t="shared" si="4"/>
         <v>0.32182878390940589</v>
       </c>
       <c r="D30" s="26">
         <f t="shared" si="4"/>
         <v>0.30867459965820621</v>
       </c>
       <c r="E30" s="26">
         <f t="shared" si="4"/>
         <v>0.29131106478078928</v>
       </c>
       <c r="F30" s="26">
         <f t="shared" si="4"/>
         <v>0.28613577571138921</v>
       </c>
       <c r="G30" s="26">
         <f t="shared" si="4"/>
@@ -23517,1704 +15710,1787 @@
       </c>
       <c r="O30" s="26">
         <f t="shared" ref="O30:S38" si="6">O6/O$25</f>
         <v>0.18798464042206928</v>
       </c>
       <c r="P30" s="26">
         <f t="shared" si="6"/>
         <v>0.18185310546753328</v>
       </c>
       <c r="Q30" s="26">
         <f t="shared" si="6"/>
         <v>0.17678466495106482</v>
       </c>
       <c r="R30" s="26">
         <f t="shared" si="6"/>
         <v>0.17184511243917183</v>
       </c>
       <c r="S30" s="26">
         <f t="shared" si="6"/>
         <v>0.16613609615866953</v>
       </c>
       <c r="T30" s="26">
         <f t="shared" ref="T30:U30" si="7">T6/T$25</f>
         <v>0.15983233779994938</v>
       </c>
-      <c r="U30" s="15">
+      <c r="U30" s="26">
         <f t="shared" si="7"/>
         <v>0.15467448487505481</v>
       </c>
-    </row>
-    <row r="31" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V30" s="15">
+        <f t="shared" ref="V30" si="8">V6/V$25</f>
+        <v>0.15132311915648369</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="57">
-        <f t="shared" ref="B31:H31" si="8">B7/B$25</f>
+        <f t="shared" ref="B31:H31" si="9">B7/B$25</f>
         <v>0.11598369604774729</v>
       </c>
       <c r="C31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.12292740640581425</v>
       </c>
       <c r="D31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.11821950756376987</v>
       </c>
       <c r="E31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.11018283811552249</v>
       </c>
       <c r="F31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.10741802419072921</v>
       </c>
       <c r="G31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.10411143260884194</v>
       </c>
       <c r="H31" s="26">
-        <f t="shared" si="8"/>
+        <f t="shared" si="9"/>
         <v>0.10672219691546821</v>
       </c>
       <c r="I31" s="26">
         <f t="shared" si="5"/>
         <v>0.10519151274462053</v>
       </c>
       <c r="J31" s="26">
         <f t="shared" si="1"/>
         <v>0.10106122848200313</v>
       </c>
       <c r="K31" s="26">
         <f t="shared" si="1"/>
         <v>0.1035934427811486</v>
       </c>
       <c r="L31" s="26">
         <f t="shared" si="1"/>
         <v>0.10144301492049408</v>
       </c>
       <c r="M31" s="26">
         <f t="shared" si="1"/>
         <v>9.9380850509921112E-2</v>
       </c>
       <c r="N31" s="26">
         <f t="shared" si="1"/>
         <v>9.784928583155475E-2</v>
       </c>
       <c r="O31" s="26">
         <f t="shared" si="6"/>
         <v>9.632710369842469E-2</v>
       </c>
       <c r="P31" s="26">
         <f t="shared" si="6"/>
         <v>9.312249517204145E-2</v>
       </c>
       <c r="Q31" s="26">
         <f t="shared" si="6"/>
         <v>9.1730664018966179E-2</v>
       </c>
       <c r="R31" s="26">
         <f t="shared" si="6"/>
         <v>8.9862139367089866E-2</v>
       </c>
       <c r="S31" s="26">
         <f t="shared" si="6"/>
         <v>8.9415600702282425E-2</v>
       </c>
       <c r="T31" s="26">
-        <f t="shared" ref="T31:U31" si="9">T7/T$25</f>
+        <f t="shared" ref="T31:U31" si="10">T7/T$25</f>
         <v>8.7103701133689038E-2</v>
       </c>
-      <c r="U31" s="15">
-        <f t="shared" si="9"/>
+      <c r="U31" s="26">
+        <f t="shared" si="10"/>
         <v>8.5835890691217304E-2</v>
       </c>
-    </row>
-    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V31" s="15">
+        <f t="shared" ref="V31" si="11">V7/V$25</f>
+        <v>8.4743798853801788E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A32" s="24" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="57">
-        <f t="shared" ref="B32:H32" si="10">B8/B$25</f>
+        <f t="shared" ref="B32:H32" si="12">B8/B$25</f>
         <v>1.7523109396608196E-2</v>
       </c>
       <c r="C32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.1161159469280825E-2</v>
       </c>
       <c r="D32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.2264067346034561E-2</v>
       </c>
       <c r="E32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.228855124416913E-2</v>
       </c>
       <c r="F32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.3841152205830943E-2</v>
       </c>
       <c r="G32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.3322791198438868E-2</v>
       </c>
       <c r="H32" s="26">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>2.5300969610203682E-2</v>
       </c>
       <c r="I32" s="26">
         <f t="shared" si="5"/>
         <v>2.4540107152223597E-2</v>
       </c>
       <c r="J32" s="26">
         <f t="shared" si="1"/>
         <v>2.3926545383411581E-2</v>
       </c>
       <c r="K32" s="26">
         <f t="shared" si="1"/>
         <v>2.8419440055005369E-2</v>
       </c>
       <c r="L32" s="26">
         <f t="shared" si="1"/>
         <v>2.9315618651785089E-2</v>
       </c>
       <c r="M32" s="26">
         <f t="shared" si="1"/>
         <v>3.0334929312823299E-2</v>
       </c>
       <c r="N32" s="26">
         <f t="shared" si="1"/>
         <v>3.1510972473047669E-2</v>
       </c>
       <c r="O32" s="26">
         <f t="shared" si="6"/>
         <v>3.2431684979736843E-2</v>
       </c>
       <c r="P32" s="26">
         <f t="shared" si="6"/>
         <v>3.4024129410054615E-2</v>
       </c>
       <c r="Q32" s="26">
         <f t="shared" si="6"/>
         <v>3.5085408603675712E-2</v>
       </c>
       <c r="R32" s="26">
         <f t="shared" si="6"/>
         <v>3.533236206503533E-2</v>
       </c>
       <c r="S32" s="26">
         <f t="shared" si="6"/>
         <v>3.4390615654724004E-2</v>
       </c>
       <c r="T32" s="26">
-        <f t="shared" ref="T32:U32" si="11">T8/T$25</f>
+        <f t="shared" ref="T32:U32" si="13">T8/T$25</f>
         <v>3.6589368266084041E-2</v>
       </c>
-      <c r="U32" s="15">
-        <f t="shared" si="11"/>
+      <c r="U32" s="26">
+        <f t="shared" si="13"/>
         <v>3.7620561157387114E-2</v>
       </c>
-    </row>
-    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V32" s="15">
+        <f t="shared" ref="V32" si="14">V8/V$25</f>
+        <v>3.8147187536208632E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A33" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="57">
-        <f t="shared" ref="B33:H33" si="12">B9/B$25</f>
+        <f t="shared" ref="B33:H33" si="15">B9/B$25</f>
         <v>1.7013610888710968E-2</v>
       </c>
       <c r="C33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>1.6665258176286658E-2</v>
       </c>
       <c r="D33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>1.7073865434521173E-2</v>
       </c>
       <c r="E33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>1.700889442186258E-2</v>
       </c>
       <c r="F33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>1.889114171852059E-2</v>
       </c>
       <c r="G33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>1.8854720409124556E-2</v>
       </c>
       <c r="H33" s="26">
-        <f t="shared" si="12"/>
+        <f t="shared" si="15"/>
         <v>2.2372616646059738E-2</v>
       </c>
       <c r="I33" s="26">
         <f t="shared" si="5"/>
         <v>2.3453598591285454E-2</v>
       </c>
       <c r="J33" s="26">
         <f t="shared" si="1"/>
         <v>2.5369229264475743E-2</v>
       </c>
       <c r="K33" s="26">
         <f t="shared" si="1"/>
         <v>2.6151674889325821E-2</v>
       </c>
       <c r="L33" s="26">
         <f t="shared" si="1"/>
         <v>2.7657785976136551E-2</v>
       </c>
       <c r="M33" s="26">
         <f t="shared" si="1"/>
         <v>2.9089838930580553E-2</v>
       </c>
       <c r="N33" s="26">
         <f t="shared" si="1"/>
         <v>3.0668198982104745E-2</v>
       </c>
       <c r="O33" s="26">
         <f t="shared" si="6"/>
         <v>3.2782700264856988E-2</v>
       </c>
       <c r="P33" s="26">
         <f t="shared" si="6"/>
         <v>3.4543264738251971E-2</v>
       </c>
       <c r="Q33" s="26">
         <f t="shared" si="6"/>
         <v>3.5865534639622297E-2</v>
       </c>
       <c r="R33" s="26">
         <f t="shared" si="6"/>
         <v>3.7195611453037195E-2</v>
       </c>
       <c r="S33" s="26">
         <f t="shared" si="6"/>
         <v>3.9136810017171189E-2</v>
       </c>
       <c r="T33" s="26">
-        <f t="shared" ref="T33:U33" si="13">T9/T$25</f>
+        <f t="shared" ref="T33:U33" si="16">T9/T$25</f>
         <v>4.0424594206839644E-2</v>
       </c>
-      <c r="U33" s="15">
-        <f t="shared" si="13"/>
+      <c r="U33" s="26">
+        <f t="shared" si="16"/>
         <v>4.1831068244921818E-2</v>
       </c>
-    </row>
-    <row r="34" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V33" s="15">
+        <f t="shared" ref="V33" si="17">V9/V$25</f>
+        <v>4.3120582546770411E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A34" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="57">
-        <f t="shared" ref="B34:H34" si="14">B10/B$25</f>
+        <f t="shared" ref="B34:H34" si="18">B10/B$25</f>
         <v>8.2065652522017619E-3</v>
       </c>
       <c r="C34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>9.6847798529536046E-3</v>
       </c>
       <c r="D34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>1.1646306728273942E-2</v>
       </c>
       <c r="E34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>1.2644178128421652E-2</v>
       </c>
       <c r="F34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>1.5451303922254073E-2</v>
       </c>
       <c r="G34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>1.5907408653522644E-2</v>
       </c>
       <c r="H34" s="26">
-        <f t="shared" si="14"/>
+        <f t="shared" si="18"/>
         <v>1.909286132621852E-2</v>
       </c>
       <c r="I34" s="26">
         <f t="shared" si="5"/>
         <v>1.879534924381502E-2</v>
       </c>
       <c r="J34" s="26">
         <f t="shared" si="1"/>
         <v>1.9268388106416276E-2</v>
       </c>
       <c r="K34" s="26">
         <f t="shared" si="1"/>
         <v>2.3087779399524735E-2</v>
       </c>
       <c r="L34" s="26">
         <f t="shared" si="1"/>
         <v>2.3770051602960748E-2</v>
       </c>
       <c r="M34" s="26">
         <f t="shared" si="1"/>
         <v>2.4483004516282388E-2</v>
       </c>
       <c r="N34" s="26">
         <f t="shared" si="1"/>
         <v>2.5140918294751818E-2</v>
       </c>
       <c r="O34" s="26">
         <f t="shared" si="6"/>
         <v>2.6081499367108803E-2</v>
       </c>
       <c r="P34" s="26">
         <f t="shared" si="6"/>
         <v>2.6621259629960339E-2</v>
       </c>
       <c r="Q34" s="26">
         <f t="shared" si="6"/>
         <v>2.7517172904297785E-2</v>
       </c>
       <c r="R34" s="26">
         <f t="shared" si="6"/>
         <v>2.8117226137028117E-2</v>
       </c>
       <c r="S34" s="26">
         <f t="shared" si="6"/>
         <v>2.9422546352568926E-2</v>
       </c>
       <c r="T34" s="26">
-        <f t="shared" ref="T34:U34" si="15">T10/T$25</f>
+        <f t="shared" ref="T34:U34" si="19">T10/T$25</f>
         <v>3.0428626351471734E-2</v>
       </c>
-      <c r="U34" s="15">
-        <f t="shared" si="15"/>
+      <c r="U34" s="26">
+        <f t="shared" si="19"/>
         <v>3.1510302498903991E-2</v>
       </c>
-    </row>
-    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V34" s="15">
+        <f t="shared" ref="V34" si="20">V10/V$25</f>
+        <v>3.2933144379974508E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A35" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B35" s="57">
-        <f t="shared" ref="B35:H35" si="16">B11/B$25</f>
+        <f t="shared" ref="B35:H35" si="21">B11/B$25</f>
         <v>4.6055025838852903E-2</v>
       </c>
       <c r="C35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>4.2694160398884476E-2</v>
       </c>
       <c r="D35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>4.0461421608962593E-2</v>
       </c>
       <c r="E35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>3.7047591906526074E-2</v>
       </c>
       <c r="F35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>3.6635670838285672E-2</v>
       </c>
       <c r="G35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>3.1007334634277638E-2</v>
       </c>
       <c r="H35" s="26">
-        <f t="shared" si="16"/>
+        <f t="shared" si="21"/>
         <v>3.0246632394091234E-2</v>
       </c>
       <c r="I35" s="26">
         <f t="shared" si="5"/>
         <v>2.7112759606858741E-2</v>
       </c>
       <c r="J35" s="26">
         <f t="shared" si="1"/>
         <v>2.7802230046948356E-2</v>
       </c>
       <c r="K35" s="26">
         <f t="shared" si="1"/>
         <v>2.3425531658242963E-2</v>
       </c>
       <c r="L35" s="26">
         <f t="shared" si="1"/>
         <v>2.2567539169215681E-2</v>
       </c>
       <c r="M35" s="26">
         <f t="shared" si="1"/>
         <v>2.9089838930580553E-2</v>
       </c>
       <c r="N35" s="26">
         <f t="shared" si="1"/>
         <v>2.1452416133092542E-2</v>
       </c>
       <c r="O35" s="26">
         <f t="shared" si="6"/>
         <v>2.0912001531703063E-2</v>
       </c>
       <c r="P35" s="26">
         <f t="shared" si="6"/>
         <v>2.0360487571900242E-2</v>
       </c>
       <c r="Q35" s="26">
         <f t="shared" si="6"/>
         <v>1.9969200218840549E-2</v>
       </c>
       <c r="R35" s="26">
         <f t="shared" si="6"/>
         <v>1.9782158396019781E-2</v>
       </c>
       <c r="S35" s="26">
         <f t="shared" si="6"/>
         <v>1.9467114275240685E-2</v>
       </c>
       <c r="T35" s="26">
-        <f t="shared" ref="T35:U35" si="17">T11/T$25</f>
+        <f t="shared" ref="T35:U35" si="22">T11/T$25</f>
         <v>1.9110490139999811E-2</v>
       </c>
-      <c r="U35" s="15">
-        <f t="shared" si="17"/>
+      <c r="U35" s="26">
+        <f t="shared" si="22"/>
         <v>1.8942715183399093E-2</v>
       </c>
-    </row>
-    <row r="36" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V35" s="15">
+        <f t="shared" ref="V35" si="23">V11/V$25</f>
+        <v>1.8574471688191305E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A36" s="24" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="57">
-        <f t="shared" ref="B36:H36" si="18">B12/B$25</f>
+        <f t="shared" ref="B36:H36" si="24">B12/B$25</f>
         <v>1.8069000655069511E-2</v>
       </c>
       <c r="C36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>1.7780782557255133E-2</v>
       </c>
       <c r="D36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>1.8418887271346288E-2</v>
       </c>
       <c r="E36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>1.7788843725157866E-2</v>
       </c>
       <c r="F36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>2.0345382087673915E-2</v>
       </c>
       <c r="G36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>1.9769867438261219E-2</v>
       </c>
       <c r="H36" s="26">
-        <f t="shared" si="18"/>
+        <f t="shared" si="24"/>
         <v>2.1865035465608123E-2</v>
       </c>
       <c r="I36" s="26">
         <f t="shared" si="5"/>
         <v>2.1580307968978307E-2</v>
       </c>
       <c r="J36" s="26">
         <f t="shared" si="1"/>
         <v>2.0552132237871674E-2</v>
       </c>
       <c r="K36" s="26">
         <f t="shared" si="1"/>
         <v>2.1917709074679437E-2</v>
       </c>
       <c r="L36" s="26">
         <f t="shared" si="1"/>
         <v>2.1750297709388938E-2</v>
       </c>
       <c r="M36" s="26">
         <f t="shared" si="1"/>
         <v>2.1483468595424857E-2</v>
       </c>
       <c r="N36" s="26">
         <f t="shared" si="1"/>
         <v>2.1124062824932961E-2</v>
       </c>
       <c r="O36" s="26">
         <f t="shared" si="6"/>
         <v>2.0933275185346708E-2</v>
       </c>
       <c r="P36" s="26">
         <f t="shared" si="6"/>
         <v>2.0578524409743133E-2</v>
       </c>
       <c r="Q36" s="26">
         <f t="shared" si="6"/>
         <v>1.9979331725800895E-2</v>
       </c>
       <c r="R36" s="26">
         <f t="shared" si="6"/>
         <v>1.9504653168019505E-2</v>
       </c>
       <c r="S36" s="26">
         <f t="shared" si="6"/>
         <v>1.9013717659315855E-2</v>
       </c>
       <c r="T36" s="26">
-        <f t="shared" ref="T36:U36" si="19">T12/T$25</f>
+        <f t="shared" ref="T36:U36" si="25">T12/T$25</f>
         <v>1.8810423562727982E-2</v>
       </c>
-      <c r="U36" s="15">
-        <f t="shared" si="19"/>
+      <c r="U36" s="26">
+        <f t="shared" si="25"/>
         <v>1.8486044132690341E-2</v>
       </c>
-    </row>
-    <row r="37" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V36" s="15">
+        <f t="shared" ref="V36" si="26">V12/V$25</f>
+        <v>1.8369475119655605E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A37" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="57">
-        <f t="shared" ref="B37:H37" si="20">B13/B$25</f>
+        <f t="shared" ref="B37:H37" si="27">B13/B$25</f>
         <v>2.3873644370041486E-2</v>
       </c>
       <c r="C37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.3256993154736755E-2</v>
       </c>
       <c r="D37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.2659662003924299E-2</v>
       </c>
       <c r="E37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.0878642888212267E-2</v>
       </c>
       <c r="F37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.2596658043767041E-2</v>
       </c>
       <c r="G37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.1425206917434898E-2</v>
       </c>
       <c r="H37" s="26">
-        <f t="shared" si="20"/>
+        <f t="shared" si="27"/>
         <v>2.2619899785254118E-2</v>
       </c>
       <c r="I37" s="26">
         <f t="shared" si="5"/>
         <v>2.153035355238345E-2</v>
       </c>
       <c r="J37" s="26">
         <f t="shared" si="1"/>
         <v>2.0601036776212833E-2</v>
       </c>
       <c r="K37" s="26">
         <f t="shared" si="1"/>
         <v>2.0892389717856237E-2</v>
       </c>
       <c r="L37" s="26">
         <f t="shared" si="1"/>
         <v>2.0536110397646346E-2</v>
       </c>
       <c r="M37" s="26">
         <f t="shared" si="1"/>
         <v>2.0238378213182112E-2</v>
       </c>
       <c r="N37" s="26">
         <f t="shared" si="1"/>
         <v>1.9898210474470532E-2</v>
       </c>
       <c r="O37" s="26">
         <f t="shared" si="6"/>
         <v>1.9539850871687959E-2</v>
       </c>
       <c r="P37" s="26">
         <f t="shared" si="6"/>
         <v>1.9166476317046328E-2</v>
       </c>
       <c r="Q37" s="26">
         <f t="shared" si="6"/>
         <v>1.9270126238576726E-2</v>
       </c>
       <c r="R37" s="26">
         <f t="shared" si="6"/>
         <v>1.9048751722019048E-2</v>
       </c>
       <c r="S37" s="26">
         <f t="shared" si="6"/>
         <v>1.8830429665644112E-2</v>
       </c>
       <c r="T37" s="26">
-        <f t="shared" ref="T37:U37" si="21">T13/T$25</f>
+        <f t="shared" ref="T37:U37" si="28">T13/T$25</f>
         <v>1.8894817287585682E-2</v>
       </c>
-      <c r="U37" s="15">
-        <f t="shared" si="21"/>
+      <c r="U37" s="26">
+        <f t="shared" si="28"/>
         <v>1.8732646500073068E-2</v>
       </c>
-    </row>
-    <row r="38" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V37" s="15">
+        <f t="shared" ref="V37" si="29">V13/V$25</f>
+        <v>1.8226868811109031E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A38" s="24" t="s">
         <v>5</v>
       </c>
       <c r="B38" s="57">
-        <f t="shared" ref="B38:H38" si="22">B14/B$25</f>
+        <f t="shared" ref="B38:H38" si="30">B14/B$25</f>
         <v>3.1006623480602662E-2</v>
       </c>
       <c r="C38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>3.0372686554550832E-2</v>
       </c>
       <c r="D38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>2.7106145958604975E-2</v>
       </c>
       <c r="E38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>2.5048371855829372E-2</v>
       </c>
       <c r="F38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>2.3323778228343705E-2</v>
       </c>
       <c r="G38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>2.2434560258394454E-2</v>
       </c>
       <c r="H38" s="26">
-        <f t="shared" si="22"/>
+        <f t="shared" si="30"/>
         <v>2.1995184486236743E-2</v>
       </c>
       <c r="I38" s="26">
         <f t="shared" si="5"/>
         <v>2.1230627052814307E-2</v>
       </c>
       <c r="J38" s="26">
         <f t="shared" si="1"/>
         <v>2.066216744913928E-2</v>
       </c>
       <c r="K38" s="26">
         <f t="shared" si="1"/>
         <v>2.1073328427883863E-2</v>
       </c>
       <c r="L38" s="26">
         <f t="shared" si="1"/>
         <v>2.0617834543629018E-2</v>
       </c>
       <c r="M38" s="26">
         <f t="shared" si="1"/>
         <v>2.0362887251406385E-2</v>
       </c>
       <c r="N38" s="26">
         <f t="shared" si="1"/>
         <v>1.9602692497126907E-2</v>
       </c>
       <c r="O38" s="26">
         <f t="shared" si="6"/>
         <v>1.8986735876953188E-2</v>
       </c>
       <c r="P38" s="26">
         <f t="shared" si="6"/>
         <v>1.848121768382582E-2</v>
       </c>
       <c r="Q38" s="26">
         <f t="shared" si="6"/>
         <v>1.8135397459018054E-2</v>
       </c>
       <c r="R38" s="26">
         <f t="shared" si="6"/>
         <v>1.7710780087017711E-2</v>
       </c>
       <c r="S38" s="26">
         <f t="shared" si="6"/>
         <v>1.6794968262236885E-2</v>
       </c>
       <c r="T38" s="26">
-        <f t="shared" ref="T38:U38" si="23">T14/T$25</f>
+        <f t="shared" ref="T38:U38" si="31">T14/T$25</f>
         <v>1.6363005541854599E-2</v>
       </c>
-      <c r="U38" s="15">
-        <f t="shared" si="23"/>
+      <c r="U38" s="26">
+        <f t="shared" si="31"/>
         <v>1.5901285985678797E-2</v>
       </c>
-    </row>
-    <row r="39" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V38" s="15">
+        <f t="shared" ref="V38" si="32">V14/V$25</f>
+        <v>1.5401481323030028E-2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A39" s="25" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="57">
-        <f t="shared" ref="B39:H39" si="24">B15/B$25</f>
+        <f t="shared" ref="B39:H39" si="33">B15/B$25</f>
         <v>3.8758279350753328E-3</v>
       </c>
       <c r="C39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>4.5466069466745546E-3</v>
       </c>
       <c r="D39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>5.6807392872966645E-3</v>
       </c>
       <c r="E39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>7.2295300805447649E-3</v>
       </c>
       <c r="F39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>7.9144235475075153E-3</v>
       </c>
       <c r="G39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>8.5324002422448014E-3</v>
       </c>
       <c r="H39" s="26">
-        <f t="shared" si="24"/>
+        <f t="shared" si="33"/>
         <v>1.1231860480249886E-2</v>
       </c>
       <c r="I39" s="26">
         <f t="shared" si="5"/>
         <v>1.2526069961160442E-2</v>
       </c>
       <c r="J39" s="26">
-        <f t="shared" ref="J39:S46" si="25">J15/J$25</f>
+        <f t="shared" ref="J39:S46" si="34">J15/J$25</f>
         <v>1.3338712832550861E-2</v>
       </c>
       <c r="K39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4499221963546881E-2</v>
       </c>
       <c r="L39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.5504237980713102E-2</v>
       </c>
       <c r="M39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.6084303937881309E-2</v>
       </c>
       <c r="N39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.7008701362666228E-2</v>
       </c>
       <c r="O39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.7635858870581729E-2</v>
       </c>
       <c r="P39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.8803081587308181E-2</v>
       </c>
       <c r="Q39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.9371441308180179E-2</v>
       </c>
       <c r="R39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.9623583980019624E-2</v>
       </c>
       <c r="S39" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>2.000733151974687E-2</v>
       </c>
       <c r="T39" s="26">
-        <f t="shared" ref="T39:U39" si="26">T15/T$25</f>
+        <f t="shared" ref="T39:U39" si="35">T15/T$25</f>
         <v>2.0507675140421781E-2</v>
       </c>
-      <c r="U39" s="15">
-        <f t="shared" si="26"/>
+      <c r="U39" s="26">
+        <f t="shared" si="35"/>
         <v>2.1390472015198014E-2</v>
       </c>
-    </row>
-    <row r="40" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V39" s="15">
+        <f t="shared" ref="V39" si="36">V15/V$25</f>
+        <v>2.1631594427658492E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A40" s="24" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="57">
-        <f t="shared" ref="B40:H40" si="27">B16/B$25</f>
+        <f t="shared" ref="B40:H40" si="37">B16/B$25</f>
         <v>4.1287575514957424E-2</v>
       </c>
       <c r="C40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>3.8198259105890309E-2</v>
       </c>
       <c r="D40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>3.617317551743781E-2</v>
       </c>
       <c r="E40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>3.3042852214606053E-2</v>
       </c>
       <c r="F40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>3.1895406558064741E-2</v>
       </c>
       <c r="G40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>2.8867505551443375E-2</v>
       </c>
       <c r="H40" s="26">
-        <f t="shared" si="27"/>
+        <f t="shared" si="37"/>
         <v>2.4611179800871998E-2</v>
       </c>
       <c r="I40" s="26">
         <f t="shared" si="5"/>
         <v>2.1780125635357736E-2</v>
       </c>
       <c r="J40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>2.195813771517997E-2</v>
       </c>
       <c r="K40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.7852619389392168E-2</v>
       </c>
       <c r="L40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.5749410418661125E-2</v>
       </c>
       <c r="M40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.5903199882282365E-2</v>
       </c>
       <c r="N40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.5355989711596345E-2</v>
       </c>
       <c r="O40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4646910533649601E-2</v>
       </c>
       <c r="P40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4037419274456465E-2</v>
       </c>
       <c r="Q40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3616745354704059E-2</v>
       </c>
       <c r="R40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.2933725805012933E-2</v>
       </c>
       <c r="S40" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.2762632401458586E-2</v>
       </c>
       <c r="T40" s="26">
-        <f t="shared" ref="T40:U40" si="28">T16/T$25</f>
+        <f t="shared" ref="T40:U40" si="38">T16/T$25</f>
         <v>1.2349615070843844E-2</v>
       </c>
-      <c r="U40" s="15">
-        <f t="shared" si="28"/>
+      <c r="U40" s="26">
+        <f t="shared" si="38"/>
         <v>1.2129183106824492E-2</v>
       </c>
-    </row>
-    <row r="41" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V40" s="15">
+        <f t="shared" ref="V40" si="39">V16/V$25</f>
+        <v>1.1782846243660704E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A41" s="24" t="s">
         <v>48</v>
       </c>
       <c r="B41" s="57">
-        <f t="shared" ref="B41:H41" si="29">B17/B$25</f>
+        <f t="shared" ref="B41:H41" si="40">B17/B$25</f>
         <v>1.644952325496761E-2</v>
       </c>
       <c r="C41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.5718752640919462E-2</v>
       </c>
       <c r="D41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.5428191657699854E-2</v>
       </c>
       <c r="E41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.445906016108953E-2</v>
       </c>
       <c r="F41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.5633083968398239E-2</v>
       </c>
       <c r="G41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.4548146154363771E-2</v>
       </c>
       <c r="H41" s="26">
-        <f t="shared" si="29"/>
+        <f t="shared" si="40"/>
         <v>1.4706839331034035E-2</v>
       </c>
       <c r="I41" s="26">
         <f t="shared" si="5"/>
         <v>1.3712487355288299E-2</v>
       </c>
       <c r="J41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.335093896713615E-2</v>
       </c>
       <c r="K41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3606590994077274E-2</v>
       </c>
       <c r="L41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3542858477128914E-2</v>
       </c>
       <c r="M41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.6084303937881309E-2</v>
       </c>
       <c r="N41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3681387839982488E-2</v>
       </c>
       <c r="O41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3764053907438333E-2</v>
       </c>
       <c r="P41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3808999730049629E-2</v>
       </c>
       <c r="Q41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.382950700087131E-2</v>
       </c>
       <c r="R41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4014014014014014E-2</v>
       </c>
       <c r="S41" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4383284134977137E-2</v>
       </c>
       <c r="T41" s="26">
-        <f t="shared" ref="T41:U41" si="30">T17/T$25</f>
+        <f t="shared" ref="T41:U41" si="41">T17/T$25</f>
         <v>1.4487589433905648E-2</v>
       </c>
-      <c r="U41" s="15">
-        <f t="shared" si="30"/>
+      <c r="U41" s="26">
+        <f t="shared" si="41"/>
         <v>1.4531272833552536E-2</v>
       </c>
-    </row>
-    <row r="42" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V41" s="15">
+        <f t="shared" ref="V41" si="42">V17/V$25</f>
+        <v>1.434084690321488E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A42" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="57">
-        <f t="shared" ref="B42:H42" si="31">B18/B$25</f>
+        <f t="shared" ref="B42:H42" si="43">B18/B$25</f>
         <v>2.3709876992503095E-2</v>
       </c>
       <c r="C42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>2.1465393391363136E-2</v>
       </c>
       <c r="D42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>2.1188049876574466E-2</v>
       </c>
       <c r="E42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>2.0218685785423948E-2</v>
       </c>
       <c r="F42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>1.9086904845137385E-2</v>
       </c>
       <c r="G42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>1.7831909023618867E-2</v>
       </c>
       <c r="H42" s="26">
-        <f t="shared" si="31"/>
+        <f t="shared" si="43"/>
         <v>1.6268627578577471E-2</v>
       </c>
       <c r="I42" s="26">
         <f t="shared" si="5"/>
         <v>1.5111211019944301E-2</v>
       </c>
       <c r="J42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4487969483568074E-2</v>
       </c>
       <c r="K42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.4209720027502684E-2</v>
       </c>
       <c r="L42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3659607257104163E-2</v>
       </c>
       <c r="M42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.291498296489977E-2</v>
       </c>
       <c r="N42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.231324905598424E-2</v>
       </c>
       <c r="O42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.1583504408964718E-2</v>
       </c>
       <c r="P42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.137944639408601E-2</v>
       </c>
       <c r="Q42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.1073737107657394E-2</v>
       </c>
       <c r="R42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.0703773080010704E-2</v>
       </c>
       <c r="S42" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.0360595010707878E-2</v>
       </c>
       <c r="T42" s="26">
-        <f t="shared" ref="T42:U42" si="32">T18/T$25</f>
+        <f t="shared" ref="T42:U42" si="44">T18/T$25</f>
         <v>1.0099115741305103E-2</v>
       </c>
-      <c r="U42" s="15">
-        <f t="shared" si="32"/>
+      <c r="U42" s="26">
+        <f t="shared" si="44"/>
         <v>1.0037629694578401E-2</v>
       </c>
-    </row>
-    <row r="43" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V42" s="15">
+        <f t="shared" ref="V42" si="45">V18/V$25</f>
+        <v>9.973528703976043E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A43" s="25" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="57">
-        <f t="shared" ref="B43:H43" si="33">B19/B$25</f>
+        <f t="shared" ref="B43:H43" si="46">B19/B$25</f>
         <v>9.0617948904578201E-3</v>
       </c>
       <c r="C43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>7.6058480520578044E-3</v>
       </c>
       <c r="D43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>7.2472941325400341E-3</v>
       </c>
       <c r="E43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>8.3994540354876933E-3</v>
       </c>
       <c r="F43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>7.9983220303432839E-3</v>
       </c>
       <c r="G43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>7.9402462822151937E-3</v>
       </c>
       <c r="H43" s="26">
-        <f t="shared" si="33"/>
+        <f t="shared" si="46"/>
         <v>9.1494761501919701E-3</v>
       </c>
       <c r="I43" s="26">
         <f t="shared" si="5"/>
         <v>9.96590611067401E-3</v>
       </c>
       <c r="J43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.008656103286385E-2</v>
       </c>
       <c r="K43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.0808072278983366E-2</v>
       </c>
       <c r="L43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.1102808975646205E-2</v>
       </c>
       <c r="M43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.1352960485358868E-2</v>
       </c>
       <c r="N43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.1831664204016856E-2</v>
       </c>
       <c r="O43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.197706700137215E-2</v>
       </c>
       <c r="P43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.234503810453309E-2</v>
       </c>
       <c r="Q43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.2846750825717818E-2</v>
       </c>
       <c r="R43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.3280607340013281E-2</v>
       </c>
       <c r="S43" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>1.35826050047269E-2</v>
       </c>
       <c r="T43" s="26">
-        <f t="shared" ref="T43:U43" si="34">T19/T$25</f>
+        <f t="shared" ref="T43:U43" si="47">T19/T$25</f>
         <v>1.3699914668567088E-2</v>
       </c>
-      <c r="U43" s="15">
-        <f t="shared" si="34"/>
+      <c r="U43" s="26">
+        <f t="shared" si="47"/>
         <v>1.374579862633348E-2</v>
       </c>
-    </row>
-    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V43" s="15">
+        <f t="shared" ref="V43" si="48">V19/V$25</f>
+        <v>1.3868463506154354E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A44" s="25" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="57">
-        <f t="shared" ref="B44:H44" si="35">B20/B$25</f>
+        <f t="shared" ref="B44:H44" si="49">B20/B$25</f>
         <v>8.0791906252274549E-3</v>
       </c>
       <c r="C44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.2312177807825574E-3</v>
       </c>
       <c r="D44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.2441926704221787E-3</v>
       </c>
       <c r="E44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.2344647597906145E-3</v>
       </c>
       <c r="F44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.4737467664126407E-3</v>
       </c>
       <c r="G44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.4651100195141642E-3</v>
       </c>
       <c r="H44" s="26">
-        <f t="shared" si="35"/>
+        <f t="shared" si="49"/>
         <v>8.9542526192490403E-3</v>
       </c>
       <c r="I44" s="26">
         <f t="shared" si="5"/>
         <v>9.1416582368588663E-3</v>
       </c>
       <c r="J44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.0962441314553985E-3</v>
       </c>
       <c r="K44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.3364374374253628E-3</v>
       </c>
       <c r="L44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.5383753239778636E-3</v>
       </c>
       <c r="M44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.6098339502190232E-3</v>
       </c>
       <c r="N44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.5331910468997982E-3</v>
       </c>
       <c r="O44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.2327656813419416E-3</v>
       </c>
       <c r="P44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.2198434287850163E-3</v>
       </c>
       <c r="Q44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.0676987295090269E-3</v>
       </c>
       <c r="R44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>9.0882962170090887E-3</v>
       </c>
       <c r="S44" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.8364106422797167E-3</v>
       </c>
       <c r="T44" s="26">
-        <f t="shared" ref="T44:U44" si="36">T20/T$25</f>
+        <f t="shared" ref="T44:U44" si="50">T20/T$25</f>
         <v>8.8988494322177741E-3</v>
       </c>
-      <c r="U44" s="15">
-        <f t="shared" si="36"/>
+      <c r="U44" s="26">
+        <f t="shared" si="50"/>
         <v>8.6950168054946656E-3</v>
       </c>
-    </row>
-    <row r="45" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V44" s="15">
+        <f t="shared" ref="V44" si="51">V20/V$25</f>
+        <v>8.4672495699528501E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="25" t="s">
         <v>11</v>
       </c>
       <c r="B45" s="41">
-        <f t="shared" ref="B45:H45" si="37">B21/B$25</f>
+        <f t="shared" ref="B45:H45" si="52">B21/B$25</f>
         <v>1.3519906834558556E-2</v>
       </c>
       <c r="C45" s="42">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>1.2253866306093129E-2</v>
       </c>
       <c r="D45" s="43">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>1.1234888284068613E-2</v>
       </c>
       <c r="E45" s="43">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>1.0634308769929955E-2</v>
       </c>
       <c r="F45" s="44">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>1.0291547227854296E-2</v>
       </c>
       <c r="G45" s="45">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>9.6897920732117622E-3</v>
       </c>
       <c r="H45" s="45">
-        <f t="shared" si="37"/>
+        <f t="shared" si="52"/>
         <v>9.3316847790720376E-3</v>
       </c>
       <c r="I45" s="45">
         <f t="shared" si="5"/>
         <v>9.1166810285614377E-3</v>
       </c>
       <c r="J45" s="43">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.7172339593114233E-3</v>
       </c>
       <c r="K45" s="45">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.974560017370117E-3</v>
       </c>
       <c r="L45" s="44">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.9196067901090442E-3</v>
       </c>
       <c r="M45" s="44">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.7948657000237705E-3</v>
       </c>
       <c r="N45" s="44">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.7560882175887929E-3</v>
       </c>
       <c r="O45" s="44">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.6158297256762363E-3</v>
       </c>
       <c r="P45" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.5968810349481908E-3</v>
       </c>
       <c r="Q45" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.5408603675710733E-3</v>
       </c>
       <c r="R45" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.6423056720086426E-3</v>
       </c>
       <c r="S45" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>8.537361810499508E-3</v>
       </c>
       <c r="T45" s="26">
-        <f t="shared" ref="T45:U45" si="38">T21/T$25</f>
+        <f t="shared" ref="T45:U45" si="53">T21/T$25</f>
         <v>8.7113078214228774E-3</v>
       </c>
-      <c r="U45" s="46">
-        <f t="shared" si="38"/>
+      <c r="U45" s="26">
+        <f t="shared" si="53"/>
         <v>8.7224170685371912E-3</v>
       </c>
-    </row>
-    <row r="46" spans="1:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="V45" s="46">
+        <f t="shared" ref="V45" si="54">V21/V$25</f>
+        <v>8.9039813898767351E-3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="25" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="58">
-        <f t="shared" ref="B46:H46" si="39">B22/B$25</f>
+        <f t="shared" ref="B46:H46" si="55">B22/B$25</f>
         <v>5.9465754421719197E-2</v>
       </c>
       <c r="C46" s="59">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>6.9044198428124731E-2</v>
       </c>
       <c r="D46" s="60">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>7.051079182226723E-2</v>
       </c>
       <c r="E46" s="61">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>0.10568313059651123</v>
       </c>
       <c r="F46" s="61">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>8.669509893029434E-2</v>
       </c>
       <c r="G46" s="62">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>0.10311553731242851</v>
       </c>
       <c r="H46" s="62">
-        <f t="shared" si="39"/>
+        <f t="shared" si="55"/>
         <v>9.8665972538556648E-2</v>
       </c>
       <c r="I46" s="62">
         <f t="shared" si="5"/>
         <v>0.11247236896332097</v>
       </c>
       <c r="J46" s="61">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.11504792644757433</v>
       </c>
       <c r="K46" s="62">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.11463070409283362</v>
       </c>
       <c r="L46" s="60">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.12359025848179886</v>
       </c>
       <c r="M46" s="61">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.1177176361393143</v>
       </c>
       <c r="N46" s="61">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.1327422973786461</v>
       </c>
       <c r="O46" s="61">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.13948071011455862</v>
       </c>
       <c r="P46" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.14643769337790977</v>
       </c>
       <c r="Q46" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.15280338797592755</v>
       </c>
       <c r="R46" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.16003131844716004</v>
       </c>
       <c r="S46" s="26">
-        <f t="shared" si="25"/>
+        <f t="shared" si="34"/>
         <v>0.16826802492716714</v>
       </c>
       <c r="T46" s="26">
-        <f t="shared" ref="T46:U46" si="40">T22/T$25</f>
+        <f t="shared" ref="T46:U46" si="56">T22/T$25</f>
         <v>0.17492006038839866</v>
       </c>
-      <c r="U46" s="63">
-        <f t="shared" si="40"/>
+      <c r="U46" s="26">
+        <f t="shared" si="56"/>
         <v>0.18201994739149496</v>
       </c>
-    </row>
-    <row r="47" spans="1:21" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="V46" s="63">
+        <f t="shared" ref="V46" si="57">V22/V$25</f>
+        <v>0.18960400010695472</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="122" t="s">
         <v>44</v>
       </c>
       <c r="B47" s="48">
-        <f t="shared" ref="B47:H47" si="41">B23/B$25</f>
+        <f t="shared" ref="B47:H47" si="58">B23/B$25</f>
         <v>0.99868986097969281</v>
       </c>
       <c r="C47" s="49">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99758303050790165</v>
       </c>
       <c r="D47" s="49">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99742072283055894</v>
       </c>
       <c r="E47" s="50">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99572527785693932</v>
       </c>
       <c r="F47" s="50">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99591694050199264</v>
       </c>
       <c r="G47" s="51">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99498014938429447</v>
       </c>
       <c r="H47" s="51">
-        <f t="shared" si="41"/>
+        <f t="shared" si="58"/>
         <v>0.99388299603045482</v>
       </c>
       <c r="I47" s="51">
-        <f t="shared" ref="I47:O47" si="42">I23/I$25</f>
+        <f t="shared" ref="I47:O47" si="59">I23/I$25</f>
         <v>0.9925068375107714</v>
       </c>
       <c r="J47" s="50">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.99183294209702655</v>
       </c>
       <c r="K47" s="51">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.99039818578786742</v>
       </c>
       <c r="L47" s="49">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.98889719102435381</v>
       </c>
       <c r="M47" s="49">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.98800185631656989</v>
       </c>
       <c r="N47" s="49">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.98745690362830407</v>
       </c>
       <c r="O47" s="49">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>0.98640613532171084</v>
       </c>
       <c r="P47" s="49">
-        <f t="shared" ref="P47:S47" si="43">P23/P$25</f>
+        <f t="shared" ref="P47:S47" si="60">P23/P$25</f>
         <v>0.98538114915796249</v>
       </c>
       <c r="Q47" s="49">
-        <f t="shared" si="43"/>
+        <f t="shared" si="60"/>
         <v>0.98449879435067167</v>
       </c>
       <c r="R47" s="49">
-        <f t="shared" si="43"/>
+        <f t="shared" si="60"/>
         <v>0.98375603326098371</v>
       </c>
       <c r="S47" s="49">
-        <f t="shared" si="43"/>
+        <f t="shared" si="60"/>
         <v>0.98287704269645582</v>
       </c>
       <c r="T47" s="49">
-        <f t="shared" ref="T47:U47" si="44">T23/T$25</f>
+        <f t="shared" ref="T47:U47" si="61">T23/T$25</f>
         <v>0.98244610522959785</v>
       </c>
-      <c r="U47" s="52">
-        <f t="shared" si="44"/>
+      <c r="U47" s="49">
+        <f t="shared" si="61"/>
         <v>0.98200716060207516</v>
       </c>
-    </row>
-    <row r="48" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="V47" s="52">
+        <f t="shared" ref="V47" si="62">V23/V$25</f>
+        <v>0.98118488016613636</v>
+      </c>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A48" s="24" t="s">
         <v>45</v>
       </c>
       <c r="B48" s="47">
-        <f t="shared" ref="B48:H48" si="45">B24/B$25</f>
+        <f t="shared" ref="B48:H48" si="63">B24/B$25</f>
         <v>1.3101390203071547E-3</v>
       </c>
       <c r="C48" s="44">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>2.4169694920983691E-3</v>
       </c>
       <c r="D48" s="44">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>2.579277169441104E-3</v>
       </c>
       <c r="E48" s="43">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>4.2747221430607012E-3</v>
       </c>
       <c r="F48" s="43">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>4.0830594980074113E-3</v>
       </c>
       <c r="G48" s="45">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>5.0198506157055379E-3</v>
       </c>
       <c r="H48" s="45">
-        <f t="shared" si="45"/>
+        <f t="shared" si="63"/>
         <v>6.1170039695451293E-3</v>
       </c>
       <c r="I48" s="45">
         <f t="shared" si="5"/>
         <v>7.4931624892285789E-3</v>
       </c>
       <c r="J48" s="43">
-        <f t="shared" ref="J48:O48" si="46">J24/J$25</f>
+        <f t="shared" ref="J48:O48" si="64">J24/J$25</f>
         <v>8.1670579029733958E-3</v>
       </c>
       <c r="K48" s="45">
-        <f t="shared" si="46"/>
+        <f t="shared" si="64"/>
         <v>9.6018142121325444E-3</v>
       </c>
       <c r="L48" s="44">
-        <f t="shared" si="46"/>
+        <f t="shared" si="64"/>
         <v>1.1102808975646205E-2</v>
       </c>
       <c r="M48" s="43">
-        <f t="shared" si="46"/>
+        <f t="shared" si="64"/>
         <v>1.199814368343011E-2</v>
       </c>
       <c r="N48" s="43">
-        <f t="shared" si="46"/>
+        <f t="shared" si="64"/>
         <v>1.2543096371695945E-2</v>
       </c>
       <c r="O48" s="43">
-        <f t="shared" si="46"/>
+        <f t="shared" si="64"/>
         <v>1.3593864678289172E-2</v>
       </c>
       <c r="P48" s="43">
-        <f t="shared" ref="P48:S48" si="47">P24/P$25</f>
+        <f t="shared" ref="P48:S48" si="65">P24/P$25</f>
         <v>1.4618850842037503E-2</v>
       </c>
       <c r="Q48" s="43">
-        <f t="shared" si="47"/>
+        <f t="shared" si="65"/>
         <v>1.5501205649328281E-2</v>
       </c>
       <c r="R48" s="43">
-        <f t="shared" si="47"/>
+        <f t="shared" si="65"/>
         <v>1.6243966739016243E-2</v>
       </c>
       <c r="S48" s="43">
-        <f t="shared" si="47"/>
+        <f t="shared" si="65"/>
         <v>1.7122957303544212E-2</v>
       </c>
       <c r="T48" s="43">
-        <f t="shared" ref="T48:U48" si="48">T24/T$25</f>
+        <f t="shared" ref="T48:U48" si="66">T24/T$25</f>
         <v>1.7553894770402183E-2</v>
       </c>
-      <c r="U48" s="105">
-        <f t="shared" si="48"/>
+      <c r="U48" s="43">
+        <f t="shared" si="66"/>
         <v>1.7992839397924888E-2</v>
       </c>
-    </row>
-    <row r="49" spans="1:21" s="1" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="V48" s="105">
+        <f t="shared" ref="V48" si="67">V24/V$25</f>
+        <v>1.881511983386365E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:22" s="1" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="126" t="s">
         <v>46</v>
       </c>
       <c r="B49" s="53">
-        <f t="shared" ref="B49:H49" si="49">B47+B48</f>
+        <f t="shared" ref="B49:H49" si="68">B47+B48</f>
         <v>1</v>
       </c>
       <c r="C49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="D49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="E49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="F49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="G49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="H49" s="54">
-        <f t="shared" si="49"/>
+        <f t="shared" si="68"/>
         <v>1</v>
       </c>
       <c r="I49" s="54">
-        <f t="shared" ref="I49:N49" si="50">I47+I48</f>
+        <f t="shared" ref="I49:N49" si="69">I47+I48</f>
         <v>1</v>
       </c>
       <c r="J49" s="55">
-        <f t="shared" si="50"/>
+        <f t="shared" si="69"/>
         <v>1</v>
       </c>
       <c r="K49" s="55">
-        <f t="shared" si="50"/>
+        <f t="shared" si="69"/>
         <v>1</v>
       </c>
       <c r="L49" s="56">
-        <f t="shared" si="50"/>
+        <f t="shared" si="69"/>
         <v>1</v>
       </c>
       <c r="M49" s="56">
-        <f t="shared" si="50"/>
+        <f t="shared" si="69"/>
         <v>1</v>
       </c>
       <c r="N49" s="56">
-        <f t="shared" si="50"/>
+        <f t="shared" si="69"/>
         <v>1</v>
       </c>
       <c r="O49" s="56">
-        <f t="shared" ref="O49:T49" si="51">O25/O$25</f>
+        <f t="shared" ref="O49:T49" si="70">O25/O$25</f>
         <v>1</v>
       </c>
       <c r="P49" s="56">
-        <f t="shared" si="51"/>
+        <f t="shared" si="70"/>
         <v>1</v>
       </c>
       <c r="Q49" s="56">
-        <f t="shared" si="51"/>
+        <f t="shared" si="70"/>
         <v>1</v>
       </c>
       <c r="R49" s="56">
-        <f t="shared" si="51"/>
+        <f t="shared" si="70"/>
         <v>1</v>
       </c>
       <c r="S49" s="56">
-        <f t="shared" si="51"/>
+        <f t="shared" si="70"/>
         <v>1</v>
       </c>
       <c r="T49" s="56">
-        <f t="shared" si="51"/>
+        <f t="shared" si="70"/>
         <v>1</v>
       </c>
-      <c r="U49" s="101">
-        <f t="shared" ref="U49" si="52">U25/U$25</f>
+      <c r="U49" s="56">
+        <f t="shared" ref="U49:V49" si="71">U25/U$25</f>
+        <v>1</v>
+      </c>
+      <c r="V49" s="101">
+        <f t="shared" si="71"/>
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="81" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:W66"/>
+  <sheetPr>
+    <tabColor theme="7" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:X66"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="X6" sqref="X6"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Z12" sqref="Z12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.109375" customWidth="1"/>
     <col min="2" max="2" width="13.44140625" customWidth="1"/>
     <col min="3" max="12" width="9.109375" customWidth="1"/>
     <col min="13" max="13" width="10.44140625" customWidth="1"/>
     <col min="14" max="14" width="11.88671875" customWidth="1"/>
     <col min="15" max="17" width="10.44140625" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" style="96" customWidth="1"/>
     <col min="19" max="19" width="8.88671875" customWidth="1"/>
-    <col min="20" max="21" width="9.109375" customWidth="1"/>
+    <col min="20" max="23" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:24" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="2" spans="1:23" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="3" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:24" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="118">
         <v>2003</v>
       </c>
       <c r="C3" s="6">
         <v>2004</v>
       </c>
       <c r="D3" s="6">
         <v>2005</v>
       </c>
       <c r="E3" s="6">
         <v>2006</v>
       </c>
       <c r="F3" s="6">
         <v>2007</v>
       </c>
       <c r="G3" s="6">
         <v>2008</v>
       </c>
       <c r="H3" s="6">
         <v>2009</v>
       </c>
       <c r="I3" s="6">
@@ -25237,55 +17513,58 @@
       </c>
       <c r="O3" s="6">
         <v>2016</v>
       </c>
       <c r="P3" s="6">
         <v>2017</v>
       </c>
       <c r="Q3" s="6">
         <v>2018</v>
       </c>
       <c r="R3" s="6">
         <v>2019</v>
       </c>
       <c r="S3" s="6">
         <v>2020</v>
       </c>
       <c r="T3" s="6">
         <v>2021</v>
       </c>
       <c r="U3" s="6">
         <v>2022</v>
       </c>
       <c r="V3" s="6">
         <v>2023</v>
       </c>
-      <c r="W3" s="97">
+      <c r="W3" s="6">
         <v>2024</v>
       </c>
-    </row>
-    <row r="4" spans="1:23" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="X3" s="97">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="119">
         <v>427</v>
       </c>
       <c r="C4" s="8">
         <v>526</v>
       </c>
       <c r="D4" s="8">
         <v>527</v>
       </c>
       <c r="E4" s="8">
         <v>754</v>
       </c>
       <c r="F4" s="8">
         <v>740</v>
       </c>
       <c r="G4" s="8">
         <v>729</v>
       </c>
       <c r="H4" s="8">
         <v>726</v>
       </c>
       <c r="I4" s="8">
@@ -25308,55 +17587,58 @@
       </c>
       <c r="O4" s="117">
         <v>1093</v>
       </c>
       <c r="P4" s="117">
         <v>1159</v>
       </c>
       <c r="Q4" s="117">
         <v>1088</v>
       </c>
       <c r="R4" s="117">
         <v>1144</v>
       </c>
       <c r="S4" s="117">
         <v>918</v>
       </c>
       <c r="T4" s="117">
         <v>732</v>
       </c>
       <c r="U4" s="117">
         <v>619</v>
       </c>
       <c r="V4" s="117">
         <v>603</v>
       </c>
-      <c r="W4" s="120">
+      <c r="W4" s="117">
         <v>619</v>
       </c>
-    </row>
-    <row r="5" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="X4" s="120">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="121">
         <v>924</v>
       </c>
       <c r="C5" s="9">
         <v>1006</v>
       </c>
       <c r="D5" s="9">
         <v>1077</v>
       </c>
       <c r="E5" s="9">
         <v>1050</v>
       </c>
       <c r="F5" s="9">
         <v>1273</v>
       </c>
       <c r="G5" s="9">
         <v>1416</v>
       </c>
       <c r="H5" s="9">
         <v>1366</v>
       </c>
       <c r="I5" s="9">
@@ -25379,55 +17661,58 @@
       </c>
       <c r="O5" s="9">
         <v>1300</v>
       </c>
       <c r="P5" s="9">
         <v>1427</v>
       </c>
       <c r="Q5" s="9">
         <v>1427</v>
       </c>
       <c r="R5" s="9">
         <v>1212</v>
       </c>
       <c r="S5" s="9">
         <v>1255</v>
       </c>
       <c r="T5" s="9">
         <v>1401</v>
       </c>
       <c r="U5" s="9">
         <v>1614</v>
       </c>
       <c r="V5" s="9">
         <v>1568</v>
       </c>
-      <c r="W5" s="106">
+      <c r="W5" s="9">
         <v>1561</v>
       </c>
-    </row>
-    <row r="6" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="X5" s="106">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="4">
         <v>31.84</v>
       </c>
       <c r="C6" s="4">
         <v>31.9</v>
       </c>
       <c r="D6" s="4">
         <v>29.78</v>
       </c>
       <c r="E6" s="9">
         <v>28.33</v>
       </c>
       <c r="F6" s="9">
         <v>27.75</v>
       </c>
       <c r="G6" s="9">
         <v>24.95</v>
       </c>
       <c r="H6" s="9">
         <v>26.45</v>
       </c>
       <c r="I6" s="9">
@@ -25450,61 +17735,64 @@
       </c>
       <c r="O6" s="9">
         <v>27.03</v>
       </c>
       <c r="P6" s="9">
         <v>26.33</v>
       </c>
       <c r="Q6" s="9">
         <v>25.64</v>
       </c>
       <c r="R6" s="9">
         <v>25.67</v>
       </c>
       <c r="S6" s="9">
         <v>26.44</v>
       </c>
       <c r="T6" s="9">
         <v>25.645</v>
       </c>
       <c r="U6" s="9">
         <v>24.54</v>
       </c>
       <c r="V6" s="9">
         <v>23.97</v>
       </c>
-      <c r="W6" s="123">
+      <c r="W6" s="9">
         <v>25.12</v>
       </c>
-    </row>
-    <row r="8" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="X6" s="123">
+        <v>24.69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="100" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="9" spans="1:23" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="140" t="s">
+    <row r="9" spans="1:24" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="138" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="90">
         <v>2003</v>
       </c>
       <c r="C9" s="91">
         <v>2004</v>
       </c>
       <c r="D9" s="91">
         <v>2005</v>
       </c>
       <c r="E9" s="91">
         <v>2006</v>
       </c>
       <c r="F9" s="91">
         <v>2007</v>
       </c>
       <c r="G9" s="91">
         <v>2008</v>
       </c>
       <c r="H9" s="91">
         <v>2009</v>
       </c>
       <c r="I9" s="91">
         <v>2010</v>
@@ -25526,55 +17814,58 @@
       </c>
       <c r="O9" s="91">
         <v>2016</v>
       </c>
       <c r="P9" s="91">
         <v>2017</v>
       </c>
       <c r="Q9" s="91">
         <v>2018</v>
       </c>
       <c r="R9" s="91">
         <v>2019</v>
       </c>
       <c r="S9" s="91">
         <v>2020</v>
       </c>
       <c r="T9" s="91">
         <v>2021</v>
       </c>
       <c r="U9" s="91">
         <v>2022</v>
       </c>
       <c r="V9" s="91">
         <v>2023</v>
       </c>
-      <c r="W9" s="98">
+      <c r="W9" s="91">
         <v>2024</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X9" s="98">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A10" s="64" t="s">
         <v>110</v>
       </c>
       <c r="B10" s="3">
         <v>0</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10">
@@ -25597,55 +17888,58 @@
       </c>
       <c r="O10" s="65">
         <v>0</v>
       </c>
       <c r="P10" s="65">
         <v>0</v>
       </c>
       <c r="Q10" s="65">
         <v>0</v>
       </c>
       <c r="R10" s="65">
         <v>0</v>
       </c>
       <c r="S10" s="65">
         <v>0</v>
       </c>
       <c r="T10" s="65">
         <v>0</v>
       </c>
       <c r="U10" s="65">
         <v>0</v>
       </c>
       <c r="V10" s="65">
         <v>0</v>
       </c>
-      <c r="W10" s="99">
+      <c r="W10" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X10" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A11" s="64" t="s">
         <v>85</v>
       </c>
       <c r="B11" s="3">
         <v>0</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
@@ -25668,55 +17962,58 @@
       </c>
       <c r="O11" s="65">
         <v>0</v>
       </c>
       <c r="P11" s="65">
         <v>0</v>
       </c>
       <c r="Q11" s="65">
         <v>0</v>
       </c>
       <c r="R11" s="65">
         <v>0</v>
       </c>
       <c r="S11" s="65">
         <v>0</v>
       </c>
       <c r="T11" s="65">
         <v>0</v>
       </c>
       <c r="U11" s="65">
         <v>1</v>
       </c>
       <c r="V11" s="65">
         <v>0</v>
       </c>
-      <c r="W11" s="99">
-[...3 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W11" s="65">
+        <v>0</v>
+      </c>
+      <c r="X11" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A12" s="67" t="s">
         <v>86</v>
       </c>
       <c r="B12" s="3">
         <v>0</v>
       </c>
       <c r="C12">
         <v>0</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
@@ -25739,55 +18036,58 @@
       </c>
       <c r="O12" s="65">
         <v>0</v>
       </c>
       <c r="P12" s="65">
         <v>0</v>
       </c>
       <c r="Q12" s="65">
         <v>0</v>
       </c>
       <c r="R12" s="65">
         <v>0</v>
       </c>
       <c r="S12" s="65">
         <v>0</v>
       </c>
       <c r="T12" s="65">
         <v>0</v>
       </c>
       <c r="U12" s="65">
         <v>1</v>
       </c>
       <c r="V12" s="65">
         <v>0</v>
       </c>
-      <c r="W12" s="99">
-[...3 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W12" s="65">
+        <v>0</v>
+      </c>
+      <c r="X12" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A13" s="68" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3">
         <v>3</v>
       </c>
       <c r="C13">
         <v>19</v>
       </c>
       <c r="D13">
         <v>17</v>
       </c>
       <c r="E13">
         <v>14</v>
       </c>
       <c r="F13">
         <v>12</v>
       </c>
       <c r="G13">
         <v>11</v>
       </c>
       <c r="H13">
         <v>13</v>
       </c>
       <c r="I13">
@@ -25810,55 +18110,58 @@
       </c>
       <c r="O13">
         <v>13</v>
       </c>
       <c r="P13">
         <v>8</v>
       </c>
       <c r="Q13">
         <v>10</v>
       </c>
       <c r="R13">
         <v>16</v>
       </c>
       <c r="S13">
         <v>5</v>
       </c>
       <c r="T13">
         <v>18</v>
       </c>
       <c r="U13">
         <v>2</v>
       </c>
       <c r="V13">
         <v>9</v>
       </c>
-      <c r="W13" s="99">
+      <c r="W13">
         <v>7</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X13" s="99">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A14" s="68" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="3">
         <v>0</v>
       </c>
       <c r="C14">
         <v>0</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14">
@@ -25881,55 +18184,58 @@
       </c>
       <c r="O14">
         <v>0</v>
       </c>
       <c r="P14">
         <v>0</v>
       </c>
       <c r="Q14">
         <v>0</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
       <c r="T14">
         <v>0</v>
       </c>
       <c r="U14">
         <v>1</v>
       </c>
       <c r="V14">
         <v>0</v>
       </c>
-      <c r="W14" s="99">
+      <c r="W14">
         <v>2</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X14" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A15" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="3">
         <v>0</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
@@ -25952,55 +18258,58 @@
       </c>
       <c r="O15">
         <v>0</v>
       </c>
       <c r="P15">
         <v>0</v>
       </c>
       <c r="Q15">
         <v>0</v>
       </c>
       <c r="R15">
         <v>0</v>
       </c>
       <c r="S15">
         <v>0</v>
       </c>
       <c r="T15">
         <v>1</v>
       </c>
       <c r="U15">
         <v>0</v>
       </c>
       <c r="V15">
         <v>0</v>
       </c>
-      <c r="W15" s="99">
-[...3 lines deleted...]
-    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W15">
+        <v>0</v>
+      </c>
+      <c r="X15" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A16" s="64" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="3">
         <v>3</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
         <v>1</v>
       </c>
       <c r="E16">
         <v>5</v>
       </c>
       <c r="F16">
         <v>3</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16">
@@ -26023,55 +18332,58 @@
       </c>
       <c r="O16" s="65">
         <v>6</v>
       </c>
       <c r="P16" s="65">
         <v>3</v>
       </c>
       <c r="Q16" s="65">
         <v>3</v>
       </c>
       <c r="R16" s="65">
         <v>5</v>
       </c>
       <c r="S16" s="65">
         <v>4</v>
       </c>
       <c r="T16" s="65">
         <v>4</v>
       </c>
       <c r="U16" s="65">
         <v>2</v>
       </c>
       <c r="V16" s="65">
         <v>0</v>
       </c>
-      <c r="W16" s="99">
+      <c r="W16" s="65">
         <v>5</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X16" s="99">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A17" s="64" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3">
         <v>0</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
       <c r="I17">
@@ -26094,55 +18406,58 @@
       </c>
       <c r="O17" s="65">
         <v>1</v>
       </c>
       <c r="P17" s="65">
         <v>1</v>
       </c>
       <c r="Q17" s="65">
         <v>0</v>
       </c>
       <c r="R17" s="65">
         <v>1</v>
       </c>
       <c r="S17" s="65">
         <v>0</v>
       </c>
       <c r="T17" s="65">
         <v>0</v>
       </c>
       <c r="U17" s="65">
         <v>1</v>
       </c>
       <c r="V17" s="65">
         <v>5</v>
       </c>
-      <c r="W17" s="99">
-[...3 lines deleted...]
-    <row r="18" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W17" s="65">
+        <v>0</v>
+      </c>
+      <c r="X17" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A18" s="64" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3">
         <v>0</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
         <v>2</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18">
@@ -26165,55 +18480,58 @@
       </c>
       <c r="O18" s="65">
         <v>0</v>
       </c>
       <c r="P18" s="65">
         <v>0</v>
       </c>
       <c r="Q18" s="65">
         <v>0</v>
       </c>
       <c r="R18" s="65">
         <v>0</v>
       </c>
       <c r="S18" s="65">
         <v>4</v>
       </c>
       <c r="T18" s="65">
         <v>3</v>
       </c>
       <c r="U18" s="65">
         <v>1</v>
       </c>
       <c r="V18" s="65">
         <v>0</v>
       </c>
-      <c r="W18" s="99">
+      <c r="W18" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X18" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A19" s="64" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="3">
         <v>7</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19">
         <v>15</v>
       </c>
       <c r="E19">
         <v>11</v>
       </c>
       <c r="F19">
         <v>7</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19">
         <v>2</v>
       </c>
       <c r="I19">
@@ -26236,55 +18554,58 @@
       </c>
       <c r="O19" s="65">
         <v>8</v>
       </c>
       <c r="P19" s="65">
         <v>31</v>
       </c>
       <c r="Q19" s="65">
         <v>11</v>
       </c>
       <c r="R19" s="65">
         <v>10</v>
       </c>
       <c r="S19" s="65">
         <v>8</v>
       </c>
       <c r="T19" s="65">
         <v>1</v>
       </c>
       <c r="U19" s="65">
         <v>8</v>
       </c>
       <c r="V19" s="65">
         <v>11</v>
       </c>
-      <c r="W19" s="99">
+      <c r="W19" s="65">
         <v>3</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X19" s="99">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A20" s="67" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="3">
         <v>0</v>
       </c>
       <c r="C20">
         <v>0</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20">
@@ -26307,55 +18628,58 @@
       </c>
       <c r="O20" s="65">
         <v>0</v>
       </c>
       <c r="P20" s="65">
         <v>0</v>
       </c>
       <c r="Q20" s="65">
         <v>0</v>
       </c>
       <c r="R20" s="65">
         <v>0</v>
       </c>
       <c r="S20" s="65">
         <v>0</v>
       </c>
       <c r="T20" s="65">
         <v>1</v>
       </c>
       <c r="U20" s="65">
         <v>0</v>
       </c>
       <c r="V20" s="65">
         <v>0</v>
       </c>
-      <c r="W20" s="99">
-[...3 lines deleted...]
-    <row r="21" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W20" s="65">
+        <v>0</v>
+      </c>
+      <c r="X20" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A21" s="68" t="s">
         <v>69</v>
       </c>
       <c r="B21" s="3">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
@@ -26378,55 +18702,58 @@
       </c>
       <c r="O21">
         <v>0</v>
       </c>
       <c r="P21">
         <v>0</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
         <v>0</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">
         <v>0</v>
       </c>
       <c r="U21">
         <v>0</v>
       </c>
       <c r="V21">
         <v>0</v>
       </c>
-      <c r="W21" s="99">
-[...3 lines deleted...]
-    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W21">
+        <v>0</v>
+      </c>
+      <c r="X21" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A22" s="68" t="s">
         <v>88</v>
       </c>
       <c r="B22" s="3">
         <v>0</v>
       </c>
       <c r="C22">
         <v>0</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22">
@@ -26449,55 +18776,58 @@
       </c>
       <c r="O22">
         <v>0</v>
       </c>
       <c r="P22">
         <v>0</v>
       </c>
       <c r="Q22">
         <v>0</v>
       </c>
       <c r="R22">
         <v>0</v>
       </c>
       <c r="S22">
         <v>0</v>
       </c>
       <c r="T22">
         <v>0</v>
       </c>
       <c r="U22">
         <v>0</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
-      <c r="W22" s="99">
-[...3 lines deleted...]
-    <row r="23" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W22">
+        <v>0</v>
+      </c>
+      <c r="X22" s="99">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A23" s="68" t="s">
         <v>111</v>
       </c>
       <c r="B23" s="3">
         <v>0</v>
       </c>
       <c r="C23">
         <v>0</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23">
@@ -26520,55 +18850,58 @@
       </c>
       <c r="O23">
         <v>0</v>
       </c>
       <c r="P23">
         <v>0</v>
       </c>
       <c r="Q23">
         <v>0</v>
       </c>
       <c r="R23">
         <v>0</v>
       </c>
       <c r="S23">
         <v>0</v>
       </c>
       <c r="T23">
         <v>0</v>
       </c>
       <c r="U23">
         <v>0</v>
       </c>
       <c r="V23">
         <v>0</v>
       </c>
-      <c r="W23" s="99">
+      <c r="W23">
         <v>1</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X23" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A24" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B24" s="3">
         <v>0</v>
       </c>
       <c r="C24">
         <v>0</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24">
@@ -26591,55 +18924,58 @@
       </c>
       <c r="O24">
         <v>0</v>
       </c>
       <c r="P24">
         <v>0</v>
       </c>
       <c r="Q24">
         <v>0</v>
       </c>
       <c r="R24">
         <v>0</v>
       </c>
       <c r="S24">
         <v>0</v>
       </c>
       <c r="T24">
         <v>0</v>
       </c>
       <c r="U24">
         <v>0</v>
       </c>
       <c r="V24">
         <v>0</v>
       </c>
-      <c r="W24" s="99">
+      <c r="W24">
         <v>1</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X24" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A25" s="68" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="3">
         <v>0</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25">
@@ -26662,55 +18998,58 @@
       </c>
       <c r="O25" s="65">
         <v>0</v>
       </c>
       <c r="P25" s="65">
         <v>4</v>
       </c>
       <c r="Q25" s="65">
         <v>2</v>
       </c>
       <c r="R25" s="65">
         <v>3</v>
       </c>
       <c r="S25" s="65">
         <v>2</v>
       </c>
       <c r="T25" s="65">
         <v>1</v>
       </c>
       <c r="U25" s="65">
         <v>0</v>
       </c>
       <c r="V25" s="65">
         <v>0</v>
       </c>
-      <c r="W25" s="99">
+      <c r="W25" s="65">
         <v>2</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X25" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A26" s="67" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="3">
         <v>0</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26">
@@ -26733,55 +19072,58 @@
       </c>
       <c r="O26" s="65">
         <v>0</v>
       </c>
       <c r="P26" s="65">
         <v>0</v>
       </c>
       <c r="Q26" s="65">
         <v>0</v>
       </c>
       <c r="R26" s="65">
         <v>0</v>
       </c>
       <c r="S26" s="65">
         <v>0</v>
       </c>
       <c r="T26" s="65">
         <v>4</v>
       </c>
       <c r="U26" s="65">
         <v>2</v>
       </c>
       <c r="V26" s="65">
         <v>0</v>
       </c>
-      <c r="W26" s="99">
-[...3 lines deleted...]
-    <row r="27" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W26" s="65">
+        <v>0</v>
+      </c>
+      <c r="X26" s="99">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A27" s="64" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="3">
         <v>13</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>11</v>
       </c>
       <c r="E27">
         <v>13</v>
       </c>
       <c r="F27">
         <v>13</v>
       </c>
       <c r="G27">
         <v>7</v>
       </c>
       <c r="H27">
         <v>15</v>
       </c>
       <c r="I27">
@@ -26804,55 +19146,58 @@
       </c>
       <c r="O27" s="65">
         <v>13</v>
       </c>
       <c r="P27" s="65">
         <v>13</v>
       </c>
       <c r="Q27" s="65">
         <v>16</v>
       </c>
       <c r="R27" s="65">
         <v>15</v>
       </c>
       <c r="S27" s="65">
         <v>15</v>
       </c>
       <c r="T27" s="65">
         <v>15</v>
       </c>
       <c r="U27" s="65">
         <v>14</v>
       </c>
       <c r="V27" s="65">
         <v>13</v>
       </c>
-      <c r="W27" s="99">
+      <c r="W27" s="65">
         <v>9</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X27" s="99">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A28" s="67" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="3">
         <v>0</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28">
@@ -26875,55 +19220,58 @@
       </c>
       <c r="O28" s="65">
         <v>0</v>
       </c>
       <c r="P28" s="65">
         <v>0</v>
       </c>
       <c r="Q28" s="65">
         <v>0</v>
       </c>
       <c r="R28" s="65">
         <v>0</v>
       </c>
       <c r="S28" s="65">
         <v>0</v>
       </c>
       <c r="T28" s="65">
         <v>0</v>
       </c>
       <c r="U28" s="65">
         <v>0</v>
       </c>
       <c r="V28" s="65">
         <v>2</v>
       </c>
-      <c r="W28" s="99">
+      <c r="W28" s="65">
         <v>4</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X28" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A29" s="67" t="s">
         <v>94</v>
       </c>
       <c r="B29" s="3">
         <v>0</v>
       </c>
       <c r="C29">
         <v>0</v>
       </c>
       <c r="D29">
         <v>0</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29">
@@ -26946,55 +19294,58 @@
       </c>
       <c r="O29" s="65">
         <v>0</v>
       </c>
       <c r="P29" s="65">
         <v>0</v>
       </c>
       <c r="Q29" s="65">
         <v>0</v>
       </c>
       <c r="R29" s="65">
         <v>0</v>
       </c>
       <c r="S29" s="65">
         <v>0</v>
       </c>
       <c r="T29" s="65">
         <v>0</v>
       </c>
       <c r="U29" s="65">
         <v>0</v>
       </c>
       <c r="V29" s="65">
         <v>1</v>
       </c>
-      <c r="W29" s="99">
-[...3 lines deleted...]
-    <row r="30" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W29" s="65">
+        <v>0</v>
+      </c>
+      <c r="X29" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A30" s="67" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="3">
         <v>0</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30">
@@ -27017,55 +19368,58 @@
       </c>
       <c r="O30" s="65">
         <v>0</v>
       </c>
       <c r="P30" s="65">
         <v>0</v>
       </c>
       <c r="Q30" s="65">
         <v>0</v>
       </c>
       <c r="R30" s="65">
         <v>0</v>
       </c>
       <c r="S30" s="65">
         <v>0</v>
       </c>
       <c r="T30" s="65">
         <v>0</v>
       </c>
       <c r="U30" s="65">
         <v>0</v>
       </c>
       <c r="V30" s="65">
         <v>5</v>
       </c>
-      <c r="W30" s="99">
+      <c r="W30" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X30" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A31" s="67" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="3">
         <v>0</v>
       </c>
       <c r="C31">
         <v>0</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31">
@@ -27088,55 +19442,58 @@
       </c>
       <c r="O31" s="65">
         <v>0</v>
       </c>
       <c r="P31" s="65">
         <v>0</v>
       </c>
       <c r="Q31" s="65">
         <v>0</v>
       </c>
       <c r="R31" s="65">
         <v>0</v>
       </c>
       <c r="S31" s="65">
         <v>0</v>
       </c>
       <c r="T31" s="65">
         <v>0</v>
       </c>
       <c r="U31" s="65">
         <v>0</v>
       </c>
       <c r="V31" s="65">
         <v>0</v>
       </c>
-      <c r="W31" s="99">
+      <c r="W31" s="65">
         <v>3</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X31" s="99">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A32" s="67" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="3">
         <v>0</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32">
@@ -27159,55 +19516,58 @@
       </c>
       <c r="O32" s="65">
         <v>0</v>
       </c>
       <c r="P32" s="65">
         <v>0</v>
       </c>
       <c r="Q32" s="65">
         <v>0</v>
       </c>
       <c r="R32" s="65">
         <v>0</v>
       </c>
       <c r="S32" s="65">
         <v>0</v>
       </c>
       <c r="T32" s="65">
         <v>0</v>
       </c>
       <c r="U32" s="65">
         <v>0</v>
       </c>
       <c r="V32" s="65">
         <v>0</v>
       </c>
-      <c r="W32" s="99">
+      <c r="W32" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X32" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A33" s="67" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="3">
         <v>0</v>
       </c>
       <c r="C33">
         <v>0</v>
       </c>
       <c r="D33">
         <v>0</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33">
@@ -27230,55 +19590,58 @@
       </c>
       <c r="O33" s="65">
         <v>0</v>
       </c>
       <c r="P33" s="65">
         <v>0</v>
       </c>
       <c r="Q33" s="65">
         <v>0</v>
       </c>
       <c r="R33" s="65">
         <v>0</v>
       </c>
       <c r="S33" s="65">
         <v>0</v>
       </c>
       <c r="T33" s="65">
         <v>0</v>
       </c>
       <c r="U33" s="65">
         <v>0</v>
       </c>
       <c r="V33" s="65">
         <v>1</v>
       </c>
-      <c r="W33" s="99">
-[...3 lines deleted...]
-    <row r="34" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W33" s="65">
+        <v>0</v>
+      </c>
+      <c r="X33" s="99">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A34" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B34" s="3">
         <v>0</v>
       </c>
       <c r="C34">
         <v>0</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34">
@@ -27301,55 +19664,58 @@
       </c>
       <c r="O34">
         <v>0</v>
       </c>
       <c r="P34">
         <v>0</v>
       </c>
       <c r="Q34">
         <v>0</v>
       </c>
       <c r="R34">
         <v>0</v>
       </c>
       <c r="S34">
         <v>0</v>
       </c>
       <c r="T34">
         <v>0</v>
       </c>
       <c r="U34">
         <v>0</v>
       </c>
       <c r="V34">
         <v>0</v>
       </c>
-      <c r="W34" s="99">
+      <c r="W34">
         <v>1</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X34" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A35" s="64" t="s">
         <v>38</v>
       </c>
       <c r="B35" s="3">
         <v>0</v>
       </c>
       <c r="C35">
         <v>0</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35">
@@ -27372,55 +19738,58 @@
       </c>
       <c r="O35" s="65">
         <v>0</v>
       </c>
       <c r="P35" s="65">
         <v>5</v>
       </c>
       <c r="Q35" s="65">
         <v>0</v>
       </c>
       <c r="R35" s="65">
         <v>0</v>
       </c>
       <c r="S35" s="65">
         <v>3</v>
       </c>
       <c r="T35" s="65">
         <v>1</v>
       </c>
       <c r="U35" s="65">
         <v>0</v>
       </c>
       <c r="V35" s="65">
         <v>0</v>
       </c>
-      <c r="W35" s="99">
+      <c r="W35" s="65">
         <v>3</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X35" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A36" s="67" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="3">
         <v>0</v>
       </c>
       <c r="C36">
         <v>0</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36">
@@ -27443,55 +19812,58 @@
       </c>
       <c r="O36" s="65">
         <v>0</v>
       </c>
       <c r="P36" s="65">
         <v>0</v>
       </c>
       <c r="Q36" s="65">
         <v>0</v>
       </c>
       <c r="R36" s="65">
         <v>0</v>
       </c>
       <c r="S36" s="65">
         <v>0</v>
       </c>
       <c r="T36" s="65">
         <v>0</v>
       </c>
       <c r="U36" s="65">
         <v>0</v>
       </c>
       <c r="V36" s="65">
         <v>1</v>
       </c>
-      <c r="W36" s="99">
+      <c r="W36" s="65">
         <v>3</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X36" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A37" s="64" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="3">
         <v>0</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37">
@@ -27514,55 +19886,58 @@
       </c>
       <c r="O37" s="65">
         <v>1</v>
       </c>
       <c r="P37" s="65">
         <v>0</v>
       </c>
       <c r="Q37" s="65">
         <v>0</v>
       </c>
       <c r="R37" s="65">
         <v>1</v>
       </c>
       <c r="S37" s="65">
         <v>0</v>
       </c>
       <c r="T37" s="65">
         <v>0</v>
       </c>
       <c r="U37" s="65">
         <v>0</v>
       </c>
       <c r="V37" s="65">
         <v>0</v>
       </c>
-      <c r="W37" s="99">
-[...3 lines deleted...]
-    <row r="38" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W37" s="65">
+        <v>0</v>
+      </c>
+      <c r="X37" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A38" s="64" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="3">
         <v>2</v>
       </c>
       <c r="C38">
         <v>2</v>
       </c>
       <c r="D38">
         <v>3</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
         <v>5</v>
       </c>
       <c r="G38">
         <v>9</v>
       </c>
       <c r="H38">
         <v>2</v>
       </c>
       <c r="I38">
@@ -27585,55 +19960,58 @@
       </c>
       <c r="O38" s="65">
         <v>1</v>
       </c>
       <c r="P38" s="65">
         <v>7</v>
       </c>
       <c r="Q38" s="65">
         <v>9</v>
       </c>
       <c r="R38" s="65">
         <v>12</v>
       </c>
       <c r="S38" s="65">
         <v>7</v>
       </c>
       <c r="T38" s="65">
         <v>5</v>
       </c>
       <c r="U38" s="65">
         <v>6</v>
       </c>
       <c r="V38" s="65">
         <v>8</v>
       </c>
-      <c r="W38" s="99">
+      <c r="W38" s="65">
         <v>10</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X38" s="99">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A39" s="64" t="s">
         <v>115</v>
       </c>
       <c r="B39" s="3">
         <v>0</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
@@ -27653,55 +20031,58 @@
       </c>
       <c r="O39" s="65">
         <v>0</v>
       </c>
       <c r="P39" s="65">
         <v>0</v>
       </c>
       <c r="Q39" s="65">
         <v>0</v>
       </c>
       <c r="R39" s="65">
         <v>0</v>
       </c>
       <c r="S39" s="65">
         <v>0</v>
       </c>
       <c r="T39" s="65">
         <v>0</v>
       </c>
       <c r="U39" s="65">
         <v>0</v>
       </c>
       <c r="V39" s="65">
         <v>0</v>
       </c>
-      <c r="W39" s="99">
+      <c r="W39" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X39" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A40" s="64" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="3">
         <v>36</v>
       </c>
       <c r="C40">
         <v>85</v>
       </c>
       <c r="D40">
         <v>101</v>
       </c>
       <c r="E40">
         <v>191</v>
       </c>
       <c r="F40">
         <v>155</v>
       </c>
       <c r="G40">
         <v>162</v>
       </c>
       <c r="H40">
         <v>160</v>
       </c>
       <c r="I40">
@@ -27724,55 +20105,58 @@
       </c>
       <c r="O40" s="65">
         <v>170</v>
       </c>
       <c r="P40" s="65">
         <v>164</v>
       </c>
       <c r="Q40" s="65">
         <v>187</v>
       </c>
       <c r="R40" s="65">
         <v>162</v>
       </c>
       <c r="S40" s="65">
         <v>156</v>
       </c>
       <c r="T40" s="65">
         <v>164</v>
       </c>
       <c r="U40" s="65">
         <v>118</v>
       </c>
       <c r="V40" s="65">
         <v>82</v>
       </c>
-      <c r="W40" s="99">
+      <c r="W40" s="65">
         <v>80</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X40" s="99">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A41" s="64" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="3">
         <v>14</v>
       </c>
       <c r="C41">
         <v>10</v>
       </c>
       <c r="D41">
         <v>6</v>
       </c>
       <c r="E41">
         <v>11</v>
       </c>
       <c r="F41">
         <v>8</v>
       </c>
       <c r="G41">
         <v>47</v>
       </c>
       <c r="H41">
         <v>14</v>
       </c>
       <c r="I41">
@@ -27795,55 +20179,58 @@
       </c>
       <c r="O41" s="65">
         <v>43</v>
       </c>
       <c r="P41" s="65">
         <v>29</v>
       </c>
       <c r="Q41" s="65">
         <v>26</v>
       </c>
       <c r="R41" s="65">
         <v>15</v>
       </c>
       <c r="S41" s="65">
         <v>13</v>
       </c>
       <c r="T41" s="65">
         <v>22</v>
       </c>
       <c r="U41" s="65">
         <v>16</v>
       </c>
       <c r="V41" s="65">
         <v>18</v>
       </c>
-      <c r="W41" s="99">
+      <c r="W41" s="65">
         <v>20</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X41" s="99">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A42" s="67" t="s">
         <v>81</v>
       </c>
       <c r="B42" s="3">
         <v>0</v>
       </c>
       <c r="C42">
         <v>0</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
@@ -27866,55 +20253,58 @@
       </c>
       <c r="O42" s="65">
         <v>0</v>
       </c>
       <c r="P42" s="65">
         <v>0</v>
       </c>
       <c r="Q42" s="65">
         <v>0</v>
       </c>
       <c r="R42" s="65">
         <v>0</v>
       </c>
       <c r="S42" s="65">
         <v>0</v>
       </c>
       <c r="T42" s="65">
         <v>2</v>
       </c>
       <c r="U42" s="65">
         <v>1</v>
       </c>
       <c r="V42" s="65">
         <v>1</v>
       </c>
-      <c r="W42" s="99">
+      <c r="W42" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X42" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A43" s="67" t="s">
         <v>95</v>
       </c>
       <c r="B43" s="3">
         <v>0</v>
       </c>
       <c r="C43">
         <v>0</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43">
@@ -27937,55 +20327,58 @@
       </c>
       <c r="O43" s="65">
         <v>0</v>
       </c>
       <c r="P43" s="65">
         <v>0</v>
       </c>
       <c r="Q43" s="65">
         <v>0</v>
       </c>
       <c r="R43" s="65">
         <v>0</v>
       </c>
       <c r="S43" s="65">
         <v>0</v>
       </c>
       <c r="T43" s="65">
         <v>0</v>
       </c>
       <c r="U43" s="65">
         <v>0</v>
       </c>
       <c r="V43" s="65">
         <v>1</v>
       </c>
-      <c r="W43" s="99">
-[...3 lines deleted...]
-    <row r="44" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W43" s="65">
+        <v>0</v>
+      </c>
+      <c r="X43" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A44" s="64" t="s">
         <v>22</v>
       </c>
       <c r="B44" s="3">
         <v>14</v>
       </c>
       <c r="C44">
         <v>18</v>
       </c>
       <c r="D44">
         <v>38</v>
       </c>
       <c r="E44">
         <v>60</v>
       </c>
       <c r="F44">
         <v>66</v>
       </c>
       <c r="G44">
         <v>54</v>
       </c>
       <c r="H44">
         <v>52</v>
       </c>
       <c r="I44">
@@ -28008,55 +20401,58 @@
       </c>
       <c r="O44" s="65">
         <v>437</v>
       </c>
       <c r="P44" s="65">
         <v>497</v>
       </c>
       <c r="Q44" s="65">
         <v>422</v>
       </c>
       <c r="R44" s="65">
         <v>460</v>
       </c>
       <c r="S44" s="65">
         <v>406</v>
       </c>
       <c r="T44" s="65">
         <v>242</v>
       </c>
       <c r="U44" s="65">
         <v>211</v>
       </c>
       <c r="V44" s="65">
         <v>177</v>
       </c>
-      <c r="W44" s="99">
+      <c r="W44" s="65">
         <v>124</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X44" s="99">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A45" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B45" s="3">
         <v>0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45">
@@ -28079,55 +20475,58 @@
       </c>
       <c r="O45">
         <v>0</v>
       </c>
       <c r="P45">
         <v>0</v>
       </c>
       <c r="Q45">
         <v>1</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
         <v>0</v>
       </c>
       <c r="T45">
         <v>0</v>
       </c>
       <c r="U45">
         <v>1</v>
       </c>
       <c r="V45">
         <v>0</v>
       </c>
-      <c r="W45" s="99">
+      <c r="W45">
         <v>1</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X45" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A46" s="64" t="s">
         <v>24</v>
       </c>
       <c r="B46" s="3">
         <v>58</v>
       </c>
       <c r="C46">
         <v>47</v>
       </c>
       <c r="D46">
         <v>78</v>
       </c>
       <c r="E46">
         <v>55</v>
       </c>
       <c r="F46">
         <v>120</v>
       </c>
       <c r="G46">
         <v>85</v>
       </c>
       <c r="H46">
         <v>61</v>
       </c>
       <c r="I46">
@@ -28150,55 +20549,58 @@
       </c>
       <c r="O46" s="65">
         <v>100</v>
       </c>
       <c r="P46" s="65">
         <v>73</v>
       </c>
       <c r="Q46" s="65">
         <v>46</v>
       </c>
       <c r="R46" s="65">
         <v>104</v>
       </c>
       <c r="S46" s="65">
         <v>46</v>
       </c>
       <c r="T46" s="65">
         <v>72</v>
       </c>
       <c r="U46" s="65">
         <v>43</v>
       </c>
       <c r="V46" s="65">
         <v>53</v>
       </c>
-      <c r="W46" s="99">
+      <c r="W46" s="65">
         <v>45</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X46" s="99">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A47" s="64" t="s">
         <v>31</v>
       </c>
       <c r="B47" s="3">
         <v>0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
         <v>2</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47">
@@ -28221,55 +20623,58 @@
       </c>
       <c r="O47" s="65">
         <v>0</v>
       </c>
       <c r="P47" s="65">
         <v>8</v>
       </c>
       <c r="Q47" s="65">
         <v>2</v>
       </c>
       <c r="R47" s="65">
         <v>1</v>
       </c>
       <c r="S47" s="65">
         <v>2</v>
       </c>
       <c r="T47" s="65">
         <v>0</v>
       </c>
       <c r="U47" s="65">
         <v>0</v>
       </c>
       <c r="V47" s="65">
         <v>1</v>
       </c>
-      <c r="W47" s="99">
+      <c r="W47" s="65">
         <v>4</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X47" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A48" s="67" t="s">
         <v>76</v>
       </c>
       <c r="B48" s="3">
         <v>0</v>
       </c>
       <c r="C48">
         <v>0</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48">
         <v>0</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48">
@@ -28292,55 +20697,58 @@
       </c>
       <c r="O48" s="65">
         <v>0</v>
       </c>
       <c r="P48" s="65">
         <v>0</v>
       </c>
       <c r="Q48" s="65">
         <v>0</v>
       </c>
       <c r="R48" s="65">
         <v>0</v>
       </c>
       <c r="S48" s="65">
         <v>0</v>
       </c>
       <c r="T48" s="65">
         <v>2</v>
       </c>
       <c r="U48" s="65">
         <v>5</v>
       </c>
       <c r="V48" s="65">
         <v>2</v>
       </c>
-      <c r="W48" s="99">
+      <c r="W48" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X48" s="99">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A49" s="64" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="3">
         <v>2</v>
       </c>
       <c r="C49">
         <v>0</v>
       </c>
       <c r="D49">
         <v>2</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49">
@@ -28363,55 +20771,58 @@
       </c>
       <c r="O49" s="65">
         <v>0</v>
       </c>
       <c r="P49" s="65">
         <v>0</v>
       </c>
       <c r="Q49" s="65">
         <v>0</v>
       </c>
       <c r="R49" s="65">
         <v>0</v>
       </c>
       <c r="S49" s="65">
         <v>0</v>
       </c>
       <c r="T49" s="65">
         <v>0</v>
       </c>
       <c r="U49" s="65">
         <v>0</v>
       </c>
       <c r="V49" s="65">
         <v>0</v>
       </c>
-      <c r="W49" s="99">
+      <c r="W49" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X49" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A50" s="64" t="s">
         <v>39</v>
       </c>
       <c r="B50" s="3">
         <v>16</v>
       </c>
       <c r="C50">
         <v>52</v>
       </c>
       <c r="D50">
         <v>70</v>
       </c>
       <c r="E50">
         <v>120</v>
       </c>
       <c r="F50">
         <v>142</v>
       </c>
       <c r="G50">
         <v>96</v>
       </c>
       <c r="H50">
         <v>123</v>
       </c>
       <c r="I50">
@@ -28434,55 +20845,58 @@
       </c>
       <c r="O50" s="65">
         <v>120</v>
       </c>
       <c r="P50" s="65">
         <v>160</v>
       </c>
       <c r="Q50" s="65">
         <v>152</v>
       </c>
       <c r="R50" s="65">
         <v>153</v>
       </c>
       <c r="S50" s="65">
         <v>140</v>
       </c>
       <c r="T50" s="65">
         <v>100</v>
       </c>
       <c r="U50" s="65">
         <v>94</v>
       </c>
       <c r="V50" s="65">
         <v>120</v>
       </c>
-      <c r="W50" s="99">
+      <c r="W50" s="65">
         <v>157</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X50" s="99">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A51" s="64" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="3">
         <v>0</v>
       </c>
       <c r="C51">
         <v>0</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51">
         <v>1</v>
       </c>
       <c r="F51">
         <v>2</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51">
@@ -28505,55 +20919,58 @@
       </c>
       <c r="O51" s="65">
         <v>1</v>
       </c>
       <c r="P51" s="65">
         <v>3</v>
       </c>
       <c r="Q51" s="65">
         <v>0</v>
       </c>
       <c r="R51" s="65">
         <v>3</v>
       </c>
       <c r="S51" s="65">
         <v>2</v>
       </c>
       <c r="T51" s="65">
         <v>3</v>
       </c>
       <c r="U51" s="65">
         <v>2</v>
       </c>
       <c r="V51" s="65">
         <v>3</v>
       </c>
-      <c r="W51" s="99">
+      <c r="W51" s="65">
         <v>3</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X51" s="99">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A52" s="67" t="s">
         <v>92</v>
       </c>
       <c r="B52" s="3">
         <v>0</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52">
@@ -28576,55 +20993,58 @@
       </c>
       <c r="O52" s="65">
         <v>0</v>
       </c>
       <c r="P52" s="65">
         <v>0</v>
       </c>
       <c r="Q52" s="65">
         <v>0</v>
       </c>
       <c r="R52" s="65">
         <v>0</v>
       </c>
       <c r="S52" s="65">
         <v>0</v>
       </c>
       <c r="T52" s="65">
         <v>0</v>
       </c>
       <c r="U52" s="65">
         <v>0</v>
       </c>
       <c r="V52" s="65">
         <v>1</v>
       </c>
-      <c r="W52" s="99">
+      <c r="W52" s="65">
         <v>2</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X52" s="99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A53" s="64" t="s">
         <v>26</v>
       </c>
       <c r="B53" s="3">
         <v>2</v>
       </c>
       <c r="C53">
         <v>17</v>
       </c>
       <c r="D53">
         <v>20</v>
       </c>
       <c r="E53">
         <v>22</v>
       </c>
       <c r="F53">
         <v>16</v>
       </c>
       <c r="G53">
         <v>15</v>
       </c>
       <c r="H53">
         <v>33</v>
       </c>
       <c r="I53">
@@ -28647,56 +21067,59 @@
       </c>
       <c r="O53" s="65">
         <v>3</v>
       </c>
       <c r="P53" s="65">
         <v>10</v>
       </c>
       <c r="Q53" s="65">
         <v>9</v>
       </c>
       <c r="R53" s="65">
         <v>4</v>
       </c>
       <c r="S53" s="65">
         <v>5</v>
       </c>
       <c r="T53" s="65">
         <v>5</v>
       </c>
       <c r="U53" s="65">
         <v>0</v>
       </c>
       <c r="V53" s="65">
         <v>7</v>
       </c>
-      <c r="W53" s="99">
-[...4 lines deleted...]
-      <c r="A54" s="130" t="s">
+      <c r="W53" s="65">
+        <v>0</v>
+      </c>
+      <c r="X53" s="99">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="128" t="s">
         <v>77</v>
       </c>
       <c r="B54" s="3">
         <v>0</v>
       </c>
       <c r="C54">
         <v>0</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54">
         <v>0</v>
@@ -28718,55 +21141,58 @@
       </c>
       <c r="O54" s="65">
         <v>0</v>
       </c>
       <c r="P54" s="65">
         <v>0</v>
       </c>
       <c r="Q54" s="65">
         <v>0</v>
       </c>
       <c r="R54" s="65">
         <v>0</v>
       </c>
       <c r="S54" s="65">
         <v>0</v>
       </c>
       <c r="T54" s="65">
         <v>26</v>
       </c>
       <c r="U54" s="65">
         <v>28</v>
       </c>
       <c r="V54" s="65">
         <v>44</v>
       </c>
-      <c r="W54" s="99">
+      <c r="W54" s="65">
         <v>37</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X54" s="99">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A55" s="64" t="s">
         <v>34</v>
       </c>
       <c r="B55" s="3">
         <v>0</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55">
         <v>1</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
         <v>2</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>4</v>
       </c>
       <c r="I55">
@@ -28789,55 +21215,58 @@
       </c>
       <c r="O55" s="65">
         <v>1</v>
       </c>
       <c r="P55" s="65">
         <v>1</v>
       </c>
       <c r="Q55" s="65">
         <v>2</v>
       </c>
       <c r="R55" s="65">
         <v>3</v>
       </c>
       <c r="S55" s="65">
         <v>0</v>
       </c>
       <c r="T55" s="65">
         <v>1</v>
       </c>
       <c r="U55" s="65">
         <v>2</v>
       </c>
       <c r="V55" s="65">
         <v>0</v>
       </c>
-      <c r="W55" s="99">
+      <c r="W55" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X55" s="99">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A56" s="64" t="s">
         <v>29</v>
       </c>
       <c r="B56" s="3">
         <v>0</v>
       </c>
       <c r="C56">
         <v>0</v>
       </c>
       <c r="D56">
         <v>4</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
         <v>4</v>
       </c>
       <c r="G56">
         <v>5</v>
       </c>
       <c r="H56">
         <v>5</v>
       </c>
       <c r="I56">
@@ -28860,55 +21289,58 @@
       </c>
       <c r="O56" s="65">
         <v>9</v>
       </c>
       <c r="P56" s="65">
         <v>6</v>
       </c>
       <c r="Q56" s="65">
         <v>6</v>
       </c>
       <c r="R56" s="65">
         <v>5</v>
       </c>
       <c r="S56" s="65">
         <v>3</v>
       </c>
       <c r="T56" s="65">
         <v>7</v>
       </c>
       <c r="U56" s="65">
         <v>2</v>
       </c>
       <c r="V56" s="65">
         <v>2</v>
       </c>
-      <c r="W56" s="99">
+      <c r="W56" s="65">
         <v>5</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X56" s="99">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A57" s="67" t="s">
         <v>78</v>
       </c>
       <c r="B57" s="3">
         <v>0</v>
       </c>
       <c r="C57">
         <v>0</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57">
@@ -28931,55 +21363,58 @@
       </c>
       <c r="O57" s="65">
         <v>0</v>
       </c>
       <c r="P57" s="65">
         <v>0</v>
       </c>
       <c r="Q57" s="65">
         <v>0</v>
       </c>
       <c r="R57" s="65">
         <v>0</v>
       </c>
       <c r="S57" s="65">
         <v>0</v>
       </c>
       <c r="T57" s="65">
         <v>5</v>
       </c>
       <c r="U57" s="65">
         <v>5</v>
       </c>
       <c r="V57" s="65">
         <v>2</v>
       </c>
-      <c r="W57" s="99">
+      <c r="W57" s="65">
         <v>9</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="X57" s="99">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A58" s="67" t="s">
         <v>93</v>
       </c>
       <c r="B58" s="3">
         <v>0</v>
       </c>
       <c r="C58">
         <v>0</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58">
@@ -29002,55 +21437,58 @@
       </c>
       <c r="O58" s="65">
         <v>0</v>
       </c>
       <c r="P58" s="65">
         <v>0</v>
       </c>
       <c r="Q58" s="65">
         <v>0</v>
       </c>
       <c r="R58" s="65">
         <v>0</v>
       </c>
       <c r="S58" s="65">
         <v>0</v>
       </c>
       <c r="T58" s="65">
         <v>0</v>
       </c>
       <c r="U58" s="65">
         <v>0</v>
       </c>
       <c r="V58" s="65">
         <v>1</v>
       </c>
-      <c r="W58" s="99">
-[...3 lines deleted...]
-    <row r="59" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W58" s="65">
+        <v>0</v>
+      </c>
+      <c r="X58" s="99">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A59" s="67" t="s">
         <v>82</v>
       </c>
       <c r="B59" s="3">
         <v>0</v>
       </c>
       <c r="C59">
         <v>0</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59">
@@ -29073,64 +21511,67 @@
       </c>
       <c r="O59" s="65">
         <v>0</v>
       </c>
       <c r="P59" s="65">
         <v>0</v>
       </c>
       <c r="Q59" s="65">
         <v>0</v>
       </c>
       <c r="R59" s="65">
         <v>0</v>
       </c>
       <c r="S59" s="65">
         <v>0</v>
       </c>
       <c r="T59" s="65">
         <v>1</v>
       </c>
       <c r="U59" s="65">
         <v>1</v>
       </c>
       <c r="V59" s="65">
         <v>2</v>
       </c>
-      <c r="W59" s="99">
+      <c r="W59" s="65">
         <v>1</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="X59" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B60" s="107">
-        <f>SUM(B13:B59)</f>
+        <f>SUM(B10:B59)</f>
         <v>170</v>
       </c>
       <c r="C60" s="70">
-        <f t="shared" ref="C60:T60" si="0">SUM(C13:C59)</f>
+        <f t="shared" ref="C60:X60" si="0">SUM(C10:C59)</f>
         <v>258</v>
       </c>
       <c r="D60" s="70">
         <f t="shared" si="0"/>
         <v>371</v>
       </c>
       <c r="E60" s="70">
         <f t="shared" si="0"/>
         <v>520</v>
       </c>
       <c r="F60" s="70">
         <f t="shared" si="0"/>
         <v>558</v>
       </c>
       <c r="G60" s="70">
         <f t="shared" si="0"/>
         <v>500</v>
       </c>
       <c r="H60" s="70">
         <f t="shared" si="0"/>
         <v>490</v>
       </c>
       <c r="I60" s="70">
         <f t="shared" si="0"/>
         <v>626</v>
@@ -29158,60 +21599,67 @@
       <c r="O60" s="70">
         <f t="shared" si="0"/>
         <v>927</v>
       </c>
       <c r="P60" s="70">
         <f t="shared" si="0"/>
         <v>1023</v>
       </c>
       <c r="Q60" s="70">
         <f t="shared" si="0"/>
         <v>906</v>
       </c>
       <c r="R60" s="70">
         <f t="shared" si="0"/>
         <v>978</v>
       </c>
       <c r="S60" s="70">
         <f t="shared" si="0"/>
         <v>825</v>
       </c>
       <c r="T60" s="70">
         <f t="shared" si="0"/>
         <v>706</v>
       </c>
       <c r="U60" s="70">
-        <f>SUM(U11:U59)</f>
+        <f t="shared" si="0"/>
         <v>568</v>
       </c>
       <c r="V60" s="70">
-        <f>SUM(V11:V59)</f>
+        <f t="shared" si="0"/>
         <v>576</v>
       </c>
-      <c r="W60" s="129"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:23" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="W60" s="70">
+        <f t="shared" ref="W60" si="1">SUM(W10:W59)</f>
+        <v>551</v>
+      </c>
+      <c r="X60" s="13">
+        <f t="shared" si="0"/>
+        <v>607</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A61" s="69" t="s">
         <v>65</v>
       </c>
       <c r="B61" s="110">
         <v>257</v>
       </c>
       <c r="C61" s="109">
         <v>268</v>
       </c>
       <c r="D61" s="109">
         <v>156</v>
       </c>
       <c r="E61" s="109">
         <v>234</v>
       </c>
       <c r="F61" s="109">
         <v>152</v>
       </c>
       <c r="G61" s="109">
         <v>229</v>
       </c>
       <c r="H61" s="109">
         <v>236</v>
       </c>
       <c r="I61" s="109">
@@ -29234,869 +21682,891 @@
       </c>
       <c r="O61" s="109">
         <v>166</v>
       </c>
       <c r="P61" s="109">
         <v>136</v>
       </c>
       <c r="Q61" s="109">
         <v>182</v>
       </c>
       <c r="R61" s="109">
         <v>166</v>
       </c>
       <c r="S61" s="109">
         <v>93</v>
       </c>
       <c r="T61" s="109">
         <v>26</v>
       </c>
       <c r="U61" s="109">
         <v>51</v>
       </c>
       <c r="V61" s="109">
         <v>27</v>
       </c>
-      <c r="W61" s="108">
+      <c r="W61" s="109">
         <v>67</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="X61" s="108">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B62" s="107">
-        <f t="shared" ref="B62:P62" si="1">B60+B61</f>
+        <f t="shared" ref="B62:P62" si="2">B60+B61</f>
         <v>427</v>
       </c>
       <c r="C62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>526</v>
       </c>
       <c r="D62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>527</v>
       </c>
       <c r="E62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>754</v>
       </c>
       <c r="F62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>710</v>
       </c>
       <c r="G62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>729</v>
       </c>
       <c r="H62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>726</v>
       </c>
       <c r="I62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>895</v>
       </c>
       <c r="J62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>593</v>
       </c>
       <c r="K62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>720</v>
       </c>
       <c r="L62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1007</v>
       </c>
       <c r="M62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>972</v>
       </c>
       <c r="N62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1158</v>
       </c>
       <c r="O62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1093</v>
       </c>
       <c r="P62" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1159</v>
       </c>
       <c r="Q62" s="70">
         <f>Q60+Q61</f>
         <v>1088</v>
       </c>
       <c r="R62" s="70">
         <f>R60+R61</f>
         <v>1144</v>
       </c>
       <c r="S62" s="70">
         <f>S60+S61</f>
         <v>918</v>
       </c>
       <c r="T62" s="70">
-        <f t="shared" ref="T62:V62" si="2">T60+T61</f>
+        <f t="shared" ref="T62:X62" si="3">T60+T61</f>
         <v>732</v>
       </c>
       <c r="U62" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>619</v>
       </c>
       <c r="V62" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>603</v>
       </c>
-      <c r="W62" s="127"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W62" s="70">
+        <f t="shared" ref="W62" si="4">W60+W61</f>
+        <v>618</v>
+      </c>
+      <c r="X62" s="13">
+        <f t="shared" si="3"/>
+        <v>654</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A64" s="33" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A13:R56">
     <sortCondition ref="A13"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="A1:T26"/>
+  <sheetPr>
+    <tabColor theme="4" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:T27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.44140625" customWidth="1"/>
     <col min="2" max="2" width="23.6640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="3" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="4" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="114" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="115" t="s">
         <v>73</v>
       </c>
       <c r="C4" s="116" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A5" s="113">
         <v>2003</v>
       </c>
-      <c r="B5" s="146">
+      <c r="B5" s="144">
         <v>7550</v>
       </c>
-      <c r="C5" s="147">
+      <c r="C5" s="145">
         <v>43708</v>
       </c>
     </row>
     <row r="6" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A6" s="111">
         <v>2004</v>
       </c>
-      <c r="B6" s="148">
+      <c r="B6" s="146">
         <v>8071</v>
       </c>
-      <c r="C6" s="149">
+      <c r="C6" s="147">
         <v>49482</v>
       </c>
     </row>
     <row r="7" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A7" s="111">
         <v>2005</v>
       </c>
-      <c r="B7" s="148">
+      <c r="B7" s="146">
         <v>8704</v>
       </c>
-      <c r="C7" s="149">
+      <c r="C7" s="147">
         <v>54884</v>
       </c>
     </row>
     <row r="8" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A8" s="111">
         <v>2006</v>
       </c>
-      <c r="B8" s="148">
+      <c r="B8" s="146">
         <v>9169</v>
       </c>
-      <c r="C8" s="149">
+      <c r="C8" s="147">
         <v>59022</v>
       </c>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
     </row>
     <row r="9" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A9" s="111">
         <v>2007</v>
       </c>
-      <c r="B9" s="148">
+      <c r="B9" s="146">
         <v>9519</v>
       </c>
-      <c r="C9" s="149">
+      <c r="C9" s="147">
         <v>63033</v>
       </c>
     </row>
     <row r="10" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A10" s="111">
         <v>2008</v>
       </c>
-      <c r="B10" s="148">
+      <c r="B10" s="146">
         <v>10407</v>
       </c>
-      <c r="C10" s="149">
+      <c r="C10" s="147">
         <v>66386</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A11" s="111">
         <v>2009</v>
       </c>
-      <c r="B11" s="148">
+      <c r="B11" s="146">
         <v>10476</v>
       </c>
-      <c r="C11" s="149">
+      <c r="C11" s="147">
         <v>71223</v>
       </c>
     </row>
     <row r="12" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A12" s="111">
         <v>2010</v>
       </c>
-      <c r="B12" s="148">
+      <c r="B12" s="146">
         <v>11360</v>
       </c>
-      <c r="C12" s="149">
+      <c r="C12" s="147">
         <v>73932</v>
       </c>
     </row>
     <row r="13" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A13" s="111">
         <v>2011</v>
       </c>
-      <c r="B13" s="148">
+      <c r="B13" s="146">
         <v>11173</v>
       </c>
-      <c r="C13" s="149">
+      <c r="C13" s="147">
         <v>76365</v>
       </c>
     </row>
     <row r="14" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A14" s="111">
         <v>2012</v>
       </c>
-      <c r="B14" s="148">
+      <c r="B14" s="146">
         <v>10518</v>
       </c>
-      <c r="C14" s="149">
+      <c r="C14" s="147">
         <v>79473</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A15" s="111">
         <v>2013</v>
       </c>
-      <c r="B15" s="148">
+      <c r="B15" s="146">
         <v>10553</v>
       </c>
-      <c r="C15" s="149">
+      <c r="C15" s="147">
         <v>81124</v>
       </c>
     </row>
     <row r="16" spans="1:20" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A16" s="111">
         <v>2014</v>
       </c>
-      <c r="B16" s="150">
+      <c r="B16" s="148">
         <v>10895</v>
       </c>
-      <c r="C16" s="151">
+      <c r="C16" s="149">
         <v>82105</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A17" s="111">
         <v>2015</v>
       </c>
-      <c r="B17" s="150">
+      <c r="B17" s="148">
         <v>11186</v>
       </c>
-      <c r="C17" s="151">
+      <c r="C17" s="149">
         <v>84703</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A18" s="111">
         <v>2016</v>
       </c>
-      <c r="B18" s="148">
+      <c r="B18" s="146">
         <v>10696</v>
       </c>
-      <c r="C18" s="149">
+      <c r="C18" s="147">
         <v>87287</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A19" s="111">
         <v>2017</v>
       </c>
-      <c r="B19" s="148">
+      <c r="B19" s="146">
         <v>9992</v>
       </c>
-      <c r="C19" s="149">
+      <c r="C19" s="147">
         <v>90219</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A20" s="111">
         <v>2018</v>
       </c>
-      <c r="B20" s="148">
+      <c r="B20" s="146">
         <v>10209</v>
       </c>
-      <c r="C20" s="149">
+      <c r="C20" s="147">
         <v>92735</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A21" s="111">
         <v>2019</v>
       </c>
-      <c r="B21" s="148">
+      <c r="B21" s="146">
         <v>8719</v>
       </c>
-      <c r="C21" s="149">
+      <c r="C21" s="147">
         <v>94906</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A22" s="111">
         <v>2020</v>
       </c>
-      <c r="B22" s="150">
+      <c r="B22" s="148">
         <v>10796</v>
       </c>
-      <c r="C22" s="151">
+      <c r="C22" s="149">
         <v>97172</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A23" s="111">
         <v>2021</v>
       </c>
-      <c r="B23" s="150">
+      <c r="B23" s="148">
         <v>10360</v>
       </c>
-      <c r="C23" s="151">
+      <c r="C23" s="149">
         <v>99260</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A24" s="111">
         <v>2022</v>
       </c>
-      <c r="B24" s="150">
+      <c r="B24" s="148">
         <v>8450</v>
       </c>
-      <c r="C24" s="151">
+      <c r="C24" s="149">
         <v>101887</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A25" s="111">
         <v>2023</v>
       </c>
-      <c r="B25" s="150">
+      <c r="B25" s="148">
         <v>7080</v>
       </c>
-      <c r="C25" s="151">
+      <c r="C25" s="149">
         <v>104771</v>
       </c>
     </row>
-    <row r="26" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="112">
+    <row r="26" spans="1:3" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="111">
         <v>2024</v>
       </c>
-      <c r="B26" s="152">
+      <c r="B26" s="146">
         <v>7250</v>
       </c>
-      <c r="C26" s="153">
+      <c r="C26" s="147">
         <v>107518</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="112">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="150">
+        <v>7137</v>
+      </c>
+      <c r="C27" s="151">
+        <v>110086</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAAB5C62-0EEB-462A-A20F-0A6B0935E6F6}">
+  <sheetPr>
+    <tabColor theme="2" tint="-0.499984740745262"/>
+  </sheetPr>
   <dimension ref="A1:E27"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B17" sqref="B17"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.88671875" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="1" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A4" s="143" t="s">
+      <c r="A4" s="141" t="s">
         <v>106</v>
       </c>
-      <c r="B4" s="143">
+      <c r="B4" s="141">
         <v>2014</v>
       </c>
-      <c r="C4" s="143">
+      <c r="C4" s="141">
         <v>2016</v>
       </c>
-      <c r="D4" s="143">
+      <c r="D4" s="141">
         <v>2017</v>
       </c>
-      <c r="E4" s="143">
+      <c r="E4" s="141">
         <v>2023</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A5" s="143" t="s">
+      <c r="A5" s="141" t="s">
         <v>96</v>
       </c>
-      <c r="B5" s="144">
+      <c r="B5" s="142">
         <v>39548</v>
       </c>
-      <c r="C5" s="144">
+      <c r="C5" s="142">
         <v>39548</v>
       </c>
-      <c r="D5" s="144">
+      <c r="D5" s="142">
         <v>40298</v>
       </c>
-      <c r="E5" s="144">
+      <c r="E5" s="142">
         <v>46288</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A6" s="143" t="s">
+      <c r="A6" s="141" t="s">
         <v>97</v>
       </c>
-      <c r="B6" s="144">
+      <c r="B6" s="142">
         <v>22005</v>
       </c>
-      <c r="C6" s="144">
+      <c r="C6" s="142">
         <v>22005</v>
       </c>
-      <c r="D6" s="144">
+      <c r="D6" s="142">
         <v>22783</v>
       </c>
-      <c r="E6" s="144">
+      <c r="E6" s="142">
         <v>24676</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A7" s="143" t="s">
+      <c r="A7" s="141" t="s">
         <v>98</v>
       </c>
-      <c r="B7" s="144">
+      <c r="B7" s="142">
         <v>10634</v>
       </c>
-      <c r="C7" s="144">
+      <c r="C7" s="142">
         <v>10634</v>
       </c>
-      <c r="D7" s="144">
+      <c r="D7" s="142">
         <v>11098</v>
       </c>
-      <c r="E7" s="144">
+      <c r="E7" s="142">
         <v>13479</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A8" s="143" t="s">
+      <c r="A8" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="B8" s="144">
+      <c r="B8" s="142">
         <v>5087</v>
       </c>
-      <c r="C8" s="144">
+      <c r="C8" s="142">
         <v>5236</v>
       </c>
-      <c r="D8" s="144">
+      <c r="D8" s="142">
         <v>5735</v>
       </c>
-      <c r="E8" s="144">
+      <c r="E8" s="142">
         <v>7837</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A9" s="143" t="s">
+      <c r="A9" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B9" s="144">
+      <c r="B9" s="142">
         <v>5236</v>
       </c>
-      <c r="C9" s="144">
+      <c r="C9" s="142">
         <v>5087</v>
       </c>
-      <c r="D9" s="144">
+      <c r="D9" s="142">
         <v>5348</v>
       </c>
-      <c r="E9" s="144">
+      <c r="E9" s="142">
         <v>6641</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A10" s="143" t="s">
+      <c r="A10" s="141" t="s">
         <v>101</v>
       </c>
-      <c r="B10" s="144">
+      <c r="B10" s="142">
         <v>3125</v>
       </c>
-      <c r="C10" s="144">
+      <c r="C10" s="142">
         <v>3125</v>
       </c>
-      <c r="D10" s="144">
+      <c r="D10" s="142">
         <v>3270</v>
       </c>
-      <c r="E10" s="144">
+      <c r="E10" s="142">
         <v>3896</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A11" s="143" t="s">
+      <c r="A11" s="141" t="s">
         <v>102</v>
       </c>
-      <c r="B11" s="144">
+      <c r="B11" s="142">
         <v>2035</v>
       </c>
-      <c r="C11" s="144">
+      <c r="C11" s="142">
         <v>2035</v>
       </c>
-      <c r="D11" s="144">
+      <c r="D11" s="142">
         <v>2100</v>
       </c>
-      <c r="E11" s="144">
+      <c r="E11" s="142">
         <v>2689</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A12" s="143" t="s">
+      <c r="A12" s="141" t="s">
         <v>103</v>
       </c>
-      <c r="B12" s="144">
+      <c r="B12" s="142">
         <v>677</v>
       </c>
-      <c r="C12" s="144">
+      <c r="C12" s="142">
         <v>677</v>
       </c>
-      <c r="D12" s="144">
+      <c r="D12" s="142">
         <v>733</v>
       </c>
-      <c r="E12" s="144">
+      <c r="E12" s="142">
         <v>1137</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A13" s="143" t="s">
+      <c r="A13" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="B13" s="144">
+      <c r="B13" s="142">
         <v>88347</v>
       </c>
-      <c r="C13" s="144">
+      <c r="C13" s="142">
         <v>88347</v>
       </c>
-      <c r="D13" s="144">
+      <c r="D13" s="142">
         <v>91365</v>
       </c>
-      <c r="E13" s="144">
+      <c r="E13" s="142">
         <v>106643</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="1" customFormat="1" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A18" s="143" t="s">
+      <c r="A18" s="141" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="143">
+      <c r="B18" s="141">
         <v>2014</v>
       </c>
-      <c r="C18" s="143">
+      <c r="C18" s="141">
         <v>2016</v>
       </c>
-      <c r="D18" s="143">
+      <c r="D18" s="141">
         <v>2017</v>
       </c>
-      <c r="E18" s="143">
+      <c r="E18" s="141">
         <v>2023</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A19" s="143" t="s">
+      <c r="A19" s="141" t="s">
         <v>96</v>
       </c>
-      <c r="B19" s="144">
+      <c r="B19" s="142">
         <v>44</v>
       </c>
-      <c r="C19" s="144">
+      <c r="C19" s="142">
         <v>44.76</v>
       </c>
-      <c r="D19" s="144">
+      <c r="D19" s="142">
         <v>44.1</v>
       </c>
-      <c r="E19" s="144">
+      <c r="E19" s="142">
         <v>43.4</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A20" s="143" t="s">
+      <c r="A20" s="141" t="s">
         <v>97</v>
       </c>
-      <c r="B20" s="144">
+      <c r="B20" s="142">
         <v>25</v>
       </c>
-      <c r="C20" s="144">
+      <c r="C20" s="142">
         <v>24.9</v>
       </c>
-      <c r="D20" s="144">
+      <c r="D20" s="142">
         <v>24.9</v>
       </c>
-      <c r="E20" s="144">
+      <c r="E20" s="142">
         <v>23.14</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A21" s="143" t="s">
+      <c r="A21" s="141" t="s">
         <v>98</v>
       </c>
-      <c r="B21" s="144">
+      <c r="B21" s="142">
         <v>12</v>
       </c>
-      <c r="C21" s="144">
+      <c r="C21" s="142">
         <v>12.04</v>
       </c>
-      <c r="D21" s="144">
+      <c r="D21" s="142">
         <v>12.2</v>
       </c>
-      <c r="E21" s="144">
+      <c r="E21" s="142">
         <v>12.64</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A22" s="143" t="s">
+      <c r="A22" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="B22" s="144">
+      <c r="B22" s="142">
         <v>6</v>
       </c>
-      <c r="C22" s="144">
+      <c r="C22" s="142">
         <v>5.93</v>
       </c>
-      <c r="D22" s="144">
+      <c r="D22" s="142">
         <v>6.2</v>
       </c>
-      <c r="E22" s="144">
+      <c r="E22" s="142">
         <v>7.35</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A23" s="143" t="s">
+      <c r="A23" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B23" s="144">
+      <c r="B23" s="142">
         <v>6</v>
       </c>
-      <c r="C23" s="144">
+      <c r="C23" s="142">
         <v>5.76</v>
       </c>
-      <c r="D23" s="144">
+      <c r="D23" s="142">
         <v>5.9</v>
       </c>
-      <c r="E23" s="144">
+      <c r="E23" s="142">
         <v>6.23</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A24" s="143" t="s">
+      <c r="A24" s="141" t="s">
         <v>101</v>
       </c>
-      <c r="B24" s="144">
+      <c r="B24" s="142">
         <v>4</v>
       </c>
-      <c r="C24" s="144">
+      <c r="C24" s="142">
         <v>3.54</v>
       </c>
-      <c r="D24" s="144">
+      <c r="D24" s="142">
         <v>3.6</v>
       </c>
-      <c r="E24" s="144">
+      <c r="E24" s="142">
         <v>3.65</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A25" s="143" t="s">
+      <c r="A25" s="141" t="s">
         <v>102</v>
       </c>
-      <c r="B25" s="144">
+      <c r="B25" s="142">
         <v>2</v>
       </c>
-      <c r="C25" s="144">
+      <c r="C25" s="142">
         <v>2.2999999999999998</v>
       </c>
-      <c r="D25" s="144">
+      <c r="D25" s="142">
         <v>2.2999999999999998</v>
       </c>
-      <c r="E25" s="144">
+      <c r="E25" s="142">
         <v>2.52</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A26" s="143" t="s">
+      <c r="A26" s="141" t="s">
         <v>103</v>
       </c>
-      <c r="B26" s="144">
+      <c r="B26" s="142">
         <v>0.8</v>
       </c>
-      <c r="C26" s="144">
+      <c r="C26" s="142">
         <v>0.77</v>
       </c>
-      <c r="D26" s="144">
+      <c r="D26" s="142">
         <v>0.8</v>
       </c>
-      <c r="E26" s="144">
+      <c r="E26" s="142">
         <v>1.07</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A27" s="143" t="s">
+      <c r="A27" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="B27" s="144">
+      <c r="B27" s="142">
         <v>100</v>
       </c>
-      <c r="C27" s="144">
+      <c r="C27" s="142">
         <v>100</v>
       </c>
-      <c r="D27" s="144">
+      <c r="D27" s="142">
         <v>100</v>
       </c>
-      <c r="E27" s="144">
+      <c r="E27" s="142">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Grafy</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>stavy koní</vt:lpstr>
       <vt:lpstr>narozená hříbata</vt:lpstr>
       <vt:lpstr>zastoupení plemen</vt:lpstr>
       <vt:lpstr>dovoz a vývoz</vt:lpstr>
       <vt:lpstr>změny majitelů</vt:lpstr>
       <vt:lpstr>zastoupení barev</vt:lpstr>
       <vt:lpstr>GRAF stavy koní 1921-2001</vt:lpstr>
       <vt:lpstr>GRAF stavy koní od 2002</vt:lpstr>
       <vt:lpstr>GRAF narozená hříbata</vt:lpstr>
-      <vt:lpstr>GRAF zastoupení plemen (%)</vt:lpstr>
-      <vt:lpstr>GRAF zastoupení plemen (počty)</vt:lpstr>
       <vt:lpstr>GRAF zastoupení plemen</vt:lpstr>
       <vt:lpstr>GRAF dovoz a vývoz</vt:lpstr>
       <vt:lpstr>GRAF změny majitelů</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Šilhánová Diana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_239d554d-d720-408f-a503-c83424d8e5d7_Enabled">